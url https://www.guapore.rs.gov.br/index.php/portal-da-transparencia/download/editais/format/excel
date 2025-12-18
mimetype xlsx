--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -12,62 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>EDITAL 1014/2025</t>
+    <t>Edital 1020-2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>Edital 1020-2025 - gabaritos preliminares das provas objetivas.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1019-2025</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>Edital 1019-2025 - divulga local e horário de aplicação das provas objetivas.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1018-2025</t>
+  </si>
+  <si>
+    <t>Edital 1018-2025 - resultado homologado das inscrições ao Concurso Público 001-2025.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1018-2025 - ANEXO 01 - acesso universal.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1018-2025 - ANEXO 02 - PCD.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1017-2025</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>Edital 1017-2025 - resultado preliminar das inscrições do Concurso Público 01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1017-2025 - ANEXO 01 - Lista de Inscritos - Acesso Universal.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1017-2025 - ANEXO 02 - Lista de Inscritos - Acesso Pessoa Com Deficiência.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1016-2025</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>Edital 1016-2025 Notificação regularização fundiária Vila verde I quadra 815.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1015/2025</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>Edital nº 1015-2025 - resultado solicitação isenção da taxa de inscrição.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1014-2025</t>
   </si>
   <si>
     <t>28/10/2025</t>
   </si>
   <si>
     <t>edital de notificação 1014-2025.pdf</t>
   </si>
   <si>
     <t>Edital 1013-2025</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>Edital 1013-2025 - cancela o cargo de Fiscal do Concurso Público 001-2025.pdf</t>
   </si>
   <si>
     <t>Edital 1012-2025</t>
   </si>
   <si>
     <t>Edital 1012-2025 - resultado prliminar isenção pagamento taxa de inscrição Concurso Público 001-2025.pdf</t>
   </si>
   <si>
     <t>Edital 1011-2025</t>
   </si>
@@ -846,95 +909,50 @@
     <t>06/04/2023</t>
   </si>
   <si>
     <t>Edital 920-2023 - homologa a lista oficial de inscritos ao Processo Seetivo Simplificado - PROFESSOR DE LÍNGUA INGLESA.pdf</t>
   </si>
   <si>
     <t>Edital 919-2023</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
     <t>Edital 919-2023 - homologa lista preliminar de inscritos ao processo seletivo simplificado -PROFESSOR DE LÍNGUA INGLESA.pdf</t>
   </si>
   <si>
     <t>Edital 918-2023</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>Edital 918-2023 - processo seletivo simplificado PROFESSOR DE LÍNGUA INGLESA.pdf</t>
   </si>
   <si>
     <t>pt 609-2023 - comissão executora processo seletivo simplifiado PROFESSOR DE LÍNGUA INGLESA.pdf</t>
-  </si>
-[...43 lines deleted...]
-    <t>Edital 912-2023 - resultado final processo seletivo simplificado MONITOR DE EDUCAÇÃO.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1241,1373 +1259,1417 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672693/images/original/edital de notifica&#231;&#227;o 1014-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671007/images/original/Edital 1013-2025 - cancela o cargo de Fiscal do Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671006/images/original/Edital 1012-2025 - resultado prliminar isen&#231;&#227;o pagamento taxa de inscri&#231;&#227;o Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670411/images/original/Edital 1011-2025 - resultado final processo seletivo simplificado proleei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669098/images/original/Edital 1010-2025 - retifica&#231;&#227;o Edital 1007-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669082/images/original/Edital 1009-2025 Resultado preliminar processo seletivo simplificado interno formador local programa PROLEEI-CNCA 2025-2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667723/images/original/Edital 1008-2025 - processo de inscri&#231;&#227;o matr&#237;cula rematr&#237;cula e transfer&#234;ncia para o ano letivo 2026 nas escolas municipais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666347/images/original/Edital 1007-2025 - abertura Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656944/images/original/Edital 1006-2025 - processo seletivo simplificado interno - sele&#231;&#227;o de formador local - PROGRAMA PROLEEI-CNCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656951/images/original/Edital 1005-2025 - edital de intima&#231;&#227;o da empresa Luiz Neldi de Cesare.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/637905/images/original/Edital 1003-2025 - intima concession&#225;rios de urnas funer&#225;rias do Cemit&#233;rio Municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631897/images/original/Edital 999-2025 - notifica&#231;&#227;o REUR - Vila Verde I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/619385/images/original/Edital de processo seletivo simplificado 996-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/619386/images/original/pt 2227-2025 - designa comiss&#227;o processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625635/images/original/Edital 997-2025 - publica&#231;&#227;o preliminar de inscritos processo seletivo simplificado COZINHEIRA - prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/628859/images/original/edital 998-2025 lista oficial inscri&#231;&#245;es homologadas processo seletivo cozinheiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/629497/images/original/Edital 1000-2025 - resultado preliminar de notas processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/632415/images/original/Edital 1001-2025 - realiza&#231;&#227;o de sorteio em ato p&#250;blico decorrente de notas empatados - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/636358/images/original/Edital 1002-2025 - resultado sorteio processo seletivo simplificado Cozinheira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/638910/images/original/Edital 1004-2025 - homologa processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/608469/images/original/Edital 989-2025 - intima&#231;&#227;o empresa Jorge Henrique Soares de Assis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603791/images/original/Edital 988-2025 - processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603795/images/original/pt 1818-2025 - designa comiss&#227;o processo seletivo MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/608468/images/original/Edital 990-2025 - rela&#231;&#227;o preliminar de inscritos processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/610804/images/original/Edital 991-2025 - inscri&#231;&#245;es homologadas processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/612410/images/original/Edital 992-2025 - resultado preliminar de notas processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/613866/images/original/Edital 993-2025 - sorteio em ato p&#250;blic o decorrente de notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/614547/images/original/Edital 994-2025 - resultado do sorteio em ato p&#250;blico - processo seletivo simplificado Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615517/images/original/Edital 995-2025 - homologa&#231;&#227;o processo seletivo implificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603768/images/original/Edital 987-2025 - intima&#231;&#227;o transportes persch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/599785/images/original/Edital 986-2025 - rela&#231;&#227;o de candidatos credenciados e aptos para indica&#231;&#227;o de Diretor ou Vice-Diretor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/588201/images/original/Edital 985-2025 - processo de certifica&#231;&#227;o para diretores e vice-diretores de escolas da rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/533812/images/original/Edital 984-2025 - resultado final processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530798/images/original/Edital 983-2025 - resultado sorteio em ato p&#250;blico - notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530577/images/original/Edital 982-2025 - resultado recursos e sorteio em ato p&#250;blico - processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528561/images/original/Edital 981-2025 - resultado preliminar processo seletivo PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528558/images/original/Edital n&#186; 980-2025 - lista oficial de inscritos processo seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528554/images/original/Edital n&#186; 979-2025 - publica&#231;&#227;o preliminar de inscritos contrata&#231;&#227;o tempor&#225;ria psic&#243;logo, nutricionista e professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522634/images/original/Edital 978-2025 - processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522632/images/original/Edital 977-2025 - concession&#225;rios de urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522630/images/original/edital 976-2025 - intima&#231;&#227;o empresa LUIZ NELDI DE CESARE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514349/images/original/Edital 975-2025 - intima&#231;&#227;o empresa ENGETECH CONSTRU&#199;&#213;ES E PAVIMENTA&#199;&#213;ES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514348/images/original/Edital 974-2025 - edital de intima&#231;&#227;o S&#211; PNEUS COMERCIAL AUTOMOTIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514346/images/original/Edital 973-2025 - intima concession&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514344/images/original/Edital 972-2025 - intima&#231;&#227;o concession&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/512116/images/original/Edital de intima&#231;&#227;o - RECICLAGEM SERRANA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501541/images/original/Edital 971-2024 - intima concession&#225;rios de urnas funer&#225;rias - cemit&#233;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501540/images/original/Edital 970-2024 - revoga edital 969-2024 - REURB-S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501539/images/original/Edital 969-2024 - REURB-S Recinto Ferrovi&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501528/images/original/Edital 968-2024 - audi&#234;ncia p&#250;blica plano diretor municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485611/images/original/Edital 967-2024 workshop Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/482999/images/original/Edital 966-2024 - concurso sele&#231;&#227;o oficinas WORKSHOP DE AUDIOVISUAL - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/470610/images/original/Edital 965-2024 - notifica&#231;&#227;o REURB Vila Verde I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/465946/images/original/Edital de intima&#231;&#227;o LH COM&#201;RCIO DE MEDICAMENTOS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/445467/images/original/Edital 964-2024 - PUBLICA&#199;&#195;O divulga resultado Lei Paulo Gustavo - produ&#231;&#245;es audiovisuais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/445249/images/original/Edital 963-2024 - retifica o edital 961-2024 - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413420/images/original/Edital de intima&#231;&#227;o HIGYA MED - solu&#231;&#245;es hospitalares Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413416/images/original/Edital 962-2024 - propriet&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/403274/images/original/Edital 961-2024 - divulga resultados Lei Paulo Gustavo - produ&#231;&#245;es audiovisuais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397399/images/original/Edital 960-2024 - HOMOLOGA&#199;&#195;O cargos com 2&#170; etapa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392437/images/original/Edital 959-2024 - homologa&#231;&#227;o concurso 02-2023 - PROFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392429/images/original/Edital 958-2024 - resultado sorteio de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391794/images/original/Edital 957-2024 - resultado preliminar prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391258/images/original/Edital 956-2024 - convoca para sorteio p&#250;blico de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391257/images/original/Edital 955-2024 - retifica ANEXO IV do edital 931-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391256/images/original/Edital 954-2024 - relat&#243;rio notas oficiais prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390274/images/original/Edital 953-2024 - resultado preliminar prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/389317/images/original/Edital 952-2024 - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391272/images/original/Edital 951-2023 - retifica o edital 933-2023 - processo certiica&#231;&#227;o diretores e vice-diretores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/387351/images/original/Edital 950-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383124/images/original/Edital 949-2023 - convoca&#231;&#227;o prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383123/images/original/Edital 948-2023 - notas oficiais prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/382389/images/original/Edital 947-2023 - candidatos credenciados e aptos para DIRETOR E VICE-DIRETOR DE ESCOLAS MUNICIPAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380834/images/original/Edital 946-2023 - notas preliminares FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380833/images/original/Edital 945-2023 - gabaritos oficiais FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/379677/images/original/2023-944 - Homologa&#231;&#227;o definitiva das inscri&#231;&#245;es e demais disposi&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/374259/images/original/edital 943-2023 - gabaritos preliminares concurso PROFESSOR E FONHOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373338/images/original/Edital 942-2023 - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373337/images/original/Edital 941-2023 - Homologa&#231;&#227;o preliminar das inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367803/images/original/Edital 940-2023 - Locais de prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367413/images/original/Edital 939-2023 - resultado definitivo isen&#231;&#227;o inscri&#231;&#245;es e retifica&#231;&#227;o edital abertura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/365343/images/original/Edital 938-2023 - homologa&#231;&#227;o inscri&#231;&#245;es  - vagas pessoas com defici&#234;ncia - condi&#231;&#245;es especiais - convoca&#231;&#227;o prova te&#243;rico-objetiva - recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/364161/images/original/Edital 937-2023 - resultado preliminar isen&#231;&#227;o inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355104/images/original/Edital 936-2023 - abertura concurso assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355103/images/original/Edital 935-2023 - homologa&#231;&#227;o preliminar inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348088/images/original/Edital 934-2023 - Retifica&#231;&#227;o item 8.22 e lei de inclus&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342966/images/original/Edital 933-2023 - processo certifica&#231;&#227;o diretores e vice-diretores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342513/images/original/Edital 932-2023 - retifica item 2.1 do edital 931-2023 - requisitos posse PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341597/images/original/Edital 931-2023 - abertura inscri&#231;&#245;es concurso PREOFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341596/images/original/Edital 930-2023 - convoca audi&#234;ncia p&#250;blica Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348259/images/original/Edital de intima&#231;&#227;o Paulo Henrique Nogueira Corr&#234;a - Procurador empresa Nobe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413436/images/original/Edital de intima&#231;&#227;o ESPORTIVA COM&#201;RCIO DE MATERIAIS LTDA - PAE 005-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/310402/images/original/Edital 929-2023 - resultado definitivo e homologa&#231;&#227;o final Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/308527/images/original/Edital 928-2023 - resultado definitivo da prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413438/images/original/Edital de intima&#231;&#227;o MACRO COMERCIAL EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302823/images/original/Edital 927-2023 - homologa&#231;&#227;o definitiva das inscri&#231;&#245;es - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300284/images/original/Edital 926-2023 - Homologa&#231;&#227;o preliminar inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/298365/images/original/Edital 925-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296223/images/original/Edital 924-2023 - resultado preliminar isen&#231;&#227;o taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293530/images/original/Edital 923-2023 - Edital de Abertura de Inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/292944/images/original/Edital de intima&#231;&#227;o devolu&#231;&#227;o correio COMERCIAL DE FERRAGENS CASSAL LTDA -  multa contratual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296231/images/original/Edital intima&#231;&#227;o SONNTAG COM&#201;RCIO DE M&#193;QUINAS E EQUIPAMENTOS EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296230/images/original/Edital 922-2023 - homologa o resultado final do Processo Seletivo Simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296229/images/original/Edital 921-2023 - resultado preliminar de notas processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA e abre prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296227/images/original/Edital 920-2023 - homologa a lista oficial de inscritos ao Processo Seetivo Simplificado - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296224/images/original/Edital 919-2023 - homologa lista preliminar de inscritos ao processo seletivo simplificado -PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/281828/images/original/Edital 918-2023 - processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/281829/images/original/pt 609-2023 - comiss&#227;o executora processo seletivo simplifiado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/284170/images/original/Edital 919-2023 - homologa lista preliminar de inscritos ao processo seletivo simplificado -PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/285766/images/original/Edital 920-2023 - homologa a lista oficial de inscritos ao Processo Seetivo Simplificado - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/286457/images/original/Edital 921-2023 - resultado preliminar de notas processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA e abre prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/287900/images/original/Edital 922-2023 - homologa o resultado final do Processo Seletivo Simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278267/images/original/Edital 917-2023 - homologa&#231;&#227;o final concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278266/images/original/Edital 916-2023 - notas oficiais da PROVA DE T&#205;TULOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278265/images/original/Edital 915-2023 - notas oficiais da PROVA PR&#193;TICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276104/images/original/Edital 914-2023 - notas prelimnares PROVA DE T&#205;TULOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276103/images/original/Edital 913-2023 - notas preliminares PROVA PR&#193;TICA COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278264/images/original/Edital 912-2023 - resultado final processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700942/images/original/Edital 1020-2025 - gabaritos preliminares das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693292/images/original/Edital 1019-2025 - divulga local e hor&#225;rio de aplica&#231;&#227;o das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693288/images/original/Edital 1018-2025 - resultado homologado das inscri&#231;&#245;es ao Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693289/images/original/Edital 1018-2025 - ANEXO 01 - acesso universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693290/images/original/Edital 1018-2025 - ANEXO 02 - PCD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683586/images/original/Edital 1017-2025 - resultado preliminar das inscri&#231;&#245;es do Concurso P&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683587/images/original/Edital 1017-2025 - ANEXO 01 - Lista de Inscritos - Acesso Universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683588/images/original/Edital 1017-2025 - ANEXO 02 - Lista de Inscritos - Acesso Pessoa Com Defici&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683585/images/original/Edital 1016-2025 Notifica&#231;&#227;o regulariza&#231;&#227;o fundi&#225;ria Vila verde I quadra 815.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/675424/images/original/Edital n&#186; 1015-2025 - resultado solicita&#231;&#227;o isen&#231;&#227;o da taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672693/images/original/edital de notifica&#231;&#227;o 1014-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671007/images/original/Edital 1013-2025 - cancela o cargo de Fiscal do Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671006/images/original/Edital 1012-2025 - resultado prliminar isen&#231;&#227;o pagamento taxa de inscri&#231;&#227;o Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670411/images/original/Edital 1011-2025 - resultado final processo seletivo simplificado proleei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669098/images/original/Edital 1010-2025 - retifica&#231;&#227;o Edital 1007-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669082/images/original/Edital 1009-2025 Resultado preliminar processo seletivo simplificado interno formador local programa PROLEEI-CNCA 2025-2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667723/images/original/Edital 1008-2025 - processo de inscri&#231;&#227;o matr&#237;cula rematr&#237;cula e transfer&#234;ncia para o ano letivo 2026 nas escolas municipais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666347/images/original/Edital 1007-2025 - abertura Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656944/images/original/Edital 1006-2025 - processo seletivo simplificado interno - sele&#231;&#227;o de formador local - PROGRAMA PROLEEI-CNCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656951/images/original/Edital 1005-2025 - edital de intima&#231;&#227;o da empresa Luiz Neldi de Cesare.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/637905/images/original/Edital 1003-2025 - intima concession&#225;rios de urnas funer&#225;rias do Cemit&#233;rio Municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631897/images/original/Edital 999-2025 - notifica&#231;&#227;o REUR - Vila Verde I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/619385/images/original/Edital de processo seletivo simplificado 996-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/619386/images/original/pt 2227-2025 - designa comiss&#227;o processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625635/images/original/Edital 997-2025 - publica&#231;&#227;o preliminar de inscritos processo seletivo simplificado COZINHEIRA - prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/628859/images/original/edital 998-2025 lista oficial inscri&#231;&#245;es homologadas processo seletivo cozinheiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/629497/images/original/Edital 1000-2025 - resultado preliminar de notas processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/632415/images/original/Edital 1001-2025 - realiza&#231;&#227;o de sorteio em ato p&#250;blico decorrente de notas empatados - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/636358/images/original/Edital 1002-2025 - resultado sorteio processo seletivo simplificado Cozinheira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/638910/images/original/Edital 1004-2025 - homologa processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/608469/images/original/Edital 989-2025 - intima&#231;&#227;o empresa Jorge Henrique Soares de Assis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603791/images/original/Edital 988-2025 - processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603795/images/original/pt 1818-2025 - designa comiss&#227;o processo seletivo MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/608468/images/original/Edital 990-2025 - rela&#231;&#227;o preliminar de inscritos processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/610804/images/original/Edital 991-2025 - inscri&#231;&#245;es homologadas processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/612410/images/original/Edital 992-2025 - resultado preliminar de notas processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/613866/images/original/Edital 993-2025 - sorteio em ato p&#250;blic o decorrente de notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/614547/images/original/Edital 994-2025 - resultado do sorteio em ato p&#250;blico - processo seletivo simplificado Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615517/images/original/Edital 995-2025 - homologa&#231;&#227;o processo seletivo implificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603768/images/original/Edital 987-2025 - intima&#231;&#227;o transportes persch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/599785/images/original/Edital 986-2025 - rela&#231;&#227;o de candidatos credenciados e aptos para indica&#231;&#227;o de Diretor ou Vice-Diretor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/588201/images/original/Edital 985-2025 - processo de certifica&#231;&#227;o para diretores e vice-diretores de escolas da rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/533812/images/original/Edital 984-2025 - resultado final processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530798/images/original/Edital 983-2025 - resultado sorteio em ato p&#250;blico - notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530577/images/original/Edital 982-2025 - resultado recursos e sorteio em ato p&#250;blico - processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528561/images/original/Edital 981-2025 - resultado preliminar processo seletivo PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528558/images/original/Edital n&#186; 980-2025 - lista oficial de inscritos processo seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528554/images/original/Edital n&#186; 979-2025 - publica&#231;&#227;o preliminar de inscritos contrata&#231;&#227;o tempor&#225;ria psic&#243;logo, nutricionista e professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522634/images/original/Edital 978-2025 - processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522632/images/original/Edital 977-2025 - concession&#225;rios de urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522630/images/original/edital 976-2025 - intima&#231;&#227;o empresa LUIZ NELDI DE CESARE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514349/images/original/Edital 975-2025 - intima&#231;&#227;o empresa ENGETECH CONSTRU&#199;&#213;ES E PAVIMENTA&#199;&#213;ES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514348/images/original/Edital 974-2025 - edital de intima&#231;&#227;o S&#211; PNEUS COMERCIAL AUTOMOTIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514346/images/original/Edital 973-2025 - intima concession&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514344/images/original/Edital 972-2025 - intima&#231;&#227;o concession&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/512116/images/original/Edital de intima&#231;&#227;o - RECICLAGEM SERRANA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501541/images/original/Edital 971-2024 - intima concession&#225;rios de urnas funer&#225;rias - cemit&#233;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501540/images/original/Edital 970-2024 - revoga edital 969-2024 - REURB-S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501539/images/original/Edital 969-2024 - REURB-S Recinto Ferrovi&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501528/images/original/Edital 968-2024 - audi&#234;ncia p&#250;blica plano diretor municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485611/images/original/Edital 967-2024 workshop Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/482999/images/original/Edital 966-2024 - concurso sele&#231;&#227;o oficinas WORKSHOP DE AUDIOVISUAL - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/470610/images/original/Edital 965-2024 - notifica&#231;&#227;o REURB Vila Verde I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/465946/images/original/Edital de intima&#231;&#227;o LH COM&#201;RCIO DE MEDICAMENTOS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/445467/images/original/Edital 964-2024 - PUBLICA&#199;&#195;O divulga resultado Lei Paulo Gustavo - produ&#231;&#245;es audiovisuais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/445249/images/original/Edital 963-2024 - retifica o edital 961-2024 - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413420/images/original/Edital de intima&#231;&#227;o HIGYA MED - solu&#231;&#245;es hospitalares Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413416/images/original/Edital 962-2024 - propriet&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/403274/images/original/Edital 961-2024 - divulga resultados Lei Paulo Gustavo - produ&#231;&#245;es audiovisuais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397399/images/original/Edital 960-2024 - HOMOLOGA&#199;&#195;O cargos com 2&#170; etapa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392437/images/original/Edital 959-2024 - homologa&#231;&#227;o concurso 02-2023 - PROFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392429/images/original/Edital 958-2024 - resultado sorteio de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391794/images/original/Edital 957-2024 - resultado preliminar prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391258/images/original/Edital 956-2024 - convoca para sorteio p&#250;blico de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391257/images/original/Edital 955-2024 - retifica ANEXO IV do edital 931-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391256/images/original/Edital 954-2024 - relat&#243;rio notas oficiais prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390274/images/original/Edital 953-2024 - resultado preliminar prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/389317/images/original/Edital 952-2024 - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391272/images/original/Edital 951-2023 - retifica o edital 933-2023 - processo certiica&#231;&#227;o diretores e vice-diretores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/387351/images/original/Edital 950-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383124/images/original/Edital 949-2023 - convoca&#231;&#227;o prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383123/images/original/Edital 948-2023 - notas oficiais prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/382389/images/original/Edital 947-2023 - candidatos credenciados e aptos para DIRETOR E VICE-DIRETOR DE ESCOLAS MUNICIPAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380834/images/original/Edital 946-2023 - notas preliminares FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380833/images/original/Edital 945-2023 - gabaritos oficiais FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/379677/images/original/2023-944 - Homologa&#231;&#227;o definitiva das inscri&#231;&#245;es e demais disposi&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/374259/images/original/edital 943-2023 - gabaritos preliminares concurso PROFESSOR E FONHOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373338/images/original/Edital 942-2023 - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373337/images/original/Edital 941-2023 - Homologa&#231;&#227;o preliminar das inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367803/images/original/Edital 940-2023 - Locais de prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367413/images/original/Edital 939-2023 - resultado definitivo isen&#231;&#227;o inscri&#231;&#245;es e retifica&#231;&#227;o edital abertura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/365343/images/original/Edital 938-2023 - homologa&#231;&#227;o inscri&#231;&#245;es  - vagas pessoas com defici&#234;ncia - condi&#231;&#245;es especiais - convoca&#231;&#227;o prova te&#243;rico-objetiva - recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/364161/images/original/Edital 937-2023 - resultado preliminar isen&#231;&#227;o inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355104/images/original/Edital 936-2023 - abertura concurso assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355103/images/original/Edital 935-2023 - homologa&#231;&#227;o preliminar inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348088/images/original/Edital 934-2023 - Retifica&#231;&#227;o item 8.22 e lei de inclus&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342966/images/original/Edital 933-2023 - processo certifica&#231;&#227;o diretores e vice-diretores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342513/images/original/Edital 932-2023 - retifica item 2.1 do edital 931-2023 - requisitos posse PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341597/images/original/Edital 931-2023 - abertura inscri&#231;&#245;es concurso PREOFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341596/images/original/Edital 930-2023 - convoca audi&#234;ncia p&#250;blica Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348259/images/original/Edital de intima&#231;&#227;o Paulo Henrique Nogueira Corr&#234;a - Procurador empresa Nobe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413436/images/original/Edital de intima&#231;&#227;o ESPORTIVA COM&#201;RCIO DE MATERIAIS LTDA - PAE 005-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/310402/images/original/Edital 929-2023 - resultado definitivo e homologa&#231;&#227;o final Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/308527/images/original/Edital 928-2023 - resultado definitivo da prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413438/images/original/Edital de intima&#231;&#227;o MACRO COMERCIAL EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302823/images/original/Edital 927-2023 - homologa&#231;&#227;o definitiva das inscri&#231;&#245;es - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300284/images/original/Edital 926-2023 - Homologa&#231;&#227;o preliminar inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/298365/images/original/Edital 925-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296223/images/original/Edital 924-2023 - resultado preliminar isen&#231;&#227;o taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293530/images/original/Edital 923-2023 - Edital de Abertura de Inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/292944/images/original/Edital de intima&#231;&#227;o devolu&#231;&#227;o correio COMERCIAL DE FERRAGENS CASSAL LTDA -  multa contratual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296231/images/original/Edital intima&#231;&#227;o SONNTAG COM&#201;RCIO DE M&#193;QUINAS E EQUIPAMENTOS EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296230/images/original/Edital 922-2023 - homologa o resultado final do Processo Seletivo Simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296229/images/original/Edital 921-2023 - resultado preliminar de notas processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA e abre prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296227/images/original/Edital 920-2023 - homologa a lista oficial de inscritos ao Processo Seetivo Simplificado - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296224/images/original/Edital 919-2023 - homologa lista preliminar de inscritos ao processo seletivo simplificado -PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/281828/images/original/Edital 918-2023 - processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/281829/images/original/pt 609-2023 - comiss&#227;o executora processo seletivo simplifiado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/284170/images/original/Edital 919-2023 - homologa lista preliminar de inscritos ao processo seletivo simplificado -PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/285766/images/original/Edital 920-2023 - homologa a lista oficial de inscritos ao Processo Seetivo Simplificado - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/286457/images/original/Edital 921-2023 - resultado preliminar de notas processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA e abre prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/287900/images/original/Edital 922-2023 - homologa o resultado final do Processo Seletivo Simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C119"/>
+  <dimension ref="A1:C123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C119" sqref="C119"/>
+      <selection activeCell="C123" sqref="C123"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" s="1" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B24" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B25" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B29" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B30" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" t="s">
         <v>71</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B36" t="s">
+        <v>71</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="B40" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="B41" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="B42" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="B43" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="B44" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="B45" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="B48" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="B49" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B50" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="B51" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="B52" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="B53" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="B54" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="B55" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B56" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="B57" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="B59" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="B60" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B61" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="B62" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="B63" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="B65" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B66" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="B67" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="B68" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B69" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B70" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B71" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B72" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B73" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B74" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B75" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B76" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B77" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="B78" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B79" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="B80" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B81" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B82" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B83" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="B84" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="B85" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="B86" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B87" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B88" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B89" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B90" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="B91" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>139</v>
+        <v>225</v>
       </c>
       <c r="B92" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>107</v>
+        <v>228</v>
       </c>
       <c r="B93" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="B94" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="B95" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>107</v>
+        <v>237</v>
       </c>
       <c r="B96" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B97" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="B98" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="B99" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="B100" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="B101" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>107</v>
+        <v>160</v>
       </c>
       <c r="B102" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="B103" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="B104" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B105" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>268</v>
+        <v>128</v>
       </c>
       <c r="B106" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="B107" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="B108" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B109" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>274</v>
       </c>
       <c r="B110" t="s">
         <v>275</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B111" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>274</v>
+        <v>128</v>
       </c>
       <c r="B112" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>274</v>
+        <v>160</v>
       </c>
       <c r="B113" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>264</v>
+        <v>283</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B114" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="B115" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="B116" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="B117" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="B118" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="B119" t="s">
+        <v>296</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" t="s">
+        <v>295</v>
+      </c>
+      <c r="B120" t="s">
+        <v>296</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" t="s">
+        <v>295</v>
+      </c>
+      <c r="B121" t="s">
+        <v>296</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="C119" s="1" t="s">
-        <v>292</v>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" t="s">
+        <v>295</v>
+      </c>
+      <c r="B122" t="s">
+        <v>296</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" t="s">
+        <v>295</v>
+      </c>
+      <c r="B123" t="s">
+        <v>296</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -2687,50 +2749,54 @@
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="C102" r:id="rId_hyperlink_101"/>
     <hyperlink ref="C103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="C104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="C105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="C106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="C107" r:id="rId_hyperlink_106"/>
     <hyperlink ref="C108" r:id="rId_hyperlink_107"/>
     <hyperlink ref="C109" r:id="rId_hyperlink_108"/>
     <hyperlink ref="C110" r:id="rId_hyperlink_109"/>
     <hyperlink ref="C111" r:id="rId_hyperlink_110"/>
     <hyperlink ref="C112" r:id="rId_hyperlink_111"/>
     <hyperlink ref="C113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="C114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="C115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="C116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="C117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="C118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="C119" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="C120" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="C121" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="C122" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="C123" r:id="rId_hyperlink_122"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>