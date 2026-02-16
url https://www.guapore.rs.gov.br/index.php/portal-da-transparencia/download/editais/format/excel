--- v1 (2025-12-18)
+++ v2 (2026-02-16)
@@ -12,61 +12,142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Edital nº 1028/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>Edital 1028-2026 - homologação concurso público.pdf</t>
+  </si>
+  <si>
+    <t>Edital nº 1027/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>Edital 1027-2026 - composição banca examinadora.pdf</t>
+  </si>
+  <si>
+    <t>Edital nº 1026/2026</t>
+  </si>
+  <si>
+    <t>Edital 1026-2026 - notas oficiais provas de títulos.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1025-2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>Edital 1025-2026 - ANEXO 02.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1025-2026 - ANEXO 01.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1025-2026 - Notas preliminares das provas de títulos.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1024-2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>Edital 1024-2026 - notas oficiais das provas objetivas.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1024-2026 - ANEXO 01.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1024-2026 - ANEXO 02.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1023-2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>Edital 1023-2025 - notas preliminares das provas objetivas.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1023-2025 - ANEXO 01.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1023-2025 - ANEXO 02.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1022-2025</t>
+  </si>
+  <si>
+    <t>Edital 1022-2025 - respostas recursos administrativos sobre o gabarito preliminar provas objetivas.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1021-2025</t>
+  </si>
+  <si>
+    <t>Edital 1021-2025 - gabaritos oficiais das provas objetivas.pdf</t>
+  </si>
+  <si>
     <t>Edital 1020-2025</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>Edital 1020-2025 - gabaritos preliminares das provas objetivas.pdf</t>
   </si>
   <si>
     <t>Edital 1019-2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>Edital 1019-2025 - divulga local e horário de aplicação das provas objetivas.pdf</t>
   </si>
   <si>
     <t>Edital 1018-2025</t>
   </si>
   <si>
     <t>Edital 1018-2025 - resultado homologado das inscrições ao Concurso Público 001-2025.pdf</t>
   </si>
   <si>
     <t>Edital 1018-2025 - ANEXO 01 - acesso universal.pdf</t>
@@ -843,116 +924,50 @@
     <t>Edital 926-2023</t>
   </si>
   <si>
     <t>12/06/2023</t>
   </si>
   <si>
     <t>Edital 926-2023 - Homologação preliminar inscrições assinado.pdf</t>
   </si>
   <si>
     <t>Edital 925-2023</t>
   </si>
   <si>
     <t>01/06/2023</t>
   </si>
   <si>
     <t>Edital 925-2023 assinado.pdf</t>
   </si>
   <si>
     <t>Edital 924-2023</t>
   </si>
   <si>
     <t>23/05/2023</t>
   </si>
   <si>
     <t>Edital 924-2023 - resultado preliminar isenção taxa de inscrição.pdf</t>
-  </si>
-[...64 lines deleted...]
-    <t>pt 609-2023 - comissão executora processo seletivo simplifiado PROFESSOR DE LÍNGUA INGLESA.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1259,1417 +1274,1428 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700942/images/original/Edital 1020-2025 - gabaritos preliminares das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693292/images/original/Edital 1019-2025 - divulga local e hor&#225;rio de aplica&#231;&#227;o das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693288/images/original/Edital 1018-2025 - resultado homologado das inscri&#231;&#245;es ao Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693289/images/original/Edital 1018-2025 - ANEXO 01 - acesso universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693290/images/original/Edital 1018-2025 - ANEXO 02 - PCD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683586/images/original/Edital 1017-2025 - resultado preliminar das inscri&#231;&#245;es do Concurso P&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683587/images/original/Edital 1017-2025 - ANEXO 01 - Lista de Inscritos - Acesso Universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683588/images/original/Edital 1017-2025 - ANEXO 02 - Lista de Inscritos - Acesso Pessoa Com Defici&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683585/images/original/Edital 1016-2025 Notifica&#231;&#227;o regulariza&#231;&#227;o fundi&#225;ria Vila verde I quadra 815.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/675424/images/original/Edital n&#186; 1015-2025 - resultado solicita&#231;&#227;o isen&#231;&#227;o da taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672693/images/original/edital de notifica&#231;&#227;o 1014-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671007/images/original/Edital 1013-2025 - cancela o cargo de Fiscal do Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671006/images/original/Edital 1012-2025 - resultado prliminar isen&#231;&#227;o pagamento taxa de inscri&#231;&#227;o Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670411/images/original/Edital 1011-2025 - resultado final processo seletivo simplificado proleei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669098/images/original/Edital 1010-2025 - retifica&#231;&#227;o Edital 1007-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669082/images/original/Edital 1009-2025 Resultado preliminar processo seletivo simplificado interno formador local programa PROLEEI-CNCA 2025-2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667723/images/original/Edital 1008-2025 - processo de inscri&#231;&#227;o matr&#237;cula rematr&#237;cula e transfer&#234;ncia para o ano letivo 2026 nas escolas municipais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666347/images/original/Edital 1007-2025 - abertura Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656944/images/original/Edital 1006-2025 - processo seletivo simplificado interno - sele&#231;&#227;o de formador local - PROGRAMA PROLEEI-CNCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656951/images/original/Edital 1005-2025 - edital de intima&#231;&#227;o da empresa Luiz Neldi de Cesare.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/637905/images/original/Edital 1003-2025 - intima concession&#225;rios de urnas funer&#225;rias do Cemit&#233;rio Municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631897/images/original/Edital 999-2025 - notifica&#231;&#227;o REUR - Vila Verde I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/619385/images/original/Edital de processo seletivo simplificado 996-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/619386/images/original/pt 2227-2025 - designa comiss&#227;o processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625635/images/original/Edital 997-2025 - publica&#231;&#227;o preliminar de inscritos processo seletivo simplificado COZINHEIRA - prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/628859/images/original/edital 998-2025 lista oficial inscri&#231;&#245;es homologadas processo seletivo cozinheiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/629497/images/original/Edital 1000-2025 - resultado preliminar de notas processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/632415/images/original/Edital 1001-2025 - realiza&#231;&#227;o de sorteio em ato p&#250;blico decorrente de notas empatados - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/636358/images/original/Edital 1002-2025 - resultado sorteio processo seletivo simplificado Cozinheira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/638910/images/original/Edital 1004-2025 - homologa processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/608469/images/original/Edital 989-2025 - intima&#231;&#227;o empresa Jorge Henrique Soares de Assis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603791/images/original/Edital 988-2025 - processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603795/images/original/pt 1818-2025 - designa comiss&#227;o processo seletivo MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/608468/images/original/Edital 990-2025 - rela&#231;&#227;o preliminar de inscritos processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/610804/images/original/Edital 991-2025 - inscri&#231;&#245;es homologadas processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/612410/images/original/Edital 992-2025 - resultado preliminar de notas processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/613866/images/original/Edital 993-2025 - sorteio em ato p&#250;blic o decorrente de notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/614547/images/original/Edital 994-2025 - resultado do sorteio em ato p&#250;blico - processo seletivo simplificado Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615517/images/original/Edital 995-2025 - homologa&#231;&#227;o processo seletivo implificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603768/images/original/Edital 987-2025 - intima&#231;&#227;o transportes persch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/599785/images/original/Edital 986-2025 - rela&#231;&#227;o de candidatos credenciados e aptos para indica&#231;&#227;o de Diretor ou Vice-Diretor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/588201/images/original/Edital 985-2025 - processo de certifica&#231;&#227;o para diretores e vice-diretores de escolas da rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/533812/images/original/Edital 984-2025 - resultado final processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530798/images/original/Edital 983-2025 - resultado sorteio em ato p&#250;blico - notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530577/images/original/Edital 982-2025 - resultado recursos e sorteio em ato p&#250;blico - processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528561/images/original/Edital 981-2025 - resultado preliminar processo seletivo PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528558/images/original/Edital n&#186; 980-2025 - lista oficial de inscritos processo seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528554/images/original/Edital n&#186; 979-2025 - publica&#231;&#227;o preliminar de inscritos contrata&#231;&#227;o tempor&#225;ria psic&#243;logo, nutricionista e professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522634/images/original/Edital 978-2025 - processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522632/images/original/Edital 977-2025 - concession&#225;rios de urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522630/images/original/edital 976-2025 - intima&#231;&#227;o empresa LUIZ NELDI DE CESARE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514349/images/original/Edital 975-2025 - intima&#231;&#227;o empresa ENGETECH CONSTRU&#199;&#213;ES E PAVIMENTA&#199;&#213;ES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514348/images/original/Edital 974-2025 - edital de intima&#231;&#227;o S&#211; PNEUS COMERCIAL AUTOMOTIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514346/images/original/Edital 973-2025 - intima concession&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514344/images/original/Edital 972-2025 - intima&#231;&#227;o concession&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/512116/images/original/Edital de intima&#231;&#227;o - RECICLAGEM SERRANA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501541/images/original/Edital 971-2024 - intima concession&#225;rios de urnas funer&#225;rias - cemit&#233;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501540/images/original/Edital 970-2024 - revoga edital 969-2024 - REURB-S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501539/images/original/Edital 969-2024 - REURB-S Recinto Ferrovi&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501528/images/original/Edital 968-2024 - audi&#234;ncia p&#250;blica plano diretor municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485611/images/original/Edital 967-2024 workshop Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/482999/images/original/Edital 966-2024 - concurso sele&#231;&#227;o oficinas WORKSHOP DE AUDIOVISUAL - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/470610/images/original/Edital 965-2024 - notifica&#231;&#227;o REURB Vila Verde I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/465946/images/original/Edital de intima&#231;&#227;o LH COM&#201;RCIO DE MEDICAMENTOS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/445467/images/original/Edital 964-2024 - PUBLICA&#199;&#195;O divulga resultado Lei Paulo Gustavo - produ&#231;&#245;es audiovisuais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/445249/images/original/Edital 963-2024 - retifica o edital 961-2024 - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413420/images/original/Edital de intima&#231;&#227;o HIGYA MED - solu&#231;&#245;es hospitalares Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413416/images/original/Edital 962-2024 - propriet&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/403274/images/original/Edital 961-2024 - divulga resultados Lei Paulo Gustavo - produ&#231;&#245;es audiovisuais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397399/images/original/Edital 960-2024 - HOMOLOGA&#199;&#195;O cargos com 2&#170; etapa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392437/images/original/Edital 959-2024 - homologa&#231;&#227;o concurso 02-2023 - PROFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392429/images/original/Edital 958-2024 - resultado sorteio de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391794/images/original/Edital 957-2024 - resultado preliminar prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391258/images/original/Edital 956-2024 - convoca para sorteio p&#250;blico de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391257/images/original/Edital 955-2024 - retifica ANEXO IV do edital 931-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391256/images/original/Edital 954-2024 - relat&#243;rio notas oficiais prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390274/images/original/Edital 953-2024 - resultado preliminar prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/389317/images/original/Edital 952-2024 - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391272/images/original/Edital 951-2023 - retifica o edital 933-2023 - processo certiica&#231;&#227;o diretores e vice-diretores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/387351/images/original/Edital 950-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383124/images/original/Edital 949-2023 - convoca&#231;&#227;o prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383123/images/original/Edital 948-2023 - notas oficiais prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/382389/images/original/Edital 947-2023 - candidatos credenciados e aptos para DIRETOR E VICE-DIRETOR DE ESCOLAS MUNICIPAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380834/images/original/Edital 946-2023 - notas preliminares FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380833/images/original/Edital 945-2023 - gabaritos oficiais FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/379677/images/original/2023-944 - Homologa&#231;&#227;o definitiva das inscri&#231;&#245;es e demais disposi&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/374259/images/original/edital 943-2023 - gabaritos preliminares concurso PROFESSOR E FONHOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373338/images/original/Edital 942-2023 - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373337/images/original/Edital 941-2023 - Homologa&#231;&#227;o preliminar das inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367803/images/original/Edital 940-2023 - Locais de prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367413/images/original/Edital 939-2023 - resultado definitivo isen&#231;&#227;o inscri&#231;&#245;es e retifica&#231;&#227;o edital abertura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/365343/images/original/Edital 938-2023 - homologa&#231;&#227;o inscri&#231;&#245;es  - vagas pessoas com defici&#234;ncia - condi&#231;&#245;es especiais - convoca&#231;&#227;o prova te&#243;rico-objetiva - recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/364161/images/original/Edital 937-2023 - resultado preliminar isen&#231;&#227;o inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355104/images/original/Edital 936-2023 - abertura concurso assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355103/images/original/Edital 935-2023 - homologa&#231;&#227;o preliminar inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348088/images/original/Edital 934-2023 - Retifica&#231;&#227;o item 8.22 e lei de inclus&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342966/images/original/Edital 933-2023 - processo certifica&#231;&#227;o diretores e vice-diretores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342513/images/original/Edital 932-2023 - retifica item 2.1 do edital 931-2023 - requisitos posse PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341597/images/original/Edital 931-2023 - abertura inscri&#231;&#245;es concurso PREOFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341596/images/original/Edital 930-2023 - convoca audi&#234;ncia p&#250;blica Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348259/images/original/Edital de intima&#231;&#227;o Paulo Henrique Nogueira Corr&#234;a - Procurador empresa Nobe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413436/images/original/Edital de intima&#231;&#227;o ESPORTIVA COM&#201;RCIO DE MATERIAIS LTDA - PAE 005-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/310402/images/original/Edital 929-2023 - resultado definitivo e homologa&#231;&#227;o final Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/308527/images/original/Edital 928-2023 - resultado definitivo da prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413438/images/original/Edital de intima&#231;&#227;o MACRO COMERCIAL EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302823/images/original/Edital 927-2023 - homologa&#231;&#227;o definitiva das inscri&#231;&#245;es - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300284/images/original/Edital 926-2023 - Homologa&#231;&#227;o preliminar inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/298365/images/original/Edital 925-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296223/images/original/Edital 924-2023 - resultado preliminar isen&#231;&#227;o taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293530/images/original/Edital 923-2023 - Edital de Abertura de Inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/292944/images/original/Edital de intima&#231;&#227;o devolu&#231;&#227;o correio COMERCIAL DE FERRAGENS CASSAL LTDA -  multa contratual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296231/images/original/Edital intima&#231;&#227;o SONNTAG COM&#201;RCIO DE M&#193;QUINAS E EQUIPAMENTOS EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296230/images/original/Edital 922-2023 - homologa o resultado final do Processo Seletivo Simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296229/images/original/Edital 921-2023 - resultado preliminar de notas processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA e abre prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296227/images/original/Edital 920-2023 - homologa a lista oficial de inscritos ao Processo Seetivo Simplificado - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296224/images/original/Edital 919-2023 - homologa lista preliminar de inscritos ao processo seletivo simplificado -PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/281828/images/original/Edital 918-2023 - processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/281829/images/original/pt 609-2023 - comiss&#227;o executora processo seletivo simplifiado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/284170/images/original/Edital 919-2023 - homologa lista preliminar de inscritos ao processo seletivo simplificado -PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/285766/images/original/Edital 920-2023 - homologa a lista oficial de inscritos ao Processo Seetivo Simplificado - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/286457/images/original/Edital 921-2023 - resultado preliminar de notas processo seletivo simplificado PROFESSOR DE L&#205;NGUA INGLESA e abre prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/287900/images/original/Edital 922-2023 - homologa o resultado final do Processo Seletivo Simplificado PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/730293/images/original/Edital 1028-2026 - homologa&#231;&#227;o concurso p&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729599/images/original/Edital 1027-2026 - composi&#231;&#227;o banca examinadora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729598/images/original/Edital 1026-2026 - notas oficiais provas de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726575/images/original/Edital 1025-2026 - ANEXO 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726576/images/original/Edital 1025-2026 - ANEXO 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726577/images/original/Edital 1025-2026 - Notas preliminares das provas de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718287/images/original/Edital 1024-2026 - notas oficiais das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718290/images/original/Edital 1024-2026 - ANEXO 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718292/images/original/Edital  1024-2026 - ANEXO 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708555/images/original/Edital 1023-2025 - notas preliminares das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708556/images/original/Edital 1023-2025 - ANEXO 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708557/images/original/Edital 1023-2025 - ANEXO 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708554/images/original/Edital 1022-2025 - respostas recursos administrativos sobre o gabarito preliminar provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708553/images/original/Edital 1021-2025 - gabaritos oficiais das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700942/images/original/Edital 1020-2025 - gabaritos preliminares das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693292/images/original/Edital 1019-2025 - divulga local e hor&#225;rio de aplica&#231;&#227;o das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693288/images/original/Edital 1018-2025 - resultado homologado das inscri&#231;&#245;es ao Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693289/images/original/Edital 1018-2025 - ANEXO 01 - acesso universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693290/images/original/Edital 1018-2025 - ANEXO 02 - PCD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683586/images/original/Edital 1017-2025 - resultado preliminar das inscri&#231;&#245;es do Concurso P&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683587/images/original/Edital 1017-2025 - ANEXO 01 - Lista de Inscritos - Acesso Universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683588/images/original/Edital 1017-2025 - ANEXO 02 - Lista de Inscritos - Acesso Pessoa Com Defici&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683585/images/original/Edital 1016-2025 Notifica&#231;&#227;o regulariza&#231;&#227;o fundi&#225;ria Vila verde I quadra 815.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/675424/images/original/Edital n&#186; 1015-2025 - resultado solicita&#231;&#227;o isen&#231;&#227;o da taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672693/images/original/edital de notifica&#231;&#227;o 1014-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671007/images/original/Edital 1013-2025 - cancela o cargo de Fiscal do Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671006/images/original/Edital 1012-2025 - resultado prliminar isen&#231;&#227;o pagamento taxa de inscri&#231;&#227;o Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670411/images/original/Edital 1011-2025 - resultado final processo seletivo simplificado proleei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669098/images/original/Edital 1010-2025 - retifica&#231;&#227;o Edital 1007-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669082/images/original/Edital 1009-2025 Resultado preliminar processo seletivo simplificado interno formador local programa PROLEEI-CNCA 2025-2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667723/images/original/Edital 1008-2025 - processo de inscri&#231;&#227;o matr&#237;cula rematr&#237;cula e transfer&#234;ncia para o ano letivo 2026 nas escolas municipais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666347/images/original/Edital 1007-2025 - abertura Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656944/images/original/Edital 1006-2025 - processo seletivo simplificado interno - sele&#231;&#227;o de formador local - PROGRAMA PROLEEI-CNCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656951/images/original/Edital 1005-2025 - edital de intima&#231;&#227;o da empresa Luiz Neldi de Cesare.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/637905/images/original/Edital 1003-2025 - intima concession&#225;rios de urnas funer&#225;rias do Cemit&#233;rio Municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631897/images/original/Edital 999-2025 - notifica&#231;&#227;o REUR - Vila Verde I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/619385/images/original/Edital de processo seletivo simplificado 996-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/619386/images/original/pt 2227-2025 - designa comiss&#227;o processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625635/images/original/Edital 997-2025 - publica&#231;&#227;o preliminar de inscritos processo seletivo simplificado COZINHEIRA - prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/628859/images/original/edital 998-2025 lista oficial inscri&#231;&#245;es homologadas processo seletivo cozinheiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/629497/images/original/Edital 1000-2025 - resultado preliminar de notas processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/632415/images/original/Edital 1001-2025 - realiza&#231;&#227;o de sorteio em ato p&#250;blico decorrente de notas empatados - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/636358/images/original/Edital 1002-2025 - resultado sorteio processo seletivo simplificado Cozinheira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/638910/images/original/Edital 1004-2025 - homologa processo seletivo simplificado COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/608469/images/original/Edital 989-2025 - intima&#231;&#227;o empresa Jorge Henrique Soares de Assis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603791/images/original/Edital 988-2025 - processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603795/images/original/pt 1818-2025 - designa comiss&#227;o processo seletivo MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/608468/images/original/Edital 990-2025 - rela&#231;&#227;o preliminar de inscritos processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/610804/images/original/Edital 991-2025 - inscri&#231;&#245;es homologadas processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/612410/images/original/Edital 992-2025 - resultado preliminar de notas processo seletivo simplificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/613866/images/original/Edital 993-2025 - sorteio em ato p&#250;blic o decorrente de notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/614547/images/original/Edital 994-2025 - resultado do sorteio em ato p&#250;blico - processo seletivo simplificado Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615517/images/original/Edital 995-2025 - homologa&#231;&#227;o processo seletivo implificado MONITOR DE EDUCA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/603768/images/original/Edital 987-2025 - intima&#231;&#227;o transportes persch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/599785/images/original/Edital 986-2025 - rela&#231;&#227;o de candidatos credenciados e aptos para indica&#231;&#227;o de Diretor ou Vice-Diretor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/588201/images/original/Edital 985-2025 - processo de certifica&#231;&#227;o para diretores e vice-diretores de escolas da rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/533812/images/original/Edital 984-2025 - resultado final processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530798/images/original/Edital 983-2025 - resultado sorteio em ato p&#250;blico - notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530577/images/original/Edital 982-2025 - resultado recursos e sorteio em ato p&#250;blico - processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528561/images/original/Edital 981-2025 - resultado preliminar processo seletivo PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528558/images/original/Edital n&#186; 980-2025 - lista oficial de inscritos processo seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528554/images/original/Edital n&#186; 979-2025 - publica&#231;&#227;o preliminar de inscritos contrata&#231;&#227;o tempor&#225;ria psic&#243;logo, nutricionista e professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522634/images/original/Edital 978-2025 - processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522632/images/original/Edital 977-2025 - concession&#225;rios de urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522630/images/original/edital 976-2025 - intima&#231;&#227;o empresa LUIZ NELDI DE CESARE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514349/images/original/Edital 975-2025 - intima&#231;&#227;o empresa ENGETECH CONSTRU&#199;&#213;ES E PAVIMENTA&#199;&#213;ES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514348/images/original/Edital 974-2025 - edital de intima&#231;&#227;o S&#211; PNEUS COMERCIAL AUTOMOTIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514346/images/original/Edital 973-2025 - intima concession&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514344/images/original/Edital 972-2025 - intima&#231;&#227;o concession&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/512116/images/original/Edital de intima&#231;&#227;o - RECICLAGEM SERRANA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501541/images/original/Edital 971-2024 - intima concession&#225;rios de urnas funer&#225;rias - cemit&#233;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501540/images/original/Edital 970-2024 - revoga edital 969-2024 - REURB-S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501539/images/original/Edital 969-2024 - REURB-S Recinto Ferrovi&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501528/images/original/Edital 968-2024 - audi&#234;ncia p&#250;blica plano diretor municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485611/images/original/Edital 967-2024 workshop Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/482999/images/original/Edital 966-2024 - concurso sele&#231;&#227;o oficinas WORKSHOP DE AUDIOVISUAL - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/470610/images/original/Edital 965-2024 - notifica&#231;&#227;o REURB Vila Verde I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/465946/images/original/Edital de intima&#231;&#227;o LH COM&#201;RCIO DE MEDICAMENTOS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/445467/images/original/Edital 964-2024 - PUBLICA&#199;&#195;O divulga resultado Lei Paulo Gustavo - produ&#231;&#245;es audiovisuais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/445249/images/original/Edital 963-2024 - retifica o edital 961-2024 - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413420/images/original/Edital de intima&#231;&#227;o HIGYA MED - solu&#231;&#245;es hospitalares Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413416/images/original/Edital 962-2024 - propriet&#225;rios urnas funer&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/403274/images/original/Edital 961-2024 - divulga resultados Lei Paulo Gustavo - produ&#231;&#245;es audiovisuais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397399/images/original/Edital 960-2024 - HOMOLOGA&#199;&#195;O cargos com 2&#170; etapa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392437/images/original/Edital 959-2024 - homologa&#231;&#227;o concurso 02-2023 - PROFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392429/images/original/Edital 958-2024 - resultado sorteio de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391794/images/original/Edital 957-2024 - resultado preliminar prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391258/images/original/Edital 956-2024 - convoca para sorteio p&#250;blico de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391257/images/original/Edital 955-2024 - retifica ANEXO IV do edital 931-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391256/images/original/Edital 954-2024 - relat&#243;rio notas oficiais prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390274/images/original/Edital 953-2024 - resultado preliminar prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/389317/images/original/Edital 952-2024 - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391272/images/original/Edital 951-2023 - retifica o edital 933-2023 - processo certiica&#231;&#227;o diretores e vice-diretores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/387351/images/original/Edital 950-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383124/images/original/Edital 949-2023 - convoca&#231;&#227;o prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383123/images/original/Edital 948-2023 - notas oficiais prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/382389/images/original/Edital 947-2023 - candidatos credenciados e aptos para DIRETOR E VICE-DIRETOR DE ESCOLAS MUNICIPAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380834/images/original/Edital 946-2023 - notas preliminares FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380833/images/original/Edital 945-2023 - gabaritos oficiais FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/379677/images/original/2023-944 - Homologa&#231;&#227;o definitiva das inscri&#231;&#245;es e demais disposi&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/374259/images/original/edital 943-2023 - gabaritos preliminares concurso PROFESSOR E FONHOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373338/images/original/Edital 942-2023 - Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373337/images/original/Edital 941-2023 - Homologa&#231;&#227;o preliminar das inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367803/images/original/Edital 940-2023 - Locais de prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367413/images/original/Edital 939-2023 - resultado definitivo isen&#231;&#227;o inscri&#231;&#245;es e retifica&#231;&#227;o edital abertura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/365343/images/original/Edital 938-2023 - homologa&#231;&#227;o inscri&#231;&#245;es  - vagas pessoas com defici&#234;ncia - condi&#231;&#245;es especiais - convoca&#231;&#227;o prova te&#243;rico-objetiva - recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/364161/images/original/Edital 937-2023 - resultado preliminar isen&#231;&#227;o inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355104/images/original/Edital 936-2023 - abertura concurso assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355103/images/original/Edital 935-2023 - homologa&#231;&#227;o preliminar inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348088/images/original/Edital 934-2023 - Retifica&#231;&#227;o item 8.22 e lei de inclus&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342966/images/original/Edital 933-2023 - processo certifica&#231;&#227;o diretores e vice-diretores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342513/images/original/Edital 932-2023 - retifica item 2.1 do edital 931-2023 - requisitos posse PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341597/images/original/Edital 931-2023 - abertura inscri&#231;&#245;es concurso PREOFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341596/images/original/Edital 930-2023 - convoca audi&#234;ncia p&#250;blica Lei Paulo Gustavo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348259/images/original/Edital de intima&#231;&#227;o Paulo Henrique Nogueira Corr&#234;a - Procurador empresa Nobe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413436/images/original/Edital de intima&#231;&#227;o ESPORTIVA COM&#201;RCIO DE MATERIAIS LTDA - PAE 005-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/310402/images/original/Edital 929-2023 - resultado definitivo e homologa&#231;&#227;o final Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/308527/images/original/Edital 928-2023 - resultado definitivo da prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413438/images/original/Edital de intima&#231;&#227;o MACRO COMERCIAL EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302823/images/original/Edital 927-2023 - homologa&#231;&#227;o definitiva das inscri&#231;&#245;es - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300284/images/original/Edital 926-2023 - Homologa&#231;&#227;o preliminar inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/298365/images/original/Edital 925-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296223/images/original/Edital 924-2023 - resultado preliminar isen&#231;&#227;o taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C123"/>
+  <dimension ref="A1:C124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C123" sqref="C123"/>
+      <selection activeCell="C124" sqref="C124"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
+        <v>55</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
+        <v>68</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="B36" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="B37" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="B38" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="B39" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B41" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B42" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B43" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B44" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="B45" t="s">
+        <v>85</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" s="1" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" s="1" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B48" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="B49" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="B50" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="B51" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="B52" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>116</v>
+        <v>97</v>
       </c>
       <c r="B53" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="B54" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="B55" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="B56" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="B57" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="B58" t="s">
-        <v>132</v>
+        <v>117</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>133</v>
+        <v>118</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
       <c r="B59" t="s">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="B60" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="B61" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>146</v>
+        <v>131</v>
       </c>
       <c r="B63" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="B64" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>151</v>
+        <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="B65" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="B66" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
       <c r="B67" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="B68" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>162</v>
+        <v>148</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="B69" t="s">
-        <v>164</v>
+        <v>150</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="B70" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>169</v>
+        <v>155</v>
       </c>
       <c r="B71" t="s">
-        <v>170</v>
+        <v>156</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>171</v>
+        <v>157</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>172</v>
+        <v>158</v>
       </c>
       <c r="B72" t="s">
-        <v>173</v>
+        <v>159</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>175</v>
+        <v>161</v>
       </c>
       <c r="B73" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="B74" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>179</v>
+        <v>166</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="B75" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>182</v>
+        <v>169</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>183</v>
+        <v>170</v>
       </c>
       <c r="B76" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="B77" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="B78" t="s">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="B79" t="s">
-        <v>191</v>
+        <v>179</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>192</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="B80" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="B81" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="B82" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="B83" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="B84" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="B85" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="B86" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="B87" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="B88" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="B89" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="B90" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="B91" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="B92" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="B93" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="B94" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="B95" t="s">
-        <v>235</v>
+        <v>221</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="B96" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="B97" t="s">
-        <v>240</v>
+        <v>226</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="B98" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="B99" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="B100" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>250</v>
+        <v>238</v>
       </c>
       <c r="B101" t="s">
-        <v>251</v>
+        <v>239</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>160</v>
+        <v>241</v>
       </c>
       <c r="B102" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>128</v>
+        <v>244</v>
       </c>
       <c r="B103" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="B104" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="B105" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>262</v>
+        <v>251</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>128</v>
+        <v>252</v>
       </c>
       <c r="B106" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="B107" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="B108" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="B109" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="B110" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="B111" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>128</v>
+        <v>269</v>
       </c>
       <c r="B112" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>160</v>
+        <v>272</v>
       </c>
       <c r="B113" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="B114" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="B115" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>289</v>
+        <v>187</v>
       </c>
       <c r="B116" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>292</v>
+        <v>155</v>
       </c>
       <c r="B117" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="B118" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="B119" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>295</v>
+        <v>155</v>
       </c>
       <c r="B120" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B121" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>295</v>
       </c>
       <c r="B122" t="s">
         <v>296</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B123" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>285</v>
+        <v>300</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" t="s">
+        <v>301</v>
+      </c>
+      <c r="B124" t="s">
+        <v>302</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>303</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -2753,50 +2779,51 @@
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="C102" r:id="rId_hyperlink_101"/>
     <hyperlink ref="C103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="C104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="C105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="C106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="C107" r:id="rId_hyperlink_106"/>
     <hyperlink ref="C108" r:id="rId_hyperlink_107"/>
     <hyperlink ref="C109" r:id="rId_hyperlink_108"/>
     <hyperlink ref="C110" r:id="rId_hyperlink_109"/>
     <hyperlink ref="C111" r:id="rId_hyperlink_110"/>
     <hyperlink ref="C112" r:id="rId_hyperlink_111"/>
     <hyperlink ref="C113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="C114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="C115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="C116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="C117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="C118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="C119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="C120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="C121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="C122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="C123" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="C124" r:id="rId_hyperlink_123"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>