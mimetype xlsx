--- v0 (2025-11-09)
+++ v1 (2026-02-16)
@@ -12,92 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>BALANCETE ORÇAMENTARIO DA DESPESA DO FUNDOPREVI/2025</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>JANEIRO/2025</t>
   </si>
   <si>
     <t>FEVEREIRO/2025</t>
   </si>
   <si>
     <t>MARÇO/2025</t>
   </si>
   <si>
     <t>ABRIL/2025</t>
   </si>
   <si>
     <t>MAIO/2025</t>
   </si>
   <si>
     <t>JUNHO/2025</t>
   </si>
   <si>
     <t>JULHO/2025</t>
   </si>
   <si>
     <t>AGOSTO/2025</t>
   </si>
   <si>
     <t>SETEMBRO/2025</t>
+  </si>
+  <si>
+    <t>OUTUBRO/2025</t>
+  </si>
+  <si>
+    <t>NOVEMBRO/2025</t>
+  </si>
+  <si>
+    <t>DEZEMBRO/2025</t>
   </si>
   <si>
     <t>BALANCETE ORÇAMENTARIO DA DESPESA DO FUNDOPREVI/2024</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
     <t>JANEIRO/2024</t>
   </si>
   <si>
     <t>FEVEREIRO/2024</t>
   </si>
   <si>
     <t>MARÇO/2024</t>
   </si>
   <si>
     <t>ABRIL/2024</t>
   </si>
   <si>
     <t>MAIO/2024</t>
   </si>
   <si>
     <t>JUNHO/2024</t>
   </si>
@@ -764,62 +773,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525902/images/original/BALANCETE DA  DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546132/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550397/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582851/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597773/images/original/BALANCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611684/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621404/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650421/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666966/images/original/BALANCETE DA DESPESA FUYNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400918/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410664/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448921/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448942/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458155/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466762/images/original/BALANCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475724/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484830/images/original/BALANCETA DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493018/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497189/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515416/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515417/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277131/images/original/BALLANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279802/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289201/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294280/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300233/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307417/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317658/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331922/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348604/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367618/images/original/BALALNCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381889/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397104/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181210/images/original/BALANCETE DESPESA FUNDOPREVI 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181253/images/original/BALACETE DA DESPESA FUNDOPREVOI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196990/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203192/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211452/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211453/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216089/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/226366/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239301/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249507/images/original/BALANCETE DA DESPESA FUND0 PREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253731/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342068/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130645/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132921/images/original/BALANCETE DA DESPESA  FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136123/images/original/BALANCETE  DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139217/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141944/images/original/balancete de despesa fundoprevi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145096/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150248/images/original/BALANCETE DA DESPESA FUNDOPREVI (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153231/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159251/images/original/BALANCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164236/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170468/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71720/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74270/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78086/images/original/BALALNBCETE DESPESA DUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86071/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93205/images/original/BALANCETE DE DESPESA  FUNDOP&#180;REVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108166/images/original/BALALNCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117486/images/original/BALALNCETE DE  DESPES  A   FUNDO PREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120499/images/original/BALAC ETE DA DESPESA FUINDO REVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122600/images/original/BALANCETE DA DESPESA  FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125168/images/original/BALANCETES DESPESA FUNDOPREEVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126703/images/original/BALANCE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128886/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30363/images/original/1790.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30364/images/original/1804.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36133/images/original/BALANCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38528/images/original/16-BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43540/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45437/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49814/images/original/BALALNCETE DA DESPESA FUNDOPREVBI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55740/images/original/BALALNCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57942/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60453/images/original/BALALN&#199;O DA DESPESAS FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66206/images/original/balancete de despesa fundoprevi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68872/images/original/BALALNCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30351/images/original/1612.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30352/images/original/1625.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30353/images/original/1641.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30354/images/original/1654.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30355/images/original/1671.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30356/images/original/1684.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30357/images/original/1701.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30358/images/original/1717.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30359/images/original/1730.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30360/images/original/1743.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30361/images/original/1758.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30362/images/original/1771.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30339/images/original/1422.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30340/images/original/1435.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30341/images/original/1457.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30342/images/original/1470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30343/images/original/1487.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30344/images/original/1499.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30345/images/original/1516.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30346/images/original/1529.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30347/images/original/1546.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30348/images/original/1561.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30349/images/original/1576.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30350/images/original/1590.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30326/images/original/1238.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30327/images/original/1256.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30328/images/original/1272.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30329/images/original/1285.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30330/images/original/1301.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30331/images/original/1314.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30332/images/original/1331.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30333/images/original/1344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30334/images/original/1364.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30335/images/original/1365.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30336/images/original/1380.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30337/images/original/1394.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30338/images/original/1407.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30313/images/original/1059.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30314/images/original/1072.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30315/images/original/1093.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30316/images/original/1106.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30317/images/original/1107.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30318/images/original/1124.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30319/images/original/1137.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30320/images/original/1155.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30321/images/original/1166.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30322/images/original/1184.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30323/images/original/1197.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30324/images/original/1213.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30325/images/original/1227.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30301/images/original/755.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30302/images/original/767.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30303/images/original/781.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30304/images/original/801.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30305/images/original/920.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30306/images/original/933.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30307/images/original/949.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30308/images/original/962.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30309/images/original/1003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30310/images/original/1018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30311/images/original/1035.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30312/images/original/1046.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30288/images/original/570.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30289/images/original/582.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30290/images/original/596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30291/images/original/614.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30292/images/original/622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30293/images/original/636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30294/images/original/647.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30295/images/original/663.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30296/images/original/680.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30297/images/original/693.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30298/images/original/709.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30299/images/original/722.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30300/images/original/732.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30276/images/original/335.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30277/images/original/377.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30278/images/original/392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30279/images/original/408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30280/images/original/452.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30281/images/original/464.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30282/images/original/481.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30283/images/original/495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30284/images/original/513.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30285/images/original/528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30286/images/original/544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30287/images/original/557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30264/images/original/171.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30265/images/original/182.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30266/images/original/198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30267/images/original/212.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30268/images/original/226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30269/images/original/237.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30270/images/original/251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30271/images/original/263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30272/images/original/277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30273/images/original/288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30274/images/original/304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30275/images/original/321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30254/images/original/85.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30252/images/original/83.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30253/images/original/84.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30255/images/original/86.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30256/images/original/87.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30257/images/original/88.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30258/images/original/89.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30259/images/original/106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30260/images/original/116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30261/images/original/130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30262/images/original/146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30263/images/original/157.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525902/images/original/BALANCETE DA  DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546132/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550397/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582851/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597773/images/original/BALANCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611684/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621404/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650421/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666966/images/original/BALANCETE DA DESPESA FUYNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686023/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707685/images/original/BALLANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721890/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400918/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410664/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448921/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448942/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458155/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466762/images/original/BALANCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475724/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484830/images/original/BALANCETA DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493018/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497189/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515416/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515417/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277131/images/original/BALLANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279802/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289201/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294280/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300233/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307417/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317658/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331922/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348604/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367618/images/original/BALALNCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381889/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397104/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181210/images/original/BALANCETE DESPESA FUNDOPREVI 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181253/images/original/BALACETE DA DESPESA FUNDOPREVOI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196990/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203192/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211452/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211453/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216089/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/226366/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239301/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249507/images/original/BALANCETE DA DESPESA FUND0 PREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253731/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342068/images/original/BALANCETE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130645/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132921/images/original/BALANCETE DA DESPESA  FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136123/images/original/BALANCETE  DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139217/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141944/images/original/balancete de despesa fundoprevi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145096/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150248/images/original/BALANCETE DA DESPESA FUNDOPREVI (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153231/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159251/images/original/BALANCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164236/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170468/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71720/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74270/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78086/images/original/BALALNBCETE DESPESA DUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86071/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93205/images/original/BALANCETE DE DESPESA  FUNDOP&#180;REVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108166/images/original/BALALNCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117486/images/original/BALALNCETE DE  DESPES  A   FUNDO PREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120499/images/original/BALAC ETE DA DESPESA FUINDO REVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122600/images/original/BALANCETE DA DESPESA  FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125168/images/original/BALANCETES DESPESA FUNDOPREEVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126703/images/original/BALANCE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128886/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30363/images/original/1790.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30364/images/original/1804.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36133/images/original/BALANCETE DE DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38528/images/original/16-BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43540/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45437/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49814/images/original/BALALNCETE DA DESPESA FUNDOPREVBI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55740/images/original/BALALNCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57942/images/original/BALANCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60453/images/original/BALALN&#199;O DA DESPESAS FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66206/images/original/balancete de despesa fundoprevi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68872/images/original/BALALNCETE DA DESPESA FUNDOPREVI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30351/images/original/1612.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30352/images/original/1625.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30353/images/original/1641.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30354/images/original/1654.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30355/images/original/1671.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30356/images/original/1684.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30357/images/original/1701.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30358/images/original/1717.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30359/images/original/1730.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30360/images/original/1743.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30361/images/original/1758.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30362/images/original/1771.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30339/images/original/1422.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30340/images/original/1435.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30341/images/original/1457.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30342/images/original/1470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30343/images/original/1487.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30344/images/original/1499.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30345/images/original/1516.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30346/images/original/1529.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30347/images/original/1546.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30348/images/original/1561.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30349/images/original/1576.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30350/images/original/1590.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30326/images/original/1238.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30327/images/original/1256.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30328/images/original/1272.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30329/images/original/1285.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30330/images/original/1301.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30331/images/original/1314.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30332/images/original/1331.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30333/images/original/1344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30334/images/original/1364.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30335/images/original/1365.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30336/images/original/1380.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30337/images/original/1394.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30338/images/original/1407.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30313/images/original/1059.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30314/images/original/1072.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30315/images/original/1093.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30316/images/original/1106.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30317/images/original/1107.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30318/images/original/1124.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30319/images/original/1137.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30320/images/original/1155.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30321/images/original/1166.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30322/images/original/1184.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30323/images/original/1197.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30324/images/original/1213.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30325/images/original/1227.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30301/images/original/755.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30302/images/original/767.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30303/images/original/781.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30304/images/original/801.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30305/images/original/920.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30306/images/original/933.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30307/images/original/949.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30308/images/original/962.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30309/images/original/1003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30310/images/original/1018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30311/images/original/1035.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30312/images/original/1046.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30288/images/original/570.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30289/images/original/582.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30290/images/original/596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30291/images/original/614.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30292/images/original/622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30293/images/original/636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30294/images/original/647.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30295/images/original/663.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30296/images/original/680.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30297/images/original/693.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30298/images/original/709.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30299/images/original/722.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30300/images/original/732.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30276/images/original/335.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30277/images/original/377.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30278/images/original/392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30279/images/original/408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30280/images/original/452.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30281/images/original/464.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30282/images/original/481.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30283/images/original/495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30284/images/original/513.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30285/images/original/528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30286/images/original/544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30287/images/original/557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30264/images/original/171.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30265/images/original/182.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30266/images/original/198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30267/images/original/212.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30268/images/original/226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30269/images/original/237.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30270/images/original/251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30271/images/original/263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30272/images/original/277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30273/images/original/288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30274/images/original/304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30275/images/original/321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30254/images/original/85.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30252/images/original/83.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30253/images/original/84.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30255/images/original/86.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30256/images/original/87.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30257/images/original/88.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30258/images/original/89.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30259/images/original/106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30260/images/original/116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30261/images/original/130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30262/images/original/146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30263/images/original/157.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C192"/>
+  <dimension ref="A1:C195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C192" sqref="C192"/>
+      <selection activeCell="C195" sqref="C195"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -892,2048 +901,2081 @@
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="B12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="B24" t="s">
+        <v>18</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B28" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B29" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B30" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B31" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B33" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B34" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>31</v>
+      </c>
+      <c r="B35" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="B36" t="s">
+        <v>32</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="B37" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B38" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B39" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B40" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B41" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B42" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B43" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B45" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" t="s">
+        <v>46</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="B48" t="s">
+        <v>46</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="B49" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B50" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B51" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B52" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B53" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B54" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B55" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B56" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B57" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>59</v>
       </c>
       <c r="B58" t="s">
         <v>60</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59" t="s">
         <v>60</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>60</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B61" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B62" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B64" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B65" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B66" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B67" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B68" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B69" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>62</v>
       </c>
       <c r="B70" t="s">
         <v>63</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>62</v>
       </c>
       <c r="B71" t="s">
         <v>63</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>62</v>
       </c>
       <c r="B72" t="s">
         <v>63</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B73" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B74" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B75" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B76" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B77" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B78" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B79" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B80" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B81" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B82" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B83" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B84" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B85" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B86" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B87" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B88" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B89" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B90" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B91" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B92" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B93" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B94" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B95" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B96" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B97" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B98" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B99" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B100" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B101" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B102" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B103" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B104" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B105" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
+        <v>69</v>
+      </c>
+      <c r="B106" t="s">
         <v>70</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="1" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
+        <v>69</v>
+      </c>
+      <c r="B107" t="s">
         <v>70</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="1" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
+        <v>69</v>
+      </c>
+      <c r="B108" t="s">
         <v>70</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B109" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B110" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B111" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B112" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B113" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B114" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B115" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B116" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B117" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B118" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B119" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B120" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B121" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B122" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B123" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B124" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B125" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B126" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B127" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B128" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B129" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B130" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B131" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>75</v>
       </c>
       <c r="B132" t="s">
         <v>76</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>75</v>
       </c>
       <c r="B133" t="s">
         <v>76</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>75</v>
       </c>
       <c r="B134" t="s">
         <v>76</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B135" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B136" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B137" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B138" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B139" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B140" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B141" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B142" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B143" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>78</v>
       </c>
       <c r="B144" t="s">
         <v>79</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
         <v>78</v>
       </c>
       <c r="B145" t="s">
         <v>79</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>78</v>
       </c>
       <c r="B146" t="s">
         <v>79</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>82</v>
+        <v>58</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B147" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B148" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B149" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B150" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B151" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B152" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B153" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B154" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B155" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B156" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
+        <v>81</v>
+      </c>
+      <c r="B157" t="s">
+        <v>82</v>
+      </c>
+      <c r="C157" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="B158" t="s">
+        <v>82</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="B159" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B160" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B161" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B162" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B163" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B164" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B165" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B166" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B167" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B168" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
+        <v>95</v>
+      </c>
+      <c r="B169" t="s">
+        <v>96</v>
+      </c>
+      <c r="C169" s="1" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B170" t="s">
+        <v>96</v>
+      </c>
+      <c r="C170" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B171" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B172" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B173" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B174" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B175" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B176" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B177" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B178" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B179" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B180" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
+        <v>109</v>
+      </c>
+      <c r="B181" t="s">
+        <v>110</v>
+      </c>
+      <c r="C181" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="B182" t="s">
+        <v>110</v>
+      </c>
+      <c r="C182" s="1" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="B183" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B184" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B185" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B186" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B187" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B188" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B189" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B190" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B191" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B192" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>133</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" t="s">
+        <v>123</v>
+      </c>
+      <c r="B193" t="s">
+        <v>124</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" t="s">
+        <v>123</v>
+      </c>
+      <c r="B194" t="s">
+        <v>124</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" t="s">
+        <v>123</v>
+      </c>
+      <c r="B195" t="s">
+        <v>124</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -3086,50 +3128,53 @@
     <hyperlink ref="C168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="C169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="C170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="C171" r:id="rId_hyperlink_170"/>
     <hyperlink ref="C172" r:id="rId_hyperlink_171"/>
     <hyperlink ref="C173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="C174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="C175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="C176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="C177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="C178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="C179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="C180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="C181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="C182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="C183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="C184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="C185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="C186" r:id="rId_hyperlink_185"/>
     <hyperlink ref="C187" r:id="rId_hyperlink_186"/>
     <hyperlink ref="C188" r:id="rId_hyperlink_187"/>
     <hyperlink ref="C189" r:id="rId_hyperlink_188"/>
     <hyperlink ref="C190" r:id="rId_hyperlink_189"/>
     <hyperlink ref="C191" r:id="rId_hyperlink_190"/>
     <hyperlink ref="C192" r:id="rId_hyperlink_191"/>
+    <hyperlink ref="C193" r:id="rId_hyperlink_192"/>
+    <hyperlink ref="C194" r:id="rId_hyperlink_193"/>
+    <hyperlink ref="C195" r:id="rId_hyperlink_194"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>