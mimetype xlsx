--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -12,59 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
+  </si>
+  <si>
+    <t>Politica de Investimentos 2026</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>Política de Investimentos 2026 - GUAPORÉ.pdf</t>
   </si>
   <si>
     <t>Politica de Investimentos 2025</t>
   </si>
   <si>
     <t>17/04/2025</t>
   </si>
   <si>
     <t>PoIítica de Investimento 2025 - GUAPORÉ.docx</t>
   </si>
   <si>
     <t>Politica de Investimentos 2024</t>
   </si>
   <si>
     <t>PoIítica de Investimento 2024 - GUAPORÉ.docx</t>
   </si>
   <si>
     <t>Politica de Investimentos 2023</t>
   </si>
   <si>
     <t>23/04/2023</t>
   </si>
   <si>
     <t>PoIítica de Investimento 2023 - ASSINADA.pdf</t>
   </si>
@@ -605,658 +614,669 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/554484/images/original/PoIi&#769;tica de Investimento 2025 - GUAPOR&#201;.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/554482/images/original/PoI&#237;tica de Investimento 2024 - GUAPOR&#201;.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289012/images/original/PoI&#237;tica de Investimento 2023 - ASSINADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289011/images/original/PoI&#237;tica de Investimento 2022 - ASSINADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289010/images/original/PoI&#237;tica de Investimento 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67664/images/original/CCF_000310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67665/images/original/CCF_000305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67666/images/original/CCF_000309.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67657/images/original/CCF_000301.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67658/images/original/CCF_000302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67659/images/original/CCF_000303.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67660/images/original/CCF_000304.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67661/images/original/CCF_000306.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67662/images/original/CCF_000308.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67663/images/original/CCF_000311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67667/images/original/CCF_000316.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67668/images/original/CCF_000315.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67669/images/original/CCF_000317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67670/images/original/CCF_000314.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67671/images/original/CCF_000312.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67672/images/original/CCF_000313.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67673/images/original/CCF_000307.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67674/images/original/CCF_000318.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67675/images/original/CCF_000319.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67676/images/original/CCF_000320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67677/images/original/CCF_000322.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67678/images/original/CCF_000325.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67679/images/original/CCF_000323.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67680/images/original/CCF_000324.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67681/images/original/CCF_000321.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67682/images/original/CCF_000326.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67683/images/original/CCF_000329.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67684/images/original/CCF_000328.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67685/images/original/CCF_000335.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67686/images/original/CCF_000332.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67687/images/original/CCF_000327.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67688/images/original/CCF_000337.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67689/images/original/CCF_000330.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67690/images/original/CCF_000334.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67691/images/original/CCF_000336.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67692/images/original/CCF_000339.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67693/images/original/CCF_000331.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67694/images/original/CCF_000338.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67695/images/original/CCF_000340.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67696/images/original/CCF_000333.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37480/images/original/PoI&#237;tica de Investimento 2019 -  GUAPOR&#201;.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37468/images/original/Politca de Investimentos Guapore 2018.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37469/images/original/GUAPOR&#201; - POL&#205;TICA DE INVESTIMENTOS 2018 - IPCA.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37510/images/original/Politica de Investimentos 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37471/images/original/Politica de investimentos Guapor&#233; 2016.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37470/images/original/Politica de investimentos Guapor&#233; 2015.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30366/images/original/785.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30365/images/original/784.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703668/images/original/Pol&#237;tica de Investimentos 2026 - GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/554484/images/original/PoIi&#769;tica de Investimento 2025 - GUAPOR&#201;.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/554482/images/original/PoI&#237;tica de Investimento 2024 - GUAPOR&#201;.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289012/images/original/PoI&#237;tica de Investimento 2023 - ASSINADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289011/images/original/PoI&#237;tica de Investimento 2022 - ASSINADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289010/images/original/PoI&#237;tica de Investimento 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67664/images/original/CCF_000310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67665/images/original/CCF_000305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67666/images/original/CCF_000309.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67657/images/original/CCF_000301.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67658/images/original/CCF_000302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67659/images/original/CCF_000303.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67660/images/original/CCF_000304.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67661/images/original/CCF_000306.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67662/images/original/CCF_000308.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67663/images/original/CCF_000311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67667/images/original/CCF_000316.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67668/images/original/CCF_000315.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67669/images/original/CCF_000317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67670/images/original/CCF_000314.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67671/images/original/CCF_000312.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67672/images/original/CCF_000313.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67673/images/original/CCF_000307.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67674/images/original/CCF_000318.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67675/images/original/CCF_000319.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67676/images/original/CCF_000320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67677/images/original/CCF_000322.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67678/images/original/CCF_000325.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67679/images/original/CCF_000323.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67680/images/original/CCF_000324.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67681/images/original/CCF_000321.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67682/images/original/CCF_000326.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67683/images/original/CCF_000329.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67684/images/original/CCF_000328.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67685/images/original/CCF_000335.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67686/images/original/CCF_000332.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67687/images/original/CCF_000327.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67688/images/original/CCF_000337.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67689/images/original/CCF_000330.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67690/images/original/CCF_000334.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67691/images/original/CCF_000336.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67692/images/original/CCF_000339.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67693/images/original/CCF_000331.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67694/images/original/CCF_000338.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67695/images/original/CCF_000340.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67696/images/original/CCF_000333.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37480/images/original/PoI&#237;tica de Investimento 2019 -  GUAPOR&#201;.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37468/images/original/Politca de Investimentos Guapore 2018.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37469/images/original/GUAPOR&#201; - POL&#205;TICA DE INVESTIMENTOS 2018 - IPCA.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37510/images/original/Politica de Investimentos 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37471/images/original/Politica de investimentos Guapor&#233; 2016.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37470/images/original/Politica de investimentos Guapor&#233; 2015.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30366/images/original/785.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30365/images/original/784.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C54"/>
+  <dimension ref="A1:C55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C54" sqref="C54"/>
+      <selection activeCell="C55" sqref="C55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B12" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B16" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B17" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B18" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B19" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B20" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B23" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B24" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B25" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B26" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B27" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B28" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B29" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B30" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B31" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B32" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B33" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B34" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B35" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B36" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B37" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B38" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B39" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B40" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B41" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B42" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B43" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B44" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B45" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B46" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="B47" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>62</v>
       </c>
       <c r="B48" t="s">
         <v>63</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B49" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>65</v>
+      </c>
+      <c r="B50" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>69</v>
       </c>
       <c r="B51" t="s">
         <v>70</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>72</v>
       </c>
       <c r="B52" t="s">
         <v>73</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>75</v>
       </c>
       <c r="B53" t="s">
         <v>76</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>78</v>
       </c>
       <c r="B54" t="s">
         <v>79</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>80</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" t="s">
+        <v>81</v>
+      </c>
+      <c r="B55" t="s">
+        <v>82</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -1271,50 +1291,51 @@
     <hyperlink ref="C30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="C31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="C32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="C33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="C34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="C35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="C36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="C37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="C38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="C39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="C40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="C41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="C42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="C43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="C44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="C45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="C46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="C47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="C48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="C49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="C50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="C51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="C52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="C53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="C54" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="C55" r:id="rId_hyperlink_54"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>