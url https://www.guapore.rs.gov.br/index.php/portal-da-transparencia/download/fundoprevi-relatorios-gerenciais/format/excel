--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -12,74 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Outubro 2025</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>SGI - Relatório Enquadramento GUAPORÉ.pdf</t>
+  </si>
+  <si>
+    <t>SGI - Relatório APR GUAPORÉ.pdf</t>
+  </si>
+  <si>
+    <t>SGI - Relatório Rentabilidade x Meta RPPS GUAPORÉ.pdf</t>
+  </si>
+  <si>
+    <t>Boletim Informativo - Outubro.pdf</t>
+  </si>
+  <si>
     <t>Setembro 2025</t>
   </si>
   <si>
     <t>12/10/2025</t>
-  </si>
-[...7 lines deleted...]
-    <t>SGI - Relatório APR GUAPORÉ.pdf</t>
   </si>
   <si>
     <t>Conjuntura Econõmica e Financeira - Setembro 2025.pdf</t>
   </si>
   <si>
     <t>Agosto 2025</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>Julho 2025</t>
   </si>
   <si>
     <t>CONJUNTURA ECONÔMICA FINANCEIRA GUAPORÉ JULHO 2025.pdf</t>
   </si>
   <si>
     <t>ANÁLISE SEMESTRAL DA ADERÊNCIA DA GESTÃO DOS RECURSOS DO RPPS</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>RELATÓRIO SEMESTRAL 2025.pdf</t>
   </si>
@@ -1019,62 +1028,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/665708/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/665709/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/665710/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/665711/images/original/Conjuntura Econ&#245;mica e Financeira - Setembro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650335/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650336/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650337/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650331/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650332/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650333/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650334/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JULHO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/663015/images/original/RELAT&#211;RIO SEMESTRAL 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615501/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo - Junho 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615502/images/original/SGI - Relat&#243;rio Din&#226;mico Junho 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/626055/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS - Junho 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/626056/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/626342/images/original/SGI - Relat&#243;rio Enquadramento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615495/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615496/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615497/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615498/images/original/Conjuntura Econ&#244;mica - Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615444/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615445/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615447/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552108/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552109/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552110/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542215/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542216/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542217/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; FEVEREIRO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542218/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542211/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542212/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542213/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542214/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JANEIRO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514387/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514388/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514389/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507067/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507068/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507069/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500158/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500159/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500160/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/490202/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/490203/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/490204/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/487726/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/487727/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/487728/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/479218/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/479219/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/479220/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/479221/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JULHO 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466572/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466573/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466574/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466575/images/original/COMPARATIVO TRIMESTRAL FI - Abril a Junho 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466571/images/original/Relat&#243;rio Dinamico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/471706/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/471707/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS Maio 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/452493/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/452494/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/452495/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; ABRIL 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/452496/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418080/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAR&#199;O 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418081/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418082/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418083/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418084/images/original/An&#225;lise_Carteira_GUAPORE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413479/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413480/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413481/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/402757/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/402758/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/402759/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391495/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391496/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391497/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391498/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; NOVEMBRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391492/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391493/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391494/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368099/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368100/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368101/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346175/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346176/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346177/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346171/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346172/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346173/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346174/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; AGOSTO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/309380/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/309381/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/309382/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302329/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302330/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302331/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302332/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAIO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302334/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302333/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302335/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/288239/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/288240/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/288241/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279944/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279943/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279945/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276707/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276708/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276709/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263651/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263652/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263653/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263654/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; DEZEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257639/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257640/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257641/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/248262/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/248261/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/248263/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/248264/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/243259/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/243260/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/243261/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/243262/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; SETEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/225700/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/225701/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/225702/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/218392/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/218393/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/218394/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/210809/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/210810/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/210811/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206479/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206480/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206481/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206482/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203147/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203148/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203149/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197549/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197550/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197551/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197552/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/189288/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/189289/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/189290/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178175/images/original/SGI - Relat&#243;rio Din&#226;mico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178173/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178174/images/original/Relat&#243;rio de Enquadramento - Fundoprevi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178179/images/original/SGI - Relat&#243;rio Din&#226;mico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178180/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178181/images/original/SGI - Relat&#243;rio Enquadramento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178182/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; DEZEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173875/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173876/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173877/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166226/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166227/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166228/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166224/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166223/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166225/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156243/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156244/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156245/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/148916/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/148917/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/148918/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142939/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142940/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142941/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/138761/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/138762/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/138763/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/135782/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/135783/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/135784/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133151/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133152/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133153/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131050/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131051/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131052/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131056/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131057/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131058/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131053/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131054/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131055/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125103/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125104/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125105/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125120/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; OUTUBRO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/123451/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/123452/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/123453/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/123454/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; SETEMBRO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121467/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121468/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121469/images/original/Declara&#231;&#227;o de veracidade agosto-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121470/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121471/images/original/Declara&#231;&#227;o Veracidade julho 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121472/images/original/GUAPOR&#201;_ENQUADRAMENTO PI_JULHO_2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121473/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121474/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121475/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111167/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111168/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111169/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111462/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JUNHO  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111463/images/original/Declara&#231;&#227;o de veracidade m&#234;s jun-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93692/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93693/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93694/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93695/images/original/DECLARA&#199;&#195;O DE VERACIDADE  MAIO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86164/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86165/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86166/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76403/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76404/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76405/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76406/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAR&#199;O 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76407/images/original/Declara&#231;&#227;o de veracidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74352/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74353/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74354/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74355/images/original/COMUNICADO INVESTIMENTOS - GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74356/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; FEVEREIRO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74357/images/original/Dair - Declara&#231;&#227;o de Veracidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/70952/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/70953/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/70954/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68689/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68690/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68691/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68692/images/original/Dair - Declara&#231;&#227;o Veracidde.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66700/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66701/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66702/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66703/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; NOVEMBRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66704/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66705/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66706/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66707/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; NOVEMBRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61093/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61092/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61094/images/original/DAIR OUT 2019 GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61095/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61351/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; OUTUBRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59542/images/original/Carteira_Sugerida_201910.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59541/images/original/GUAPOR&#201; _ENQUADRAMENTOPI_SETEMBRO_2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59543/images/original/Panorama Renda Var&#237;avel 3&#186; Trimestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59544/images/original/Relatorio Rentabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59545/images/original/Relatorio Din&#226;mico.html" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56077/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56078/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56079/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56080/images/original/DAIR AGO 2019 GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56081/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA  GUAPOR&#201; AGOSTO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50004/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50005/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50006/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50007/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JULHO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50008/images/original/Termo de Veracidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45817/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45818/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45819/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45820/images/original/Termo de Veracidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50009/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JUNHO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43251/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43252/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43253/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43254/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAIO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43255/images/original/Apresentacao_Carteira_Sugerida_-_Junho19_P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43643/images/original/DRAA - Demonstrativo de Resultado da Avalia&#231;&#227;o Atuarial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43644/images/original/DAIR MAI 2019 GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43645/images/original/Declara&#231;&#227;o de Veracidade - maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40210/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; ABRIL 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40211/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40212/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40213/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37371/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37372/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37373/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37368/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37369/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37370/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37363/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37364/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37367/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/679461/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/679462/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/679463/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/679464/images/original/Boletim Informativo - Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/665708/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/665709/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/665710/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/665711/images/original/Conjuntura Econ&#245;mica e Financeira - Setembro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650335/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650336/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650337/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650331/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650332/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650333/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650334/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JULHO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/663015/images/original/RELAT&#211;RIO SEMESTRAL 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615501/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo - Junho 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615502/images/original/SGI - Relat&#243;rio Din&#226;mico Junho 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/626055/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS - Junho 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/626056/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/626342/images/original/SGI - Relat&#243;rio Enquadramento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615495/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615496/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615497/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615498/images/original/Conjuntura Econ&#244;mica - Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615444/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615445/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/615447/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552108/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552109/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552110/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542215/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542216/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542217/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; FEVEREIRO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542218/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542211/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542212/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542213/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/542214/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JANEIRO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514387/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514388/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/514389/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507067/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507068/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507069/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500158/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500159/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500160/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/490202/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/490203/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/490204/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/487726/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/487727/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/487728/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/479218/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/479219/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/479220/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/479221/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JULHO 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466572/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466573/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466574/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466575/images/original/COMPARATIVO TRIMESTRAL FI - Abril a Junho 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466571/images/original/Relat&#243;rio Dinamico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/471706/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/471707/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS Maio 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/452493/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/452494/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/452495/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; ABRIL 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/452496/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418080/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAR&#199;O 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418081/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418082/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418083/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/418084/images/original/An&#225;lise_Carteira_GUAPORE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413479/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413480/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413481/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/402757/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/402758/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/402759/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391495/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391496/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391497/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391498/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; NOVEMBRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391492/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391493/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391494/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368099/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368100/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368101/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346175/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346176/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346177/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346171/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346172/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346173/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/346174/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; AGOSTO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/309380/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/309381/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/309382/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302329/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302330/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302331/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302332/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAIO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302334/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302333/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302335/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/288239/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/288240/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/288241/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279944/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279943/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279945/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276707/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276708/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276709/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263651/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263652/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263653/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263654/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; DEZEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257639/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257640/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257641/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/248262/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/248261/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/248263/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/248264/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/243259/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/243260/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/243261/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/243262/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; SETEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/225700/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/225701/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/225702/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/218392/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/218393/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/218394/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/210809/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/210810/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/210811/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206479/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206480/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206481/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206482/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203147/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203148/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203149/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197549/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197550/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197551/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197552/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/189288/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/189289/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/189290/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178175/images/original/SGI - Relat&#243;rio Din&#226;mico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178173/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178174/images/original/Relat&#243;rio de Enquadramento - Fundoprevi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178179/images/original/SGI - Relat&#243;rio Din&#226;mico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178180/images/original/SGI - Relat&#243;rio de Rentabilidade por Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178181/images/original/SGI - Relat&#243;rio Enquadramento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/178182/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; DEZEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173875/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173876/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173877/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166226/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166227/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166228/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166224/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166223/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166225/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156243/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156244/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156245/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/148916/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/148917/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/148918/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142939/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142940/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142941/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/138761/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/138762/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/138763/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/135782/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/135783/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/135784/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133151/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133152/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133153/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131050/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131051/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131052/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131056/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131057/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131058/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131053/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131054/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131055/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125103/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125104/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125105/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125120/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; OUTUBRO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/123451/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/123452/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/123453/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/123454/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; SETEMBRO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121467/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121468/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121469/images/original/Declara&#231;&#227;o de veracidade agosto-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121470/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121471/images/original/Declara&#231;&#227;o Veracidade julho 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121472/images/original/GUAPOR&#201;_ENQUADRAMENTO PI_JULHO_2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121473/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121474/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/121475/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111167/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111168/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111169/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111462/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JUNHO  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/111463/images/original/Declara&#231;&#227;o de veracidade m&#234;s jun-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93692/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93693/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93694/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93695/images/original/DECLARA&#199;&#195;O DE VERACIDADE  MAIO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86164/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86165/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86166/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76403/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76404/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76405/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76406/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAR&#199;O 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/76407/images/original/Declara&#231;&#227;o de veracidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74352/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74353/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74354/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74355/images/original/COMUNICADO INVESTIMENTOS - GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74356/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; FEVEREIRO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74357/images/original/Dair - Declara&#231;&#227;o de Veracidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/70952/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/70953/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/70954/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68689/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68690/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68691/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68692/images/original/Dair - Declara&#231;&#227;o Veracidde.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66700/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66701/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66702/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66703/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; NOVEMBRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66704/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66705/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66706/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66707/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; NOVEMBRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61093/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61092/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61094/images/original/DAIR OUT 2019 GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61095/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61351/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; OUTUBRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59542/images/original/Carteira_Sugerida_201910.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59541/images/original/GUAPOR&#201; _ENQUADRAMENTOPI_SETEMBRO_2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59543/images/original/Panorama Renda Var&#237;avel 3&#186; Trimestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59544/images/original/Relatorio Rentabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59545/images/original/Relatorio Din&#226;mico.html" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56077/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56078/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56079/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56080/images/original/DAIR AGO 2019 GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/56081/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA  GUAPOR&#201; AGOSTO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50004/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50005/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50006/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50007/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JULHO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50008/images/original/Termo de Veracidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45817/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45818/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45819/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45820/images/original/Termo de Veracidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50009/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; JUNHO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43251/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43252/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43253/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43254/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; MAIO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43255/images/original/Apresentacao_Carteira_Sugerida_-_Junho19_P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43643/images/original/DRAA - Demonstrativo de Resultado da Avalia&#231;&#227;o Atuarial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43644/images/original/DAIR MAI 2019 GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43645/images/original/Declara&#231;&#227;o de Veracidade - maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40210/images/original/CONJUNTURA ECON&#212;MICA FINANCEIRA GUAPOR&#201; ABRIL 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40211/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40212/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40213/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37371/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37372/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37373/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37368/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37369/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37370/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37363/images/original/SGI - Relat&#243;rio APR GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37364/images/original/SGI - Relat&#243;rio Rentabilidade x Meta RPPS GUAPOR&#201;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37367/images/original/SGI - Relat&#243;rio Enquadramento GUAPOR&#201;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C295"/>
+  <dimension ref="A1:C299"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C295" sqref="C295"/>
+      <selection activeCell="C299" sqref="C299"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1098,3229 +1107,3273 @@
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" t="s">
         <v>13</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="1" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>26</v>
       </c>
       <c r="B24" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>26</v>
       </c>
       <c r="B25" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" t="s">
+        <v>27</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B27" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B28" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" t="s">
         <v>30</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B30" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B31" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>32</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>33</v>
       </c>
       <c r="B36" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>34</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B38" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B39" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>36</v>
+      </c>
+      <c r="B40" t="s">
+        <v>34</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B41" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B42" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>38</v>
+      </c>
+      <c r="B43" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B44" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B45" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>40</v>
+      </c>
+      <c r="B46" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B47" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B48" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>42</v>
+      </c>
+      <c r="B49" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B50" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B51" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>44</v>
+      </c>
+      <c r="B52" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B53" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B54" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B55" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>47</v>
+        <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>48</v>
       </c>
       <c r="B56" t="s">
         <v>49</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57" t="s">
         <v>49</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>48</v>
       </c>
       <c r="B58" t="s">
         <v>49</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>48</v>
       </c>
       <c r="B59" t="s">
         <v>49</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>51</v>
       </c>
       <c r="B60" t="s">
         <v>52</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>53</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>51</v>
       </c>
       <c r="B61" t="s">
         <v>52</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>51</v>
       </c>
       <c r="B62" t="s">
         <v>52</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>54</v>
+        <v>7</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B63" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>54</v>
+      </c>
+      <c r="B64" t="s">
         <v>55</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" s="1" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>54</v>
+      </c>
+      <c r="B65" t="s">
         <v>55</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>54</v>
+      </c>
+      <c r="B66" t="s">
         <v>55</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="1" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>58</v>
       </c>
       <c r="B67" t="s">
         <v>59</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>58</v>
       </c>
       <c r="B68" t="s">
         <v>59</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>58</v>
       </c>
       <c r="B69" t="s">
         <v>59</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>58</v>
       </c>
       <c r="B70" t="s">
         <v>59</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B71" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
+        <v>61</v>
+      </c>
+      <c r="B72" t="s">
         <v>62</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
+        <v>61</v>
+      </c>
+      <c r="B73" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
+        <v>61</v>
+      </c>
+      <c r="B74" t="s">
         <v>62</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
+        <v>61</v>
+      </c>
+      <c r="B75" t="s">
+        <v>62</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B76" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B77" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
+        <v>65</v>
+      </c>
+      <c r="B78" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B79" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B80" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B81" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>68</v>
+        <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>69</v>
       </c>
       <c r="B82" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>69</v>
       </c>
       <c r="B83" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>69</v>
       </c>
       <c r="B84" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>69</v>
+      </c>
+      <c r="B85" t="s">
         <v>70</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" s="1" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
+        <v>72</v>
+      </c>
+      <c r="B86" t="s">
         <v>70</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
+        <v>72</v>
+      </c>
+      <c r="B87" t="s">
         <v>70</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>72</v>
       </c>
       <c r="B88" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B89" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B90" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
+        <v>73</v>
+      </c>
+      <c r="B91" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B92" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B93" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B94" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>75</v>
+        <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
+        <v>77</v>
+      </c>
+      <c r="B95" t="s">
         <v>76</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
+        <v>77</v>
+      </c>
+      <c r="B96" t="s">
         <v>76</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
+        <v>77</v>
+      </c>
+      <c r="B97" t="s">
         <v>76</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
+        <v>77</v>
+      </c>
+      <c r="B98" t="s">
+        <v>76</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B99" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B100" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B101" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>80</v>
+        <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>81</v>
       </c>
       <c r="B102" t="s">
         <v>82</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>81</v>
       </c>
       <c r="B103" t="s">
         <v>82</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>81</v>
       </c>
       <c r="B104" t="s">
         <v>82</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
+        <v>81</v>
+      </c>
+      <c r="B105" t="s">
+        <v>82</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B106" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B107" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
+        <v>84</v>
+      </c>
+      <c r="B108" t="s">
         <v>85</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B109" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B110" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
+        <v>86</v>
+      </c>
+      <c r="B111" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B112" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B113" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
+        <v>88</v>
+      </c>
+      <c r="B114" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B115" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B116" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B117" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>91</v>
+        <v>7</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>92</v>
       </c>
       <c r="B118" t="s">
         <v>93</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>92</v>
       </c>
       <c r="B119" t="s">
         <v>93</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>92</v>
       </c>
       <c r="B120" t="s">
         <v>93</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
+        <v>92</v>
+      </c>
+      <c r="B121" t="s">
+        <v>93</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B122" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B123" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B124" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>96</v>
+        <v>7</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>97</v>
       </c>
       <c r="B125" t="s">
         <v>98</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>97</v>
       </c>
       <c r="B126" t="s">
         <v>98</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>97</v>
       </c>
       <c r="B127" t="s">
         <v>98</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>97</v>
       </c>
       <c r="B128" t="s">
         <v>98</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>100</v>
       </c>
       <c r="B129" t="s">
         <v>101</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>100</v>
       </c>
       <c r="B130" t="s">
         <v>101</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>100</v>
       </c>
       <c r="B131" t="s">
         <v>101</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
+        <v>100</v>
+      </c>
+      <c r="B132" t="s">
+        <v>101</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B133" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B134" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
+        <v>103</v>
+      </c>
+      <c r="B135" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B136" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B137" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
+        <v>105</v>
+      </c>
+      <c r="B138" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B139" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B140" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B141" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>108</v>
+        <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>109</v>
       </c>
       <c r="B142" t="s">
         <v>110</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>109</v>
       </c>
       <c r="B143" t="s">
         <v>110</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>109</v>
       </c>
       <c r="B144" t="s">
         <v>110</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
+        <v>109</v>
+      </c>
+      <c r="B145" t="s">
+        <v>110</v>
+      </c>
+      <c r="C145" s="1" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B146" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B147" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B148" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>114</v>
       </c>
       <c r="B149" t="s">
         <v>115</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>7</v>
+        <v>116</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>114</v>
       </c>
       <c r="B150" t="s">
         <v>115</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>114</v>
       </c>
       <c r="B151" t="s">
         <v>115</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B152" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>118</v>
+        <v>7</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B153" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B154" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>119</v>
+        <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B155" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>118</v>
+        <v>7</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
+        <v>119</v>
+      </c>
+      <c r="B156" t="s">
         <v>120</v>
       </c>
-      <c r="B156" t="s">
+      <c r="C156" s="1" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
+        <v>119</v>
+      </c>
+      <c r="B157" t="s">
         <v>120</v>
       </c>
-      <c r="B157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
+        <v>119</v>
+      </c>
+      <c r="B158" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>123</v>
       </c>
       <c r="B159" t="s">
         <v>124</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>7</v>
+        <v>121</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>123</v>
       </c>
       <c r="B160" t="s">
         <v>124</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>123</v>
       </c>
       <c r="B161" t="s">
         <v>124</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
+        <v>123</v>
+      </c>
+      <c r="B162" t="s">
+        <v>124</v>
+      </c>
+      <c r="C162" s="1" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B163" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B164" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
+        <v>126</v>
+      </c>
+      <c r="B165" t="s">
         <v>127</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B166" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B167" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>128</v>
       </c>
       <c r="B168" t="s">
         <v>129</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B169" t="s">
         <v>129</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B170" t="s">
         <v>129</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>130</v>
       </c>
       <c r="B171" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B172" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B173" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
+        <v>131</v>
+      </c>
+      <c r="B174" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B175" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B176" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
+        <v>133</v>
+      </c>
+      <c r="B177" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B178" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B179" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
+        <v>135</v>
+      </c>
+      <c r="B180" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B181" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B182" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
+        <v>137</v>
+      </c>
+      <c r="B183" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B184" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B185" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
+        <v>139</v>
+      </c>
+      <c r="B186" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B187" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B188" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B189" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B190" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B191" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B192" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B193" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B194" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
+        <v>143</v>
+      </c>
+      <c r="B195" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B196" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B197" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B198" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>146</v>
+        <v>7</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
         <v>147</v>
       </c>
       <c r="B199" t="s">
         <v>148</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
         <v>147</v>
       </c>
       <c r="B200" t="s">
         <v>148</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
         <v>147</v>
       </c>
       <c r="B201" t="s">
         <v>148</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
         <v>147</v>
       </c>
       <c r="B202" t="s">
         <v>148</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
         <v>150</v>
       </c>
       <c r="B203" t="s">
         <v>151</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
         <v>150</v>
       </c>
       <c r="B204" t="s">
         <v>151</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
         <v>150</v>
       </c>
       <c r="B205" t="s">
         <v>151</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>152</v>
+        <v>7</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>150</v>
       </c>
       <c r="B206" t="s">
         <v>151</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>6</v>
+        <v>152</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
         <v>153</v>
       </c>
       <c r="B207" t="s">
         <v>154</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>155</v>
+        <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
         <v>153</v>
       </c>
       <c r="B208" t="s">
         <v>154</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>156</v>
+        <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B209" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>7</v>
+        <v>155</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B210" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
+        <v>156</v>
+      </c>
+      <c r="B211" t="s">
         <v>157</v>
       </c>
-      <c r="B211" t="s">
+      <c r="C211" s="1" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
+        <v>156</v>
+      </c>
+      <c r="B212" t="s">
+        <v>157</v>
+      </c>
+      <c r="C212" s="1" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B213" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B214" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B215" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>161</v>
+        <v>5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B216" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>162</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
+        <v>162</v>
+      </c>
+      <c r="B217" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
+        <v>162</v>
+      </c>
+      <c r="B218" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
+        <v>162</v>
+      </c>
+      <c r="B219" t="s">
         <v>163</v>
       </c>
-      <c r="B219" t="s">
+      <c r="C219" s="1" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
+        <v>162</v>
+      </c>
+      <c r="B220" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>166</v>
       </c>
       <c r="B221" t="s">
         <v>167</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>166</v>
       </c>
       <c r="B222" t="s">
         <v>167</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>166</v>
       </c>
       <c r="B223" t="s">
         <v>167</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
+        <v>166</v>
+      </c>
+      <c r="B224" t="s">
+        <v>167</v>
+      </c>
+      <c r="C224" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B225" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B226" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B227" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>170</v>
+        <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B228" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>171</v>
+        <v>7</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
+        <v>171</v>
+      </c>
+      <c r="B229" t="s">
         <v>172</v>
       </c>
-      <c r="B229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
+        <v>171</v>
+      </c>
+      <c r="B230" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
+        <v>171</v>
+      </c>
+      <c r="B231" t="s">
         <v>172</v>
       </c>
-      <c r="B231" t="s">
+      <c r="C231" s="1" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
+        <v>171</v>
+      </c>
+      <c r="B232" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B233" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>175</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B234" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>176</v>
+        <v>7</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B235" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
+        <v>175</v>
+      </c>
+      <c r="B236" t="s">
+        <v>176</v>
+      </c>
+      <c r="C236" s="1" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B237" t="s">
+        <v>176</v>
+      </c>
+      <c r="C237" s="1" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
+        <v>175</v>
+      </c>
+      <c r="B238" t="s">
+        <v>176</v>
+      </c>
+      <c r="C238" s="1" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B239" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B240" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B241" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>181</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>182</v>
       </c>
       <c r="B242" t="s">
         <v>183</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
         <v>182</v>
       </c>
       <c r="B243" t="s">
         <v>183</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
         <v>182</v>
       </c>
       <c r="B244" t="s">
         <v>183</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>182</v>
       </c>
       <c r="B245" t="s">
         <v>183</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B246" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B247" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B248" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B249" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>185</v>
       </c>
       <c r="B250" t="s">
         <v>186</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
         <v>185</v>
       </c>
       <c r="B251" t="s">
         <v>186</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
         <v>185</v>
       </c>
       <c r="B252" t="s">
         <v>186</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>187</v>
+        <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
         <v>185</v>
       </c>
       <c r="B253" t="s">
         <v>186</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>5</v>
+        <v>187</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B254" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>188</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
+        <v>188</v>
+      </c>
+      <c r="B255" t="s">
         <v>189</v>
       </c>
-      <c r="B255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" s="1" t="s">
-        <v>191</v>
+        <v>7</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
+        <v>188</v>
+      </c>
+      <c r="B256" t="s">
         <v>189</v>
       </c>
-      <c r="B256" t="s">
+      <c r="C256" s="1" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
+        <v>188</v>
+      </c>
+      <c r="B257" t="s">
         <v>189</v>
       </c>
-      <c r="B257" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" s="1" t="s">
-        <v>193</v>
+        <v>5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
+        <v>188</v>
+      </c>
+      <c r="B258" t="s">
         <v>189</v>
       </c>
-      <c r="B258" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" s="1" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B259" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B260" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
+        <v>192</v>
+      </c>
+      <c r="B261" t="s">
+        <v>193</v>
+      </c>
+      <c r="C261" s="1" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B262" t="s">
+        <v>193</v>
+      </c>
+      <c r="C262" s="1" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B263" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B264" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>199</v>
+        <v>5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
+        <v>199</v>
+      </c>
+      <c r="B265" t="s">
         <v>200</v>
       </c>
-      <c r="B265" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C265" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
+        <v>199</v>
+      </c>
+      <c r="B266" t="s">
         <v>200</v>
       </c>
-      <c r="B266" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C266" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
+        <v>199</v>
+      </c>
+      <c r="B267" t="s">
         <v>200</v>
       </c>
-      <c r="B267" t="s">
+      <c r="C267" s="1" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
+        <v>199</v>
+      </c>
+      <c r="B268" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B269" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>203</v>
+        <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
+        <v>203</v>
+      </c>
+      <c r="B270" t="s">
         <v>204</v>
       </c>
-      <c r="B270" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C270" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
+        <v>203</v>
+      </c>
+      <c r="B271" t="s">
         <v>204</v>
       </c>
-      <c r="B271" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C271" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
+        <v>203</v>
+      </c>
+      <c r="B272" t="s">
         <v>204</v>
       </c>
-      <c r="B272" t="s">
+      <c r="C272" s="1" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
+        <v>203</v>
+      </c>
+      <c r="B273" t="s">
         <v>204</v>
       </c>
-      <c r="B273" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C273" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B274" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>206</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
       <c r="B275" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
       <c r="B276" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
       <c r="B277" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>5</v>
+        <v>206</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
       <c r="B278" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B279" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>209</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B280" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>210</v>
+        <v>7</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B281" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>211</v>
+        <v>5</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B282" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>213</v>
+        <v>166</v>
       </c>
       <c r="B283" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
+        <v>166</v>
+      </c>
+      <c r="B284" t="s">
+        <v>210</v>
+      </c>
+      <c r="C284" s="1" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>213</v>
+        <v>166</v>
       </c>
       <c r="B285" t="s">
+        <v>210</v>
+      </c>
+      <c r="C285" s="1" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>213</v>
+        <v>166</v>
       </c>
       <c r="B286" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>6</v>
+        <v>215</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
         <v>216</v>
       </c>
       <c r="B287" t="s">
         <v>217</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>7</v>
+        <v>218</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
         <v>216</v>
       </c>
       <c r="B288" t="s">
         <v>217</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
         <v>216</v>
       </c>
       <c r="B289" t="s">
         <v>217</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>172</v>
+        <v>216</v>
       </c>
       <c r="B290" t="s">
         <v>217</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>172</v>
+        <v>219</v>
       </c>
       <c r="B291" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>172</v>
+        <v>219</v>
       </c>
       <c r="B292" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B293" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>218</v>
+        <v>175</v>
       </c>
       <c r="B294" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>218</v>
+        <v>175</v>
       </c>
       <c r="B295" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C295" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" t="s">
+        <v>175</v>
+      </c>
+      <c r="B296" t="s">
+        <v>220</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" t="s">
+        <v>221</v>
+      </c>
+      <c r="B297" t="s">
+        <v>220</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" t="s">
+        <v>221</v>
+      </c>
+      <c r="B298" t="s">
+        <v>220</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" t="s">
+        <v>221</v>
+      </c>
+      <c r="B299" t="s">
+        <v>220</v>
+      </c>
+      <c r="C299" s="1" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
@@ -4577,50 +4630,54 @@
     <hyperlink ref="C271" r:id="rId_hyperlink_270"/>
     <hyperlink ref="C272" r:id="rId_hyperlink_271"/>
     <hyperlink ref="C273" r:id="rId_hyperlink_272"/>
     <hyperlink ref="C274" r:id="rId_hyperlink_273"/>
     <hyperlink ref="C275" r:id="rId_hyperlink_274"/>
     <hyperlink ref="C276" r:id="rId_hyperlink_275"/>
     <hyperlink ref="C277" r:id="rId_hyperlink_276"/>
     <hyperlink ref="C278" r:id="rId_hyperlink_277"/>
     <hyperlink ref="C279" r:id="rId_hyperlink_278"/>
     <hyperlink ref="C280" r:id="rId_hyperlink_279"/>
     <hyperlink ref="C281" r:id="rId_hyperlink_280"/>
     <hyperlink ref="C282" r:id="rId_hyperlink_281"/>
     <hyperlink ref="C283" r:id="rId_hyperlink_282"/>
     <hyperlink ref="C284" r:id="rId_hyperlink_283"/>
     <hyperlink ref="C285" r:id="rId_hyperlink_284"/>
     <hyperlink ref="C286" r:id="rId_hyperlink_285"/>
     <hyperlink ref="C287" r:id="rId_hyperlink_286"/>
     <hyperlink ref="C288" r:id="rId_hyperlink_287"/>
     <hyperlink ref="C289" r:id="rId_hyperlink_288"/>
     <hyperlink ref="C290" r:id="rId_hyperlink_289"/>
     <hyperlink ref="C291" r:id="rId_hyperlink_290"/>
     <hyperlink ref="C292" r:id="rId_hyperlink_291"/>
     <hyperlink ref="C293" r:id="rId_hyperlink_292"/>
     <hyperlink ref="C294" r:id="rId_hyperlink_293"/>
     <hyperlink ref="C295" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="C296" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="C297" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="C298" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="C299" r:id="rId_hyperlink_298"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>