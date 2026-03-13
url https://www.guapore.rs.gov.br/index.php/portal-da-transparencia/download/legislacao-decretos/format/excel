--- v0 (2025-11-05)
+++ v1 (2026-03-13)
@@ -12,767 +12,776 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>Decreto 8182-2025</t>
-[...704 lines deleted...]
-    <t>Decreto 8084-2025 - regulamenta o evento Sou Vag Meeting - Encontro de Carros.pdf</t>
+    <t>DECRETO Nº 8360/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8360-2026 - custear despesas de transporte juventude.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8359/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8359-2026 - inclui e altera dispositivos aluguel social NATALIA MENDONÇA KLAUS.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8358/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8358-2026 - altera dispositivos aluguel social SAMARA RIBEIRO KLAUS.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8357/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8357-2026 - altera dispositivos aluguel social NATALINA DE OLIVEIRA MENDONÇA.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8356/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8356-2026 - altera dispositivos aluguel social ANDRIELLE SCHMITZ KLAUS.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8355/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8355-2026 - suplementação R$ 436.598,75.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8354/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8354-2026 - regulamenta o evento taça guaporé de futebol juvenil.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8353/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8353-2026 - suplementação R$ 631.374,45.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8352/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8352-2026 - prorroga prazo tramitações e fiscalizações ambientais.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8351/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8351-2026 Regulamenta PROGRAMA PAPA-NOTA 2026.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8350/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8350-2026 - despesas transporte GREMIO ESPORTIVO JUVENTUDE.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8349/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8349-2026 - crédito especial R$ 6.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8348/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8348-2026 - autoriza despesas de transporte GREMIO ESPORTIVO JUVENTUDE.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8347/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8347-2026 - crédito especial R$ 4.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8346/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8346-2026 - suplementação R$ 10.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8345/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8345-2026 - ponto facultativo dia 20 de abril.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8344/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8344-2026 - suplementação R$ 959.963,48.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8343/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8343-2026 - suplementação R$ 70.760,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8342/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8342-2026 Abre crédito suplementar operação de crédito autódromo.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8341/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8341-2026 - despesas transporte Sociedade Esportiva e Recreativa Grêmio Esportivo Juventude.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8340/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8340-2026 - crédito especial R$ 10.000,00 - Câmara de Vereadores.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8339/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8339-2026 - festival do esfregolá.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8338/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8338-2026 - suplementação R$ 62.840,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8337/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8337-2026 - suplementação R$ 3.750,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8336/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8336-2026 - crédito especial R$ 1.759.160,34.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8335/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8335-2026 - PUBLICAÇÃO - PRORROGA aluguel social Morgana Regina Bento da Rosa.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8334/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8334-2026 - crédito especial 13º servidora inativa.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8333/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8333-2026 - suplementação R$ 2.093.185,25.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8332/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8332-2026 - despesas transporte escolinha municipal de futebol de campo.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8331/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8331-2026 - crédito especial R$ 1.759.160,34.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8330/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8330-2026 - crédito especial R$ 5.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8329/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8329-2026 - crédito especial R$ 370.500,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8328/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8328-2026 Autoriza o município a custear transporte grêmio esportivo juventude.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8327/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8327-2026 Regulamenta o evento campeonato municipal de futebol de campo.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8326/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8326-2026 - suplementação R$ 107.120,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8325/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8325-2026 Regulamenta o evento Festejos comemorativos á páscoa.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8324/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8324-2026 Prorroga data art. 11º Decreto 8154-2025 inscrições de restos a pagar não processados exercício 2025.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8323/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8323-2026 - suplementação R$ 205.486,01.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8322/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8322-2026 - torna sem efeito Decreto 8321-2026 e reabre crédito especial escola cívico militar.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8321/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8321-2026 - reabre crédito especial escola cívico militar.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8320/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8320-2026 - despesas transporte JUVENTUDE.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8317/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8317-2026 - Altera denominação de estabelecimento de ensino fundamental - EMEF Dr. Jairo Brum.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8316/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8316-2026 - suplementação R$ 34.689,36.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8315/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8315-2026 - suplementação R$ 116.170,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8314/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8314-2026 - suplementação R$ 906.338,27.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8313/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8313-2026 - regulamenta formação continuada para profissionais da educação.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8311/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8311-2026 - estorna crédito suplementar Decreto 8278-2026.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8310/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8310-2026 - suplementação R$ 34.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8309/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8309-2026 - suplementação R$ 43.700,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8308/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8308-2026 - suplementação R$ 7.385.696,05.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8307/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8307-2026 - procedimentos a serem seguidos - gastos com pessoal.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8306/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8306-2026 - decreta ponto facultativo carnaval.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8304/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8304-2026 - subsídio setor primário.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8303/2026</t>
+  </si>
+  <si>
+    <t>decreto 8303-2026 - torna sem efeito decreto 8282-2026 consepro.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8302/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8302-2026 - suplementação R$ 8.250,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8301/2025</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8301-2026 - regulamenta Programa Melhoria Genética Rebanho Bovino.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8300/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8300-2026 - despesas junta do serviço militar.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8299/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8299-2026 - regulamenta carnaval 2026.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8298/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8298-2026 - suplementação R$ 522.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8297/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8297-2026 - despesas transporte gremio esportivo juventude.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8296/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8296-2026 - altera dotação decreto 8000-2025 aluguel social MARIA HELENA FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8295/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8295-2026 - altera dotação decreto 8024-2025 aluguel social MARIO DE LIMA.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8294/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8294-2026 - altera dotação prorroga pagamento aluguel social MORGANA REGINA BENTO.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8293/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8293-2026 - altera dotação orçamentária decreto 8025-2025 aluguel social EVA DAS GRAÇAS DE SOUZA.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8292/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8292-2026 - altera dotação decreto 8270-2025 aluguel social LUCIANA RODRIGUES.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8291/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8291-2026 - altera dotação decreto 7956-2025 - aluguel social Natália Mendonça Klaus.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8290/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8290-2026 - alteração dotação decreto 8063-2025 aluguel social ANTONIO ALCINDO DE SOUZA.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8289/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8289-2026 - altera dotação decreto 8032-2025 - aluguel social Nilton Prtela Klein.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8288/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8288-2026 - altera dotação orçamentária decreto 7944-2025 - aluguel social Natalina de Oliveira Mendonça.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8287/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8287-2026 - altera dotação decrto 7947-2025 0 aluguel social Andrielle Schmitz Klaus.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8286/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8286-2026 - altera dotação decreto 7964-2025 -aluguel social Samara Ribeiro Klaus.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8285/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8285-2026 - altera dotação decreto 7994-2025 aluguel social ELISABETE FATIMA FANTINEL.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8284/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8284-2026 - regulamenta Lei 3226-2011 - uniforme escolares.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8283/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8283-2026 - altera decreto 8265-2025 - vale alimentação.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8282/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8282-2026 - crédito suplementar - Lei 4792-2025.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8281/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8281-2026 - prorroga vigência concurso homologado pelo edital 959-2024.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8280/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8280-2026 - regulamenta evejnto Abertura Municipal da Colheita da Safra da Uva.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8279/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8279-2026 - suplementação R$ 18.500,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8278/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8278-2026 - suplementação R$ 1.540.427,68.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8277/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8277-2025 - suplementação R$ 202.225,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8276/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8276-2025 Estima receita e fixa despesas do município para o exercício de 2026.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8275/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8275-2025 - suplementação R$ 100.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8274/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8274-2025 - suplementação R$ 612.300,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8273/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8273-2025 - fixa valor das diárias para 2026.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8272/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8254-2025 - crédito especial R$ 6.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8271/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8271-2025 Completa Decreto 8165-2025 que regulamenta despesas para evento Uma Joia de Natal.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8270/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8270-2025 - suplementação R$ 1.600,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8269/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8269-2025 - suplementação R$ R$ 962.570,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8268/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8268-2025 - suplementação R$ 100.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8267/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8267-2025 - complementa despesas do evento Uma Joia de Natal.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8266/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8266-2025 - suplementação R$ 60.737,48.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8265/2026</t>
+  </si>
+  <si>
+    <t>Decreto 8265-2025 - fixa valor do vale alimentação para 2026.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8264/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8264-2025 - regulamenta transporte escolar para 2026.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8263/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8263-2025 - suplementação R$ 221.017,51.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8262/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8262-2025 - torna sem efeito decreto 8258-2025.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8261/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8261-2025 - suplementação R$ 200.000,00.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8260/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8260-2025 - suplementação Lei 4785-2025 - termo de colaboração Te Acolhe Guaporé Associação de Pais e Crianças Autistas.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO Nº 8258/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>Decreto 8258-2025 - suplementação R$ 221.017,51.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1079,1164 +1088,1153 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671445/images/original/Decreto 8182-2025 - despesas de transporte decorrente da participa&#231;&#227;o nos Jogos Escolares Brasileiros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670681/images/original/Decreto 8181-2025 - define e regulamenta premia&#231;&#227;o plataforma Programa Nota Fiscal Ga&#250;cha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670680/images/original/Decreto 8180-2025 - retifica decreto 8177-2025 despesas transporte juventude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671439/images/original/Decreto 8179-2025 - suplementa&#231;&#227;o R$ 79.930,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671438/images/original/Decreto 8178-2025 - suplementa&#231;&#227;o R$ 340.693,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670679/images/original/Decreto 8177-2025 Autoriza o munic&#237;pio custear despesas transporte JUVENTUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671436/images/original/Decreto 8176-2025 - suplementa&#231;&#227;o R$ 264.502,73.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671434/images/original/Decreto 8175-2025 - suplementa&#231;&#227;o R$ 277.830,01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671433/images/original/Decreto 8174-2025 - procedimentos e prazos para operacionaliza&#231;&#227;o de emendas impositivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671431/images/original/Decreto 8173-2025 - suplementa&#231;&#227;o R$ 584.742,13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671430/images/original/Decreto 8172-2025 - suplementa&#231;&#227;o R$ 533.150,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667773/images/original/Decreto 8171-2025 - cr&#233;dito especial R$ 20.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667772/images/original/Decreto 8170-2025 - PUBLICA&#199;&#195;O - PRORROGA aluguel social LUCIANE RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667769/images/original/Decreto 8169-2025 - despesas de transporte Campeonato Regional AMAT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667767/images/original/Decreto 8168-2025 Autoriza custaer transposte associa&#231;&#227;o guaporense de basquete  - campeonato estadual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667766/images/original/Decreto 8167-2025 - cancela pagamento aluguel social Elaine Martini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667763/images/original/Decreto 8166-2025 Determina instaura&#231;&#227;o regulariza&#231;&#227;o fundi&#225;ria urbana - REURB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667758/images/original/Decreto 8165-2025 Regulamenta evento uma Joia de Natal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667757/images/original/Decreto 8164-2025 regulamenta evento Jogos Estudantis Municipais - JEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667755/images/original/Decreto 8163-2025 Autoriza o munic&#237;pio a custaer despesas escolinha municipal futebol de campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667751/images/original/Decreto 8162-2025 - instaura&#231;&#227;o processo de Regulariza&#231;&#227;o Fundi&#225;ria Urbana - REURB - quadra 808.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667748/images/original/Decreto 8161-2025 - suplementa&#231;&#227;o R$ 291.229,70.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667747/images/original/Decreto 8160-2025 - suplementa&#231;&#227;o R$ 218.486,21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667743/images/original/Decreto 8159-2025 - despesas de transporte Associa&#231;&#227;o Guaporense de Basquete.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667742/images/original/Decreto 8158-2025 Torna sem efeito Decreto 8152-2025 transporte escolinha municipal de futebol de campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667741/images/original/Decreto 8157-2025 - cr&#233;dito especial R$ 34.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667740/images/original/Decreto 8156-2025 - suplementa&#231;&#227;o R$ 165.690,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667739/images/original/Decreto 8155-2025 - suplementa&#231;&#227;o R$ 170.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/667736/images/original/Decreto 8154-2025 - procedimentos encerramento exerc&#237;cio financeiro de 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662327/images/original/Decreto 8153-2025 - pagamento &#224; AMAT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662326/images/original/Decreto 8152-2025 - custeio transporte Escolinha Municipal de Futebol de Campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662323/images/original/Decreto 8151-2025 - suplementa&#231;&#227;o R$ 338.200,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662322/images/original/Decreto 8150-2025 - suplementa&#231;&#227;o R$ 140.265,46.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662319/images/original/Decreto 8149-2025 - despesas campeonato regional AMAT futsal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662318/images/original/Decreto 8148-2025 - suplementa&#231;&#227;o R$ 1.310.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662316/images/original/Decreto 8147-2025 - cr&#233;dito especial R$ 4.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662314/images/original/Decreto 8146-2025 - despesas transporte AGE sANTO aNGELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/662312/images/original/Decreto 8145-2025 - despesas de transporte AGE - Garibaldi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/658641/images/original/Decreto 8144-2025 - despesas de transporte Associa&#231;&#227;o Guaporense de Basquete.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/658047/images/original/Decreto 8143-2025 - cancela aluguel social Andressa Pedroso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/661666/images/original/Decreto 8142-2025 - suplementa&#231;&#227;o R$ 300.775,38.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/661665/images/original/Decreto 8141-2025 - suplementa&#231;&#227;o R$ 646.616,53.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656712/images/original/Dcereto 8140-2025 - despesas transporte paz e amor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656708/images/original/Decreto 8139-2025 - despesas transporte alegria de viver.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656707/images/original/Decreto 8138-2025 - suplementa&#231;&#227;o R$ 79.795,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656706/images/original/Decreto 8137-2025 - suplementa&#231;&#227;o R$ 115.300,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656705/images/original/Decreto 8136-2025 Autoriza o munic&#237;pio a custear o transporte Juventude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656704/images/original/Decreto 8135-2025 - suplementa&#231;&#227;o R$ 182.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656701/images/original/Decreto 8134-2025 - suplementa&#231;&#227;o R$ 141.277,17.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/656697/images/original/Decreto 8133-2025Autoriza o munic&#237;pio custear transporte escolinha municipal de futebol de campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/654088/images/original/Decreto 8132-2025 Altera art. 41 Decreto 4961-2023 que regulamenta o processo seletivo simplificado do poder executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/654086/images/original/Decreto 8131-2025 - suplementa&#231;&#227;o R$ 82.740,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/654082/images/original/Decreto 8130-2025 - suplementa&#231;&#227;o R$ 320.321,63.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/652041/images/original/Decreto 8129-2025 - autoriza munic&#237;pio custear despesas transporte maior idade alegria de viver.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/652038/images/original/Decreto 8128-2025 - suplementa&#231;&#227;o R$ 35.313,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/652036/images/original/Decreto 8127-2025 - suplementa&#231;&#227;o R$ 67.460,30.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/651317/images/original/Decreto 8126-2025 - plano de contrata&#231;&#245;es anual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/651312/images/original/Decrto 8125-2025 - despesas de transporte Grupo da Melhor Idade Paz e Amor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/652035/images/original/Decreto 8124-2025 - suplementa&#231;&#227;o R$ 250.874,57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/652033/images/original/Decreto 8123-2025 - suplementa&#231;&#227;o R$ 138.937,40.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/647770/images/original/Decreto 8122-2025 - despesas de transporte Associa&#231;&#227;o Guaporense de Basquete.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/647102/images/original/Decreto 8121-2025 - complementa despesas evento Semana Farroupilha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/647100/images/original/Decreto 8120-2025 - despesas de transporte Escolinha Municipal de Futebol de Campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/647098/images/original/Decreto 8119-2025 - decreta ponto facultativo 26 de dezembro e 02 de janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/647097/images/original/Decreto 8118-2025 - transfere ponto facultativo do dia do servidor de 28 para 27 de outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/645381/images/original/Decreto 8117-2025 - suplementa&#231;&#227;o R$ 74.178,18.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/645380/images/original/Decreto 8116-2025 - suplementa&#231;&#227;o R$ 69.300,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644295/images/original/Decreto 8115-2025 - suplementa&#231;&#227;o R$ 19.000,00 - C&#226;mara.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644287/images/original/Decreto 8114-2025 - cr&#233;dito especial R$ 1.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644278/images/original/Decreto 8113-2025 Autoriza munic&#237;pio custear transporte CLUBE DA MAIOR IDADE ALEGRIA DE VIVER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644257/images/original/Decreto 8112-2025 - despesas de transporte Grupo da Melhor Idade Paz e Amor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644243/images/original/Decreto 8111-2025 - transporte AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644207/images/original/Decreto 8110-2025 - custeio de transporte para participa&#231;&#227;o no Campeonato Regional AMAT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644198/images/original/Decreto 8109-2025 - suplementa&#231;&#227;o R$ 1.600,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644169/images/original/Decreto 8108-2025 - declara h&#243;spede oficiais do munic&#237;pio - 07 de setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644152/images/original/Decreto 8107-2025 - suplementa&#231;&#227;o R$ 438.765,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644103/images/original/Decreto 8106-2025 - suplementa&#231;&#227;o R$ 422.600,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644086/images/original/Decreto 8105-2025 - complementa despesas Semana Farroupilha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644077/images/original/Decreto 8104-2025 - suplementa&#231;&#227;o R$ 37.500,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644056/images/original/Decreto 8103-2025 - suplementa&#231;&#227;o R$ 380.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644040/images/original/Decreto 8102-2025 - suplementa&#231;&#227;o R$ 180.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644036/images/original/Decreto 8101-2025 - suplementa&#231;&#227;o R$ 220.477,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644030/images/original/Decreto 8100-2025 - suplementa&#231;&#227;o R$ 200.000,00 - Hospital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/644018/images/original/Decreto 8099-2025 - suplementa&#231;&#227;o R$ 581.475,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/643996/images/original/Decreto 8098-2025 - suplementa&#231;&#227;o R$ 500.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/643971/images/original/Decreto 8097-2025 - cr&#233;dito especial R$ 4.000,00 - ECAD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/643948/images/original/Decreto 8096-2025 Autoriza o munic&#237;pio a custear despesas da junta militar sele&#231;&#227;o classe 2007.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/643928/images/original/Decreto 8095-2025 Institui normas t&#233;cnicas e instru&#231;&#245;es normativas inspe&#231;&#227;o municipal SIM, procedimentos, rotulagens e outros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/643890/images/original/Decreto 8094-2025 - normas t&#233;cnicas e instru&#231;&#245;es normativas inspe&#231;&#227;o municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631945/images/original/Decreto 8093-2025 - autoriza municipio a custear despesas transporte clube maior idade alegria de viver.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631944/images/original/Decreto 8092-2025 Autoriza custear despesas transporte ctg estirpe ga&#250;cha Santa Maria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631943/images/original/Decreto 8091-2025 Autoriza custear transporte CTG &#218;LTIMA TROPEADA  - ENART.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631941/images/original/Decreto 8090-2025 - regulamenta a lei municipal 3855-2017 inspe&#231;&#227;o sanit&#225;ria e industrial de origem animal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631915/images/original/Decreto 8089-2025 - suplementa&#231;&#227;o R$ 14.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631911/images/original/decreto 8088-2025 - torna sem efeito decreto sociedade esportiva e recreativa gr&#234;mio esportivo juventude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631908/images/original/decreto 8087-2025 - despesas transporte gr&#234;mio esportivo juventude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631904/images/original/Decreto 8086-2025 - regulamenta evento alusivo ao dia do servidor p&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/631903/images/original/decreto 8085-2025 - autoriza munic&#237;pio  a custear despesas associa&#231;&#227;o guaporense de basquete.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/643854/images/original/Decreto 8084-2025 - regulamenta o evento Sou Vag Meeting - Encontro de Carros.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748876/images/original/Decreto 8360-2026 - custear despesas de transporte juventude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748875/images/original/Decreto 8359-2026 - inclui e altera dispositivos aluguel social NATALIA MENDON&#199;A KLAUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748873/images/original/Decreto 8358-2026 - altera dispositivos aluguel social SAMARA RIBEIRO KLAUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748870/images/original/Decreto 8357-2026 - altera dispositivos aluguel social NATALINA DE OLIVEIRA MENDON&#199;A.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748869/images/original/Decreto 8356-2026 - altera dispositivos aluguel social ANDRIELLE SCHMITZ KLAUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748868/images/original/Decreto 8355-2026 - suplementa&#231;&#227;o R$ 436.598,75.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747933/images/original/Decreto 8354-2026 - regulamenta o evento ta&#231;a guapor&#233; de futebol juvenil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746699/images/original/Decreto 8353-2026 - suplementa&#231;&#227;o R$ 631.374,45.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746697/images/original/Decreto 8352-2026 - prorroga prazo tramita&#231;&#245;es e fiscaliza&#231;&#245;es ambientais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745686/images/original/Decreto 8351-2026 Regulamenta PROGRAMA PAPA-NOTA 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745546/images/original/Decreto 8350-2026 - despesas transporte GREMIO ESPORTIVO JUVENTUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745543/images/original/Decreto 8349-2026 - cr&#233;dito especial R$ 6.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745479/images/original/Decreto 8348-2026 - autoriza despesas de transporte GREMIO ESPORTIVO JUVENTUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745478/images/original/Decreto 8347-2026 - cr&#233;dito especial R$ 4.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745477/images/original/Decreto 8346-2026 - suplementa&#231;&#227;o R$ 10.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745475/images/original/Decreto 8345-2026 - ponto facultativo dia 20 de abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745474/images/original/Decreto 8344-2026 - suplementa&#231;&#227;o R$ 959.963,48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745473/images/original/Decreto 8343-2026 - suplementa&#231;&#227;o R$ 70.760,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745472/images/original/Decreto 8342-2026 Abre cr&#233;dito suplementar opera&#231;&#227;o de cr&#233;dito aut&#243;dromo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737738/images/original/Decreto 8341-2026 - despesas transporte Sociedade Esportiva e Recreativa Gr&#234;mio Esportivo Juventude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737737/images/original/Decreto 8340-2026 - cr&#233;dito especial R$ 10.000,00 - C&#226;mara de Vereadores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737736/images/original/Decreto 8339-2026 - festival do esfregol&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737733/images/original/Decreto 8338-2026 - suplementa&#231;&#227;o R$ 62.840,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734153/images/original/Decreto 8337-2026 - suplementa&#231;&#227;o R$ 3.750,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734151/images/original/Decreto 8336-2026 - cr&#233;dito especial R$ 1.759.160,34.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734146/images/original/Decreto 8335-2026 - PUBLICA&#199;&#195;O - PRORROGA aluguel social Morgana Regina Bento da Rosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734142/images/original/Decreto 8334-2026 - cr&#233;dito especial 13&#186; servidora inativa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734140/images/original/Decreto 8333-2026 - suplementa&#231;&#227;o R$ 2.093.185,25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734138/images/original/Decreto 8332-2026 - despesas transporte escolinha municipal de futebol de campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734136/images/original/Decreto 8331-2026 - cr&#233;dito especial R$ 1.759.160,34.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734134/images/original/Decreto 8330-2026 - cr&#233;dito especial R$ 5.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734132/images/original/Decreto 8329-2026 - cr&#233;dito especial R$ 370.500,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734131/images/original/Decreto 8328-2026 Autoriza o munic&#237;pio a custear transporte gr&#234;mio esportivo juventude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734130/images/original/Decreto 8327-2026 Regulamenta o evento campeonato municipal de futebol de campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734129/images/original/Decreto 8326-2026 - suplementa&#231;&#227;o R$ 107.120,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/731538/images/original/Decreto 8325-2026 Regulamenta o evento Festejos comemorativos &#225; p&#225;scoa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/731536/images/original/Decreto 8324-2026 Prorroga data art. 11&#186; Decreto 8154-2025 inscri&#231;&#245;es de restos a pagar n&#227;o processados exerc&#237;cio 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/731534/images/original/Decreto 8323-2026 - suplementa&#231;&#227;o R$ 205.486,01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729057/images/original/Decreto 8322-2026 - torna sem efeito Decreto 8321-2026 e reabre cr&#233;dito especial escola c&#237;vico militar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729055/images/original/Decreto 8321-2026 - reabre cr&#233;dito especial escola c&#237;vico militar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729054/images/original/Decreto 8320-2026 - despesas transporte JUVENTUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729052/images/original/Decreto 8317-2026 - Altera denomina&#231;&#227;o de estabelecimento de ensino fundamental  - EMEF Dr. Jairo Brum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729051/images/original/Decreto 8316-2026 - suplementa&#231;&#227;o R$ 34.689,36.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729049/images/original/Decreto 8315-2026 - suplementa&#231;&#227;o R$ 116.170,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729048/images/original/Decreto 8314-2026 - suplementa&#231;&#227;o R$ 906.338,27.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726681/images/original/Decreto 8313-2026 - regulamenta forma&#231;&#227;o continuada para profissionais da educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/724830/images/original/Decreto 8311-2026 - estorna cr&#233;dito suplementar Decreto 8278-2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/724829/images/original/Decreto 8310-2026 - suplementa&#231;&#227;o R$ 34.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721889/images/original/Decreto 8309-2026 - suplementa&#231;&#227;o R$ 43.700,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721888/images/original/Decreto 8308-2026 - suplementa&#231;&#227;o R$ 7.385.696,05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719881/images/original/Decreto 8307-2026 - procedimentos a serem seguidos - gastos com pessoal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721885/images/original/Decreto 8306-2026 - decreta ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721883/images/original/Decreto 8304-2026 - subs&#237;dio setor prim&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721878/images/original/decreto 8303-2026 - torna sem efeito decreto 8282-2026 consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721870/images/original/Decreto 8302-2026 - suplementa&#231;&#227;o R$ 8.250,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719795/images/original/Decreto 8301-2026 - regulamenta Programa Melhoria Gen&#233;tica Rebanho Bovino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719794/images/original/Decreto 8300-2026 - despesas junta do servi&#231;o militar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721874/images/original/Decreto 8299-2026 - regulamenta carnaval 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721869/images/original/Decreto 8298-2026 - suplementa&#231;&#227;o R$ 522.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716511/images/original/Decreto 8297-2026 - despesas transporte gremio esportivo juventude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716510/images/original/Decreto 8296-2026 - altera dota&#231;&#227;o decreto 8000-2025 aluguel social MARIA HELENA FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716509/images/original/Decreto 8295-2026 - altera dota&#231;&#227;o decreto 8024-2025 aluguel social MARIO DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716508/images/original/Decreto 8294-2026 - altera dota&#231;&#227;o prorroga pagamento aluguel social MORGANA REGINA BENTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716506/images/original/Decreto 8293-2026 - altera dota&#231;&#227;o or&#231;ament&#225;ria decreto 8025-2025 aluguel social EVA DAS GRA&#199;AS DE SOUZA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716505/images/original/Decreto 8292-2026 - altera dota&#231;&#227;o decreto 8270-2025 aluguel social LUCIANA RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716504/images/original/Decreto 8291-2026 - altera dota&#231;&#227;o decreto 7956-2025 - aluguel social Nat&#225;lia Mendon&#231;a Klaus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716502/images/original/Decreto 8290-2026 - altera&#231;&#227;o dota&#231;&#227;o decreto 8063-2025 aluguel social ANTONIO ALCINDO DE SOUZA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716501/images/original/Decreto 8289-2026 - altera dota&#231;&#227;o decreto 8032-2025 - aluguel social Nilton Prtela Klein.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716499/images/original/Decreto 8288-2026 - altera dota&#231;&#227;o or&#231;ament&#225;ria decreto 7944-2025 - aluguel social Natalina de Oliveira Mendon&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716498/images/original/Decreto 8287-2026 - altera dota&#231;&#227;o decrto 7947-2025 0 aluguel social Andrielle Schmitz Klaus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716497/images/original/Decreto 8286-2026 - altera dota&#231;&#227;o decreto 7964-2025 -aluguel social Samara Ribeiro Klaus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716493/images/original/Decreto 8285-2026 - altera dota&#231;&#227;o decreto 7994-2025 aluguel social ELISABETE FATIMA FANTINEL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716487/images/original/Decreto 8284-2026 - regulamenta Lei 3226-2011 - uniforme escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712920/images/original/Decreto 8283-2026 - altera decreto 8265-2025 - vale alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712916/images/original/Decreto 8282-2026 - cr&#233;dito suplementar - Lei 4792-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712915/images/original/Decreto 8281-2026 - prorroga vig&#234;ncia concurso homologado pelo edital 959-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712904/images/original/Decreto 8280-2026 - regulamenta evejnto Abertura Municipal da Colheita da Safra da Uva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721868/images/original/Decreto 8279-2026 - suplementa&#231;&#227;o R$ 18.500,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721867/images/original/Decreto 8278-2026 - suplementa&#231;&#227;o R$ 1.540.427,68.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712902/images/original/Decreto 8277-2025 - suplementa&#231;&#227;o R$ 202.225,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712147/images/original/Decreto 8276-2025 Estima receita e fixa despesas do munic&#237;pio para o exerc&#237;cio de 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712145/images/original/Decreto 8275-2025 - suplementa&#231;&#227;o R$ 100.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712143/images/original/Decreto 8274-2025 - suplementa&#231;&#227;o R$ 612.300,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712141/images/original/Decreto 8273-2025 - fixa valor das di&#225;rias para 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/710259/images/original/Decreto 8254-2025 - cr&#233;dito especial R$ 6.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/710241/images/original/Decreto 8271-2025 Completa Decreto 8165-2025 que regulamenta despesas para evento Uma Joia de Natal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712139/images/original/Decreto 8270-2025 - suplementa&#231;&#227;o R$ 1.600,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/712133/images/original/Decreto 8269-2025 - suplementa&#231;&#227;o R$ R$ 962.570,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/710239/images/original/Decreto 8268-2025 - suplementa&#231;&#227;o R$ 100.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/710238/images/original/Decreto 8267-2025 - complementa despesas do evento Uma Joia de Natal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/710237/images/original/Decreto 8266-2025 - suplementa&#231;&#227;o R$ 60.737,48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/710235/images/original/Decreto 8265-2025 - fixa valor do vale alimenta&#231;&#227;o para 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/710234/images/original/Decreto 8264-2025 - regulamenta transporte escolar para 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/710231/images/original/Decreto 8263-2025 - suplementa&#231;&#227;o R$ 221.017,51.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709449/images/original/Decreto 8262-2025 - torna sem efeito decreto 8258-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709448/images/original/Decreto 8261-2025 - suplementa&#231;&#227;o R$ 200.000,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709446/images/original/Decreto 8260-2025 - suplementa&#231;&#227;o Lei 4785-2025 - termo de colabora&#231;&#227;o Te Acolhe Guapor&#233; Associa&#231;&#227;o de Pais e Crian&#231;as Autistas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709445/images/original/Decreto 8258-2025 - suplementa&#231;&#227;o R$ 221.017,51.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C100"/>
+  <dimension ref="A1:C99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C100" sqref="C100"/>
+      <selection activeCell="C99" sqref="C99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>56</v>
+      </c>
+      <c r="B24" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>60</v>
+      </c>
+      <c r="B26" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27" t="s">
+        <v>61</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>65</v>
+      </c>
+      <c r="B28" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>69</v>
+      </c>
+      <c r="B30" t="s">
+        <v>70</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B31" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B33" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B34" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>81</v>
+      </c>
+      <c r="B35" t="s">
+        <v>82</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B36" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B37" t="s">
+        <v>82</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B38" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B39" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>94</v>
+      </c>
+      <c r="B40" t="s">
+        <v>95</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>97</v>
+      </c>
+      <c r="B41" t="s">
         <v>98</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" s="1" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>100</v>
+      </c>
+      <c r="B42" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>102</v>
+      </c>
+      <c r="B43" t="s">
+        <v>103</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>105</v>
+      </c>
+      <c r="B44" t="s">
         <v>106</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>108</v>
+      </c>
+      <c r="B45" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>111</v>
       </c>
       <c r="B46" t="s">
+        <v>109</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>113</v>
+      </c>
+      <c r="B47" t="s">
         <v>114</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" s="1" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>116</v>
+      </c>
+      <c r="B48" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>119</v>
       </c>
       <c r="B49" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>121</v>
       </c>
       <c r="B50" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B51" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B52" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B53" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B54" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>135</v>
+      </c>
+      <c r="B55" t="s">
         <v>133</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B56" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B57" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B58" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B59" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B60" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B61" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B62" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B63" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B64" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B65" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B66" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B67" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B68" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B69" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B70" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B71" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B72" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>175</v>
       </c>
       <c r="B73" t="s">
+        <v>151</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
+        <v>177</v>
+      </c>
+      <c r="B74" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>180</v>
       </c>
       <c r="B75" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B76" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>186</v>
+      </c>
+      <c r="B77" t="s">
         <v>184</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B78" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B79" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>193</v>
+      </c>
+      <c r="B80" t="s">
         <v>191</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B81" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
+        <v>198</v>
+      </c>
+      <c r="B82" t="s">
         <v>196</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B83" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B84" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B85" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B86" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B87" t="s">
-        <v>192</v>
+        <v>211</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B88" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B89" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B90" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B91" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B92" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="B93" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="B94" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
+        <v>231</v>
+      </c>
+      <c r="B95" t="s">
         <v>225</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B96" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B97" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B98" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="B99" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>235</v>
-[...10 lines deleted...]
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -2296,51 +2294,50 @@
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
-    <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>