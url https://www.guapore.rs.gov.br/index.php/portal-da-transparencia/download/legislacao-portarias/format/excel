--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -12,671 +12,686 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>PORTARIA Nº 3224/2025</t>
-[...608 lines deleted...]
-    <t>pt 3126-2025 - promoção Joelma Maria Fronza.pdf</t>
+    <t>PORTARIA Nº 180/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>pt 180-2026 - revoga férias Márcia Moccellin.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 179/2026</t>
+  </si>
+  <si>
+    <t>pt 179-2026 - revoga 6 dias de férias ageani cristina oliveira paula.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 178/2026</t>
+  </si>
+  <si>
+    <t>extrato pt 178-2026 - PAE empresa PC 41 Comércio Distribuição de Euqipamentos Ltda.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 177/2026</t>
+  </si>
+  <si>
+    <t>pt 177-2026 - autoriza Jessica Maria Miotto conduzir veículos oficiais.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 176/2026</t>
+  </si>
+  <si>
+    <t>pt 176-2026 - altera pt 3273-2025 férias suprimir servidor.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 175/2026</t>
+  </si>
+  <si>
+    <t>pt 175-2026 - licença pessoa da família FABIANE NERVIS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 174/2026</t>
+  </si>
+  <si>
+    <t>pt 174-2026 - férias TARCIA MASUTTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 173/2026</t>
+  </si>
+  <si>
+    <t>pt 173-2026 - férias MATHEUS POLETTO DALLAGNOL.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 172/2026</t>
+  </si>
+  <si>
+    <t>pt 172-2026 - férias Ana CArolina da Silva Telles.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 171/2026</t>
+  </si>
+  <si>
+    <t>pt 171-2026 - férias Josiane Bedin Patuzzi.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 170/2026</t>
+  </si>
+  <si>
+    <t>pt 170-2026 - férias Anapaula Mariano Dalla Palma.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 169/2026</t>
+  </si>
+  <si>
+    <t>pt 169-2026 - férias JOELSON COVER FULIGO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 168/2026</t>
+  </si>
+  <si>
+    <t>pt 168-2026 - promoção Iluminata Bertoncello Tizziani.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 167/2026</t>
+  </si>
+  <si>
+    <t>pt 167-2026 - triênio DARIUCE LOPES SIMAS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 166/2026</t>
+  </si>
+  <si>
+    <t>pt 166-2026 - gratificação Coordenação Pedagógica Marina Nunes Ferreira.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 165/2026</t>
+  </si>
+  <si>
+    <t>pt 165-2026 - revoga pt 384-2025 convocação regime suplementar.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 164/2026</t>
+  </si>
+  <si>
+    <t>pt 164-2026 - revoga pt 382-2025 regime suplementar coordenação pedagógica CLAUDIA MARA DA ROCHA QUADROS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 163/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>pt 163-2026 - licença saúde DANIELA FERNANDA CARDOSO FOPPA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 162/2026</t>
+  </si>
+  <si>
+    <t>pt 162-2026 - férias sem ônus MATHEUS ANDRÉ DA ROSA CRUZ.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 161/2026</t>
+  </si>
+  <si>
+    <t>pt 161-2026 - prorroga auxílio-doença ELISANDRA CARLA DONIDA NARDI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 160/2026</t>
+  </si>
+  <si>
+    <t>pt 160-2026 - prorroga auxílio-doença EDILIA TERESINHA FORTUNATO DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 159/2026</t>
+  </si>
+  <si>
+    <t>pt 159-2026 - prêmio assiduidade MARLENE OLIVEIRA DE CEZARO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 158/2026</t>
+  </si>
+  <si>
+    <t>pt 158-2026 - auxílio-doença MACIEL DI DOMENICO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 157/2026</t>
+  </si>
+  <si>
+    <t>extrato pt 157-2026 - PAE empresa Marcelo de J. C. Ferreira.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 156/2026</t>
+  </si>
+  <si>
+    <t>pt 156-2026 - prêmio assiduidade EDIANE NERVIS CAVAGNOLI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 155/2026</t>
+  </si>
+  <si>
+    <t>pt 155-2026 - férias ALCEMERI SABADIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 154/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>pt 154-2026 - revoga férias Leila Mezzomo Mantese.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 153/2026</t>
+  </si>
+  <si>
+    <t>pt 153-2026 - premio assiduidade MARISTANE RENI LORENÇO DE LIMA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 152/2026</t>
+  </si>
+  <si>
+    <t>pt 152-2026 - assiduidade Lorena Poletto.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 151/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>extrato pt 151-2026 - instauração PAE Livaine Rosolen.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 150/2026</t>
+  </si>
+  <si>
+    <t>pt 150-2026 - triênio DIANA VANUZA SAFT.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 149/2026</t>
+  </si>
+  <si>
+    <t>pt 149-2026 - autoriza FELIPE DE BRITTO CHITOLINA conduzir veículos oficiais.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 148/2026</t>
+  </si>
+  <si>
+    <t>pt 148-2026 - revoga férias Natacha Moraes Gomes.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 147/2026</t>
+  </si>
+  <si>
+    <t>pt 147-2026 - triênio Letícia Menezes de Lima Moraes.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 146/2026</t>
+  </si>
+  <si>
+    <t>pt 146-2026 - férias Jovani Benvegnu.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 145/2026</t>
+  </si>
+  <si>
+    <t>pt 145-2026 - férias Noeli Marilda Klaus Damaceno.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 144/2026</t>
+  </si>
+  <si>
+    <t>pt 144-2026 - férias Renata Pandolfo.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 143/2026</t>
+  </si>
+  <si>
+    <t>pt 143-2026 - revoga férias Milene Bassani.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 142/2026</t>
+  </si>
+  <si>
+    <t>pt 142-2026 - gestor - fiscal e suplenete Contrato 01-2026 - Solution Soluções Integradas Ltda.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 141/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>pt 141-2026 - férias CLÁUDIO GOMES SOARES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 140/2026</t>
+  </si>
+  <si>
+    <t>pt 140-2026 - licença gestante TATIANA AVILA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 139/2026</t>
+  </si>
+  <si>
+    <t>pt 139-2026 - revoga 05 dias de férias CINTIA LAMONATTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 138/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>pt 138-2026 - licença saúde MARIA EDUARDA PELLIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 137/2026</t>
+  </si>
+  <si>
+    <t>pt 137-2026 - extingue cota individual pensão GUILHERME RODRIGUEs.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 136/2026</t>
+  </si>
+  <si>
+    <t>pt 136-2026 - auxílio-doença DAIANE ALBERTON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 135/2026</t>
+  </si>
+  <si>
+    <t>pt 135-2026 - prorroga auxílio-doença ROBERTO ZANINI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 134/2026</t>
+  </si>
+  <si>
+    <t>pt 134-2026 - auxílio-doença DAIANE ALBERTON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 133/2026</t>
+  </si>
+  <si>
+    <t>pt 133-2026 - auxílio-doença PAULO RICARDO DA MOTTA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 132/2026</t>
+  </si>
+  <si>
+    <t>extrato pt 132-2026 - processo administrativo especial BAGGIO CONSTRUÇÕES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 131/2026</t>
+  </si>
+  <si>
+    <t>pt 131-2026 - férias EMILSO AGOSTINHO DE CONTO JUNIOR.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 130/2026</t>
+  </si>
+  <si>
+    <t>pt 130-2026 - triênio JAQUELINE GABIATTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 129/2026</t>
+  </si>
+  <si>
+    <t>pt 129-2026 - altera pt 103-2026 delega competência ALEXANDRE LUIS CENI ordenador despesa diárias.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 128/2026</t>
+  </si>
+  <si>
+    <t>pt 128-2026 - altera pt 98-2026 designa LAEXANDRE LUIS CENI secretário da administração.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 127/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>pt 127-2026 - licença pessoa da família SHAIANE SOARES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 126/2026</t>
+  </si>
+  <si>
+    <t>pt 126-2026 - exoneração DORIVAL CHIODI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 125/2026</t>
+  </si>
+  <si>
+    <t>pt 125-2026 - licença nojo INGRID BORGES DA COSTA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 124/2026</t>
+  </si>
+  <si>
+    <t>pt 124-2026 - licença nojo SHANA CLAUDIA DE LIMA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 123/2026</t>
+  </si>
+  <si>
+    <t>pt 123-2026 - revoga férias GRASIELE CHITOLINA KNISPEL.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 122/2026</t>
+  </si>
+  <si>
+    <t>pt 122-2026 - revoga férias CLAUDIA ROBERTA PERUTTO DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 121/2026</t>
+  </si>
+  <si>
+    <t>pt 121-2026 - revoga férias KEITIANE LETICIA MANTEZE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 120/2026</t>
+  </si>
+  <si>
+    <t>pt 120-2026 - férias KELLEN ECCO DE BONA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 119/2026</t>
+  </si>
+  <si>
+    <t>pt 119-2026 - revoga férias FABIANA DE SOUZA TAFFAREL.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 118/2026</t>
+  </si>
+  <si>
+    <t>pt 118-2026 - revoga férias RUTE SATHES DE BORBA GATTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 117/2026</t>
+  </si>
+  <si>
+    <t>pt 117-2026 - revoga férias PAMELA DA SILVA PORTES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 116/2026</t>
+  </si>
+  <si>
+    <t>t 116-2026 - revoga férias KELLY CRISTINA PRIORI RODRIGUES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 115/2026</t>
+  </si>
+  <si>
+    <t>pt 115-2026 - revoga férias SUSAN KELY CERUTTI MACHADO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 114/2026</t>
+  </si>
+  <si>
+    <t>pt 114-2026 - revoga férias LUCIANE RUBETTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 113/2026</t>
+  </si>
+  <si>
+    <t>pt 113-2026 - revoga pt 1678-2025 gratificação especial SIMONE VIEIRA CARDOSO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 112/2026</t>
+  </si>
+  <si>
+    <t>pt 112-2026 - designa IVAN CESLESTINO DE SOUZA scretário sem ônus SCPDE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 111/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>pt 111-2026 - licença saúde VAGNER BORGES DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 110/2026</t>
+  </si>
+  <si>
+    <t>pt 110-2026 - prorroga auxílio-doença KARINE BRESOLIN BOSIO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 109/2026</t>
+  </si>
+  <si>
+    <t>pt 109-2026 - retifica pt 3040-2025 - licença saúde Karine Bresolin Bósio.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 108/2026</t>
+  </si>
+  <si>
+    <t>pt 108-2026 - férias JEFERSON REOLON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 107/2026</t>
+  </si>
+  <si>
+    <t>extrato pt 107-2026 - PAE empresa Comércio Atacadista Ilha Bela Distribuidora tda.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 106/2026</t>
+  </si>
+  <si>
+    <t>pt 106-2026 - férias OSCAR LUIS BALBINOT.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 105/2026</t>
+  </si>
+  <si>
+    <t>pt 105-2026 - torna sem efeito pt 95-2026 - FG Ana Paula Melati Kohl.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 104/2026</t>
+  </si>
+  <si>
+    <t>pt 104-2026 - licença pessoa da família KETLIN BORGES DE OLIVEIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 103/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>pt 103-2026 - delega competância Alexandre Luis Ceni - ordenador despesa autorizações diárias.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 102/2026</t>
+  </si>
+  <si>
+    <t>extrato pt 102-2026 - sindicância investigatória.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 101/2026</t>
+  </si>
+  <si>
+    <t>pt 101-2026 - nomeação Jessica Maria Miotto - Assessor de Turismo.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 100/2026</t>
+  </si>
+  <si>
+    <t>PT 100-2026 - licença saúde TAIANA FATURI ELY.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 99/2026</t>
+  </si>
+  <si>
+    <t>pt 99-2026 - revoga 03 dias de férias MARCIO ARIENTI MISTURA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 98/2026</t>
+  </si>
+  <si>
+    <t>pt 98-2026 - designa Alexandre Luis Ceni Secretário Administração em exercício.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 97/2026</t>
+  </si>
+  <si>
+    <t>pt 97-2026 - licença saúde CC - DORIVAL CHIODI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 96/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>extrato pt 96-2026 - adita pt 2972-2025 sindicância disciplinar MMC.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 95/2026</t>
+  </si>
+  <si>
+    <t>pt 95-2026 - revoga FG Ana Paula Melati Kohl.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 94/2026</t>
+  </si>
+  <si>
+    <t>pt 94-2026 - torna sem efeito pt 74-2026 PAD MS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 93/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>pt 93-2026 - licença gestante CAROLINA DE LIMA PIEREZAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 92/2026</t>
+  </si>
+  <si>
+    <t>pt 92-2026 - licença saúde Emely Júlia Cassie dos Santos.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 91/2026</t>
+  </si>
+  <si>
+    <t>pt 91-2026 - exoneração MArcos Scalco - Assessor de Turismo.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 90/2026</t>
+  </si>
+  <si>
+    <t>pt 90-2026 - exoneração ANA PAULA PIZZUTTI PACHECO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 89/2026</t>
+  </si>
+  <si>
+    <t>pt 89-2026 - autoriza conduzir veículo ANGÉLICA CRISTINA GHIGGI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 88/2026</t>
+  </si>
+  <si>
+    <t>pt 88-2026 - triênio TIAGO NOAL.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 87/2026</t>
+  </si>
+  <si>
+    <t>pt 87-2026 - férias AMANDA RIBEIRO DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 86/2026</t>
+  </si>
+  <si>
+    <t>pt 86-2026 - férias CASSIO VALDIMIR FILIPIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 85/2026</t>
+  </si>
+  <si>
+    <t>pt 85-2026 - férias MARCELO RIBEIRO DE PAIVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 84/2026</t>
+  </si>
+  <si>
+    <t>pt 84-2026 - férias ELENICE CELLA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 83/2026</t>
+  </si>
+  <si>
+    <t>pt 83-2026 - férias EDUARDA TREMARIN BUSETTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 82/2026</t>
+  </si>
+  <si>
+    <t>pt 82-2025 - férias ALINE DEON.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -983,62 +998,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703462/images/original/pt 3224-2025 - exonera e nomeia membros do CACS-FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703461/images/original/pt 3223-2025 - institui o Grupo de Trabalho para elabira&#231;&#227;o e implementa&#231;&#227;o da BNCC da computa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703460/images/original/pt 3222-2025 Concede f&#225;rias  servidores EMEF Dr. Jairo Brum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703459/images/original/pt 3221-2025 - gestor fiscal e suplente PANDOLFO FEDRIGO E CIA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703458/images/original/pt 3220-2025 Concede gratifica&#231;&#227;o especial GE-01 ILUMINATA BERTONCELLO TIZZIANI - agente de apoio educacional.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703457/images/original/pt 3219-2025 Concede gratifica&#231;&#227;o especial GE-01 SAIONARA MARQUES SOARES PIEROSAN - agente de apoio educacional.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703456/images/original/pt 3218-2025 Prorroga licen&#231;a pessoa da fam&#237;lia ETIENE DE VILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702696/images/original/pt 3217-2025 Concede licen&#231;a pessoa da fam&#237;lia FRANCIELE BENEDETTI DA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702695/images/original/pt 3216-2025 - retifica a portaria 2284-2025 que concede aposentadoria a servidora IVONE LURDES DA ROSA GRACIOLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702692/images/original/Pt 3215-2025 Retifica per&#237;odo de f&#233;rias servidora L&#218;CIA MARIA REGINATTO PORTARIA 3170-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702691/images/original/pt 3214-2025 - licen&#231;a sa&#250;de CAMILA CASAGRANDE DALLAGNOL MACHADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702690/images/original/pt 3213-2025 - prorroga aux&#237;lio-doen&#231;a GRAZIELE LINHARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702689/images/original/pt 3212-2025 - pr&#234;mio assiduidade SCHANA NARDI BEDIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702688/images/original/pt 3211-2025 - tri&#234;nio SOLANGE LUIZA FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702681/images/original/pt 3210-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ALESANDRA BRUNA DA CRUZ BRESSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702680/images/original/pt 3209-2025 - tri&#234;nio SUSANA BAGISTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702677/images/original/pt 3208-2025 - tri&#234;nio LUCIANE RUBETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702674/images/original/pt 3207-2025 - tri&#234;nio KEITIANE LET&#205;CIA MANTEZE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702666/images/original/pt 3206-2025 - nomea&#231;&#227;o MICHEL VILARINHO tesoureiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702665/images/original/pt 3205-2025 - prorroga aux&#237;lio-doen&#231;a VOLMIR FRANCHESCHINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702664/images/original/pt 3204-2025 Concede f&#233;rias THIAGO NUNES MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702663/images/original/pt 3203-2025 - f&#233;rias ILUMINATA BERTONCELLO TIZZIANI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702662/images/original/pt 3202-2025 - f&#233;rias FABIOLA TORTELLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702661/images/original/pt 3201-2025 - f&#233;rias JONATHAN REDANTE DE CASTRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702650/images/original/pt 3200-2025 - f&#233;rias MARCIO ARIENTI MISTURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702638/images/original/pt 3199-2025 - f&#233;rias MARLENE OLIVEIRA DE CEZARO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702635/images/original/pt 3198-2025 - f&#233;rias ROSMARI ALBERTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702634/images/original/pt 3197-2025 - f&#233;rias SANDRO DOMINGOS KLIPP DA ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702633/images/original/pt 3196-2025 - f&#233;rias JULIANO PANDOLFO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702631/images/original/pt 3195-2025 - f&#233;rias ROSELI F&#193;TIMA MILESKI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702630/images/original/pt 3194-2025 - f&#233;rias Fernando Casiraghi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702628/images/original/pt 3193-2025 - f&#233;rias Gustabo Baesso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702617/images/original/pt 3192-2025 - gestor fiscal e suplenete PSMAC COMERCIAL DE M&#193;QUINAS E SERVI&#199;OS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702616/images/original/pt 3191-2025 - redu&#231;&#227;o de carga hor&#225;ria semanal Rosangela Schena.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702615/images/original/pt 3190-2025 - f&#233;rias escola EMEI Nairo Jos&#233; Prestes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702614/images/original/Pt 3189-2025 Nomeia, gestor, fiscal e suplente do contrato administrativo 250-2025 empresa BASZ COM&#201;RCIO E SERVI&#199;OS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702613/images/original/pt 3188-2025 Concede tri&#234;nio KERLI LUISA CASAGRANDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702610/images/original/pt 3187-2025 Concede licen&#231;a sa&#250;de DAIANE ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702607/images/original/pt 3186-2025 - licen&#231;a pessoa da fam&#237;lia Loise Bedin Balestro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702608/images/original/pt 3186-2025 - licen&#231;a pessoa da fam&#237;lia Loise Bedin Balestro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702606/images/original/pt 3185-2025 Concede f&#233;rias ANDREIA LAZZARETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702605/images/original/Pt 3184-2025 Concede f&#233;rias sem &#244;nus MICHELE DELLAZZARI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702604/images/original/pt 3183-2025 Concede f&#233;rias ADRIANA MARIA DE VILLA VICENZI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702603/images/original/pt 3182-2025 - f&#233;rias NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702602/images/original/pt 3181-2025 - f&#233;rias SUELENA RAQUEL DOS SANTOS BORGES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702601/images/original/pt 3180-2025 - f&#233;rias JOS&#201; CLAUDIOMIRO DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702600/images/original/pt 3179-2025 - f&#233;rias RAFAEL TRIACCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702599/images/original/pt 3178-2025 - f&#233;rias SUZAN KELIN BORTONCELLI BEDIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702598/images/original/pt 3177-2025 - f&#233;rias LEANDRO CELSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702597/images/original/pt 3176-2025 - f&#233;rias GEAN CARLOS DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702595/images/original/pt 3175-2025 - exclui servidores da pt 3168-2025 - f&#233;rias EMEI ROSA DOS VENTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702594/images/original/pt 3174-2025 - prorroga licen&#231;a pessoa da fam&#237;lia PRISCILA PENA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702593/images/original/pt 3173-2025 - prorroga licen&#231;a pessoa da fam&#237;lia LETICIA MENEZES DE LIMA MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702591/images/original/pt 3172-2025 - licen&#231;a amamenta&#231;&#227;o ANDRESSA DAI PRAI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702590/images/original/pt 3171-2025 - prorroga licen&#231;a pessoa da fam&#237;lia CARLA RAQUEL DALL AGNESE REOLON DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702589/images/original/pt 3170-2025 - f&#233;rias EMEI Monica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702587/images/original/pt 3169-2025 - licen&#231;a sa&#250;de VAGNER BORGES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701123/images/original/pt 3168-2025 - f&#233;rias ROSA DOS VENTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701122/images/original/pt 3167-2025 - f&#233;rias IMACULADA CONCEI&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701121/images/original/pt 3166-2025 F&#233;rias EMEI Gasparzinho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701120/images/original/pt 3165-2025 - f&#233;rias sem &#244;nus Ivone Castoldi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701117/images/original/pt 3164-2025 Altera&#231;&#227;o de n&#237;vel TATIANA BRUNETTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701115/images/original/pt 3163-2025 - tri&#234;nio PATRICIA ALVES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701113/images/original/pt 3162-2025 - tri&#234;nio EDILIA TERESINHA FORTUNATO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700385/images/original/pt 3161-2025 - TORNA SEM EFEITO pt 281-2025 - revoga&#231;&#227;o f&#233;rias Claudia Marcia Girardi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700384/images/original/pt 3160-2025 - retifica a pt 3095-2025 - nomea&#231;&#227;o CONSELHO MUNICIPAL EDUCA&#199;&#195;O - 01-12-2025 a 30-12-2029.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700383/images/original/pt 3159-2025 - licen&#231;a sa&#250;de Karine Paula Mar&#243;stica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700382/images/original/pt 3158-2025 - concede aposentadoria por invalidez permanente ao servidor VITOR HUGO DE ASSIS, matr&#237;cula 22244-5..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700379/images/original/pt 3157-2025 - retifica mat 3132-2025 promo&#231;&#227;o LILIAN CAROLINE LOCATELLI ZADRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700378/images/original/pt 3156-2025 - gestor fiscal e suplente CA 249-2025 pandolfo fedrigo e cia ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700377/images/original/pt 3155-2025 - assiduidade Juciane Jaretta Debona.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700374/images/original/pt 3154-2025 - promo&#231;&#227;o SUELEN SALVADOR RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700372/images/original/pt 3153-2025 - promo&#231;&#227;o CALIANDRA TAUFFER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700371/images/original/pt 3152-2025 - promo&#231;&#227;o KERLI LUIZA CASAGRANDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700369/images/original/pt 3151-2025 - promo&#231;&#227;o de classe ROSEBEL LUNARDI BRUGNERA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700366/images/original/pt 3150-2025 - promo&#231;&#227;o THAISY DALILA FACCIO ECCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700365/images/original/pt 3149-2025 - promo&#231;&#227;o CARLA LIA LUSSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700363/images/original/pt 3148-2025 - promo&#231;&#227;o VERANITA DE GASPERI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700359/images/original/pt 3147-2025 - promo&#231;&#227;o DOUGLAS UILIAN CONCEI&#199;&#195;O SEVERO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700360/images/original/pt 3148-2025 - promo&#231;&#227;o VERANITA DE GASPERI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700357/images/original/pt 3146-2025 - promo&#231;&#227;o EDUARDO ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700354/images/original/pt 3145-2025 - promo&#231;&#227;o MEREDIANE DI DOMENICO FLORES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700353/images/original/pt 3144-2025 - promo&#231;&#227;o FRANCIELE DONATI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700345/images/original/pt 3143-2025 - promo&#231;&#227;o GISELE CASAGRANDE CHAVES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700342/images/original/pt 3142-2025 - promo&#231;&#227;o GISELE MONTEIRO BORGES BALBINOTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700343/images/original/pt 3142-2025 - promo&#231;&#227;o GISELE MONTEIRO BORGES BALBINOTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700341/images/original/pt 3141-2025 - promo&#231;&#227;o PRICILA CASAGRANDE VERARDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699708/images/original/pt 3140-2025 - torna sem efeito a pt 3113-2025 - licen&#231;a sa&#250;de Marla Saionara Fernandez Ribeiro Zacarias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699706/images/original/pt 3139-2025 - revoga pt 3114-2025 licen&#231;a pessoa da familia MARLA SAIONARA FERNANDES RIBEIRO ZACARIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699705/images/original/pt 3138-2025 - promo&#231;&#227;o Sirlei Cerutti.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699703/images/original/PT 3137-2025 Concede licen&#231;a pessoa da fam&#237;lia MORGANA SCRITTORI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699702/images/original/pt 3136-2025 - promo&#231;&#227;o Patricia Alves da Silva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699700/images/original/pt 3135-2025 - promo&#231;&#227;o Simone Vieira Cardoso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699699/images/original/pt 3134-2025 Promo&#231;&#227;o de classe VERANITA DE GASPERI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699698/images/original/Pt 3133-2025 Promo&#231;&#227;o de classe PATRICIA ZANCHIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699697/images/original/pt 3132-2025 - promo&#231;&#227;o de classe LILIAN CAROLINE LOCATELLI ZADRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699696/images/original/pt 3131-2025 - promo&#231;&#227;o MARLI GAMBA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699695/images/original/pt 3130-2025 - promo&#231;&#227;o SANDRA BAGGIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699694/images/original/pt 3129-2025 - promo&#231;&#227;o Fabiula Francisca Cover.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699693/images/original/pt 3128-2025 Promo&#231;&#227;o DIANA LAMONATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699691/images/original/pt 3127-2025 - promo&#231;&#227;o ADRIANA PARSSIANELLO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699689/images/original/pt 3126-2025 - promo&#231;&#227;o Joelma Maria Fronza.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720539/images/original/pt 180-2026 - revoga f&#233;rias M&#225;rcia Moccellin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720538/images/original/pt 179-2026 - revoga 6 dias de f&#233;rias ageani cristina oliveira paula.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720537/images/original/extrato pt 178-2026 - PAE empresa PC 41 Com&#233;rcio Distribui&#231;&#227;o de Euqipamentos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720536/images/original/pt 177-2026 - autoriza Jessica Maria Miotto conduzir ve&#237;culos oficiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720535/images/original/pt 176-2026 - altera pt 3273-2025 f&#233;rias suprimir servidor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720534/images/original/pt 175-2026 - licen&#231;a pessoa da fam&#237;lia FABIANE NERVIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720533/images/original/pt 174-2026 - f&#233;rias TARCIA MASUTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720532/images/original/pt 173-2026 - f&#233;rias MATHEUS POLETTO DALLAGNOL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720530/images/original/pt 172-2026 - f&#233;rias Ana CArolina da Silva Telles.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720529/images/original/pt 171-2026 - f&#233;rias Josiane Bedin Patuzzi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720528/images/original/pt 170-2026 - f&#233;rias Anapaula Mariano Dalla Palma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720527/images/original/pt 169-2026 - f&#233;rias JOELSON COVER FULIGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720526/images/original/pt 168-2026 - promo&#231;&#227;o Iluminata Bertoncello Tizziani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720524/images/original/pt 167-2026 - tri&#234;nio DARIUCE LOPES SIMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720523/images/original/pt 166-2026 - gratifica&#231;&#227;o Coordena&#231;&#227;o Pedag&#243;gica Marina Nunes Ferreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720522/images/original/pt 165-2026 - revoga pt 384-2025 convoca&#231;&#227;o regime suplementar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720521/images/original/pt 164-2026 - revoga pt 382-2025 regime suplementar coordena&#231;&#227;o pedag&#243;gica CLAUDIA MARA DA ROCHA QUADROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719783/images/original/pt 163-2026 - licen&#231;a sa&#250;de DANIELA FERNANDA CARDOSO FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719781/images/original/pt 162-2026 - f&#233;rias sem &#244;nus MATHEUS ANDR&#201; DA ROSA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719779/images/original/pt 161-2026 - prorroga aux&#237;lio-doen&#231;a ELISANDRA CARLA DONIDA NARDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719777/images/original/pt 160-2026 - prorroga aux&#237;lio-doen&#231;a EDILIA TERESINHA FORTUNATO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719776/images/original/pt 159-2026 - pr&#234;mio assiduidade MARLENE OLIVEIRA DE CEZARO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719775/images/original/pt 158-2026 - aux&#237;lio-doen&#231;a MACIEL DI DOMENICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719774/images/original/extrato pt 157-2026 - PAE empresa Marcelo de J. C. Ferreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719773/images/original/pt 156-2026 - pr&#234;mio assiduidade EDIANE NERVIS CAVAGNOLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719772/images/original/pt 155-2026 - f&#233;rias ALCEMERI SABADIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719262/images/original/pt 154-2026 - revoga f&#233;rias Leila Mezzomo Mantese.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719261/images/original/pt 153-2026 - premio assiduidade MARISTANE RENI LOREN&#199;O DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719260/images/original/pt 152-2026 - assiduidade Lorena Poletto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718381/images/original/extrato pt 151-2026 - instaura&#231;&#227;o PAE Livaine Rosolen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718380/images/original/pt 150-2026 - tri&#234;nio DIANA VANUZA SAFT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718379/images/original/pt 149-2026 - autoriza FELIPE DE BRITTO CHITOLINA conduzir ve&#237;culos oficiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718378/images/original/pt 148-2026 - revoga f&#233;rias Natacha Moraes Gomes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718377/images/original/pt 147-2026 - tri&#234;nio Let&#237;cia Menezes de Lima Moraes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718376/images/original/pt 146-2026 - f&#233;rias Jovani Benvegnu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718375/images/original/pt 145-2026 - f&#233;rias Noeli Marilda Klaus Damaceno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718374/images/original/pt 144-2026 - f&#233;rias Renata Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718373/images/original/pt 143-2026 - revoga f&#233;rias Milene Bassani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718372/images/original/pt 142-2026 - gestor - fiscal e suplenete Contrato 01-2026 - Solution Solu&#231;&#245;es Integradas Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717913/images/original/pt 141-2026 - f&#233;rias CL&#193;UDIO GOMES SOARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717911/images/original/pt 140-2026 - licen&#231;a gestante TATIANA AVILA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717910/images/original/pt 139-2026 - revoga 05 dias de f&#233;rias CINTIA LAMONATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717024/images/original/pt 138-2026 - licen&#231;a sa&#250;de MARIA EDUARDA PELLIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717023/images/original/pt 137-2026 - extingue cota individual pens&#227;o GUILHERME RODRIGUEs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717022/images/original/pt 136-2026 - aux&#237;lio-doen&#231;a DAIANE ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717021/images/original/pt 135-2026 - prorroga aux&#237;lio-doen&#231;a ROBERTO ZANINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717020/images/original/pt 134-2026 - aux&#237;lio-doen&#231;a DAIANE ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717019/images/original/pt 133-2026 - aux&#237;lio-doen&#231;a PAULO RICARDO DA MOTTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717018/images/original/extrato pt 132-2026 - processo administrativo especial BAGGIO CONSTRU&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717017/images/original/pt 131-2026 - f&#233;rias EMILSO AGOSTINHO DE CONTO JUNIOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717016/images/original/pt 130-2026 - tri&#234;nio JAQUELINE GABIATTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717015/images/original/pt 129-2026 - altera pt 103-2026 delega compet&#234;ncia ALEXANDRE LUIS CENI ordenador despesa di&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717014/images/original/pt 128-2026 - altera pt 98-2026 designa LAEXANDRE LUIS CENI secret&#225;rio da administra&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716467/images/original/pt 127-2026 - licen&#231;a pessoa da fam&#237;lia SHAIANE SOARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716466/images/original/pt 126-2026 - exonera&#231;&#227;o DORIVAL CHIODI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716459/images/original/pt 125-2026 - licen&#231;a nojo INGRID BORGES DA COSTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716458/images/original/pt 124-2026 - licen&#231;a nojo SHANA CLAUDIA DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716457/images/original/pt 123-2026 - revoga f&#233;rias GRASIELE CHITOLINA KNISPEL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716456/images/original/pt 122-2026 - revoga f&#233;rias CLAUDIA ROBERTA PERUTTO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716455/images/original/pt 121-2026 - revoga f&#233;rias KEITIANE LETICIA MANTEZE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716454/images/original/pt 120-2026 - f&#233;rias KELLEN ECCO DE BONA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716453/images/original/pt 119-2026 - revoga f&#233;rias FABIANA DE SOUZA TAFFAREL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716452/images/original/pt 118-2026 - revoga f&#233;rias RUTE SATHES DE BORBA GATTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716451/images/original/pt 117-2026 - revoga f&#233;rias PAMELA DA SILVA PORTES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716450/images/original/t 116-2026 - revoga f&#233;rias KELLY CRISTINA PRIORI RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716449/images/original/pt 115-2026 - revoga f&#233;rias SUSAN KELY CERUTTI MACHADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716439/images/original/pt 114-2026 - revoga f&#233;rias LUCIANE RUBETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716438/images/original/pt 113-2026 - revoga pt 1678-2025 gratifica&#231;&#227;o especial SIMONE VIEIRA CARDOSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716437/images/original/pt 112-2026 - designa IVAN CESLESTINO DE SOUZA scret&#225;rio sem &#244;nus SCPDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714582/images/original/pt 111-2026 - licen&#231;a sa&#250;de VAGNER BORGES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714569/images/original/pt 110-2026 - prorroga aux&#237;lio-doen&#231;a KARINE BRESOLIN BOSIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714564/images/original/pt 109-2026 - retifica pt 3040-2025 - licen&#231;a sa&#250;de Karine Bresolin B&#243;sio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714558/images/original/pt 108-2026 - f&#233;rias JEFERSON REOLON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714548/images/original/extrato pt 107-2026 - PAE empresa Com&#233;rcio Atacadista Ilha Bela Distribuidora tda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714531/images/original/pt 106-2026 - f&#233;rias OSCAR LUIS BALBINOT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714523/images/original/pt 105-2026 - torna sem efeito pt 95-2026 - FG Ana Paula Melati Kohl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714510/images/original/pt 104-2026 - licen&#231;a pessoa da fam&#237;lia KETLIN BORGES DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714485/images/original/pt 103-2026 - delega compet&#226;ncia Alexandre Luis Ceni - ordenador despesa autoriza&#231;&#245;es di&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714476/images/original/extrato pt 102-2026 - sindic&#226;ncia investigat&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714466/images/original/pt 101-2026 - nomea&#231;&#227;o Jessica Maria Miotto - Assessor de Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714456/images/original/PT 100-2026 - licen&#231;a sa&#250;de TAIANA FATURI ELY.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714445/images/original/pt 99-2026 - revoga 03 dias de f&#233;rias MARCIO ARIENTI MISTURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714426/images/original/pt 98-2026 - designa Alexandre Luis Ceni Secret&#225;rio Administra&#231;&#227;o em exerc&#237;cio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714413/images/original/pt 97-2026 - licen&#231;a sa&#250;de CC - DORIVAL CHIODI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714403/images/original/extrato pt 96-2026 - adita pt 2972-2025 sindic&#226;ncia disciplinar MMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714391/images/original/pt 95-2026 - revoga FG Ana Paula Melati Kohl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714387/images/original/pt 94-2026 - torna sem efeito pt 74-2026 PAD MS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714383/images/original/pt 93-2026 - licen&#231;a gestante CAROLINA DE LIMA PIEREZAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714378/images/original/pt 92-2026 - licen&#231;a sa&#250;de Emely J&#250;lia Cassie dos Santos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714371/images/original/pt 91-2026 - exonera&#231;&#227;o MArcos Scalco - Assessor de Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714366/images/original/pt 90-2026 - exonera&#231;&#227;o ANA PAULA PIZZUTTI PACHECO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714358/images/original/pt 89-2026 - autoriza conduzir ve&#237;culo ANG&#201;LICA CRISTINA GHIGGI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714353/images/original/pt 88-2026 - tri&#234;nio TIAGO NOAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714350/images/original/pt 87-2026 - f&#233;rias AMANDA RIBEIRO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714342/images/original/pt 86-2026 - f&#233;rias CASSIO VALDIMIR FILIPIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714333/images/original/pt 85-2026 - f&#233;rias MARCELO RIBEIRO DE PAIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714326/images/original/pt 84-2026 - f&#233;rias ELENICE CELLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714321/images/original/pt 83-2026 - f&#233;rias EDUARDA TREMARIN BUSETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714313/images/original/pt 82-2025 - f&#233;rias ALINE DEON.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C103"/>
+  <dimension ref="A1:C100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C103" sqref="C103"/>
+      <selection activeCell="C100" sqref="C100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1092,1088 +1107,1055 @@
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>51</v>
       </c>
       <c r="B25" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>53</v>
       </c>
       <c r="B26" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>65</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
         <v>86</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B45" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B47" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B48" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B49" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B50" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B51" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B52" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B53" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B54" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="B55" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B56" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B57" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>122</v>
+      </c>
+      <c r="B58" t="s">
         <v>116</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B59" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B60" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B61" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B62" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B63" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B64" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B65" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B66" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B67" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B68" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B69" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B70" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B71" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B72" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B73" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B74" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B75" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B76" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B77" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B78" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B79" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B80" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B81" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B82" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
+        <v>174</v>
+      </c>
+      <c r="B83" t="s">
         <v>166</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="1" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="B84" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B85" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="B86" t="s">
-        <v>134</v>
+        <v>181</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="B87" t="s">
-        <v>134</v>
+        <v>181</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="B88" t="s">
-        <v>134</v>
+        <v>181</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="B89" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="B90" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="B91" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="B92" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="B93" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="B94" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>188</v>
+        <v>199</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="B95" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="B96" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>192</v>
+        <v>203</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="B97" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="B98" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="B99" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="B100" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>200</v>
-[...32 lines deleted...]
-        <v>206</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -2234,53 +2216,50 @@
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
-    <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
-[...1 lines deleted...]
-    <hyperlink ref="C103" r:id="rId_hyperlink_102"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>