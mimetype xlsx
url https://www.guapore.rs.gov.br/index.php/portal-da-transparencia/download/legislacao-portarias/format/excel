--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -12,686 +12,677 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>PORTARIA Nº 180/2026</t>
-[...623 lines deleted...]
-    <t>pt 82-2025 - férias ALINE DEON.pdf</t>
+    <t>PORTARIA Nº 602/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>pt 602-2026 - redução carga horária Caline Balestro.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 601/2026</t>
+  </si>
+  <si>
+    <t>pt 601-2026 - estabilização ANGELICA BAESSO CHITOLINA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 600/2026</t>
+  </si>
+  <si>
+    <t>Pt 600-2026 Estabilização DIANDRA BATIROLA LEDUR.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 599/2026</t>
+  </si>
+  <si>
+    <t>pt 599-2026 Promoção ENISALETE DE PIZZOL UNGARATTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 598/2026</t>
+  </si>
+  <si>
+    <t>pt 598-2026 - prêmio assiduidade ENI SALETE DE PIZZOL UNGARATTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 597/2026</t>
+  </si>
+  <si>
+    <t>pt 597-2026 - ressarcimento KARINE BRESOLIN BOSIO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 596/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>pt 596-2026 - auxílio para diferença de caixa Michel Vilarinho.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 595/2026</t>
+  </si>
+  <si>
+    <t>pt 595-2026 - alteração de nível CASSIA MARIA ORTOLAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 594/2026</t>
+  </si>
+  <si>
+    <t>pt 594-2026 - promoção MARCIO ARIENTI MISTURA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 593/2026</t>
+  </si>
+  <si>
+    <t>pt 593-2026 - licença pessoa da família GREICI KELLI MIOTTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 592/2026</t>
+  </si>
+  <si>
+    <t>pt 592-2026 retifica pt 484-2026 licença saúde ELIANE FOPPA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 591/2026</t>
+  </si>
+  <si>
+    <t>pt 591-2026 - triênio Angela Di Bernardo Fernandes.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 590/2026</t>
+  </si>
+  <si>
+    <t>pt 590-2026 - promoção Matheus Poletto Dallagnol.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 589/2026</t>
+  </si>
+  <si>
+    <t>pt 589-2026 - alteração de nível JULIANA APARECIDA MUNIZ MADALOSSO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 588/2026</t>
+  </si>
+  <si>
+    <t>pt 588-2026 - comissão avaliação prime construtora e incorporadora.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 587/2026</t>
+  </si>
+  <si>
+    <t>pt 587-2026 - triênio LUCAS ALEX DIONÍSIO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 586/2026</t>
+  </si>
+  <si>
+    <t>Pt 586-2026 Concede triênio LUCIA LERIN GAMBA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 585/2026</t>
+  </si>
+  <si>
+    <t>pt 585-2026 Concede triênio FERNANDA PARISOTTO SLADEK.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 584/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>pt 584-2026 - licença pessoa da familia FRANCIELE BENEDETTI DA CRUZ.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 583/2026</t>
+  </si>
+  <si>
+    <t>pt 583-2026 - promoção Matheus Poletto Dall Agnol.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 582/2026</t>
+  </si>
+  <si>
+    <t>pt 582-2026 - triênio Valdemar José Mattiello.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 581/2026</t>
+  </si>
+  <si>
+    <t>pt 581-2026 - licença saúde Adir Klaus decorrente de acidente de trabalho.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 580/2026</t>
+  </si>
+  <si>
+    <t>pt 580-2026 - licença saúde Marisa Silva de Moraes.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 579/2026</t>
+  </si>
+  <si>
+    <t>pt 579-2026 - insalubridade Rafaela Lucas.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 578/2026</t>
+  </si>
+  <si>
+    <t>pt 578-2026 - auxílio-doença Andresa Toldi Sgarbossa.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 577/2026</t>
+  </si>
+  <si>
+    <t>pt 577-2026 - assiduidade Elisiane Mariuzza Bresolin.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 576/2026</t>
+  </si>
+  <si>
+    <t>pt 576-2026 - promoção ELISIANE MARIUZZA BRESOLIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 575/2026</t>
+  </si>
+  <si>
+    <t>pt 575-2026 - licença saúde ETIENE DEVILLA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 574/2026</t>
+  </si>
+  <si>
+    <t>pt 574-2026 - designa fiscal convênio.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 573/2026</t>
+  </si>
+  <si>
+    <t>pt 573-2026 - licença pessoa da família LENIR MARIA LEMES DA ROSA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 572/2026</t>
+  </si>
+  <si>
+    <t>pt 572-2026 - licença saúde SAIONARA MARQUES SOARES PIEROSAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 571/2026</t>
+  </si>
+  <si>
+    <t>Pt 571-2026 Prorroga licença pessoa da família DANIELA LORENZON NERVIS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 570/2026</t>
+  </si>
+  <si>
+    <t>pt 570-2026 - liença pessoa da família Fabiane Bandeira Alves.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 569/2026</t>
+  </si>
+  <si>
+    <t>pt 569-2026 Férias VILMAR DE ASSIS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 568/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>pt 568-2026 - triênio MORGANA MATTIELLO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 567/2026</t>
+  </si>
+  <si>
+    <t>pt 567-2026 - torna se efeito pt 561-2026 promoção NICOLE FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 566/2026</t>
+  </si>
+  <si>
+    <t>pt 566-2026 - torna sem efeito pt 560-2026 prêmio assiduidade NICOLE FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 565/2026</t>
+  </si>
+  <si>
+    <t>Pt 565-2026 Nomeação LETÍCIA TREMEA MAZUTTI - Assessor da Coordenadoria do Procon.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 564/2026</t>
+  </si>
+  <si>
+    <t>pt 564-2026 - estabilização EDIANE NERVIS CAVAGNOLI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 563/2026</t>
+  </si>
+  <si>
+    <t>p0t 563-2026 - prorroga licença pessoa da família Keterine de Barros Dorneles Serpa.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 562/2026</t>
+  </si>
+  <si>
+    <t>pt 562-2026 Concede férias ROGÉRIO GILMAR SCALCO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 561/2026</t>
+  </si>
+  <si>
+    <t>Pt 561-2026 Promoção NICOLE FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 560/2026</t>
+  </si>
+  <si>
+    <t>Pt 560-2026 Prêmio assiduidade NICOLE FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 559/2026</t>
+  </si>
+  <si>
+    <t>pt 559-2026 - comissão avaliação imóvel - Associação Dinos da Lama Moto Clube.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 558/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>pt 558-2026 - licença saúde IVALETE FÁTIMA DE LIMA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 557/2026</t>
+  </si>
+  <si>
+    <t>pt 557-2026 - prorroga licença pessoa da família LEONARDO BALDISSARELLI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 556/2026</t>
+  </si>
+  <si>
+    <t>pt 556-2026 - prorroga licença pessoa da família FRANCIELE NUNES DIAS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 555/2026</t>
+  </si>
+  <si>
+    <t>pt 555-2026 - prorroga auxílio-doença KARINA CASAGRANDE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 554/2026</t>
+  </si>
+  <si>
+    <t>pt 554-2026 - licença pessoa da família ELIANE DA SILVA SCHIEVENIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 553/2026</t>
+  </si>
+  <si>
+    <t>pt 553-2026 - licença saúde ROSANE CIVARDI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 552/2026</t>
+  </si>
+  <si>
+    <t>pt 552-2026 - revoga 5 dias pessoa da família SAIONARA SOARES MARQUES PIEROSAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 551/2026</t>
+  </si>
+  <si>
+    <t>pt 551-2026 - férias sem ônus DOLORES BORGES DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 550/2026</t>
+  </si>
+  <si>
+    <t>pt 550-2026 - licença nojo SAIONARA MARQUES SOARES PIEROSAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 549/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>pt 549-2026 - revoga pt 439-2026 designa ALEXANDRE LUIS CENI secretário da educação.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 548/2026</t>
+  </si>
+  <si>
+    <t>Pt 548-2026 Conce licença pessoa da família FRANCIELE NUNES DIAS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 547/2026</t>
+  </si>
+  <si>
+    <t>pt 547-2026 Concede licença pessoa da família FABIANA FRANCESCHINI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 546/2026</t>
+  </si>
+  <si>
+    <t>pt 546-2026 - prorroga licença pessoa da familia JAQUELINE GABIATTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 545/2026</t>
+  </si>
+  <si>
+    <t>pt 545-2026 - revoga férias Gustavo Marques.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 544/2026</t>
+  </si>
+  <si>
+    <t>pt 544-2026 - designa Gabriel Sartori para responder pela Secretaria de Segurança Pública durante as férias do titular.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 543/2026</t>
+  </si>
+  <si>
+    <t>pt 543-2026 - férias VILMAR LUIZ VICINIESKI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 542/2026</t>
+  </si>
+  <si>
+    <t>pt 542-2026 - férias Rejane Schievenin.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 541/2026</t>
+  </si>
+  <si>
+    <t>pt 541-2026 - férias MATHEUS ANDRÉ DA ROSA CRUZ.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 540/2026</t>
+  </si>
+  <si>
+    <t>pt 540-2026 - férias Camile Cesca.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 539/2026</t>
+  </si>
+  <si>
+    <t>pt 539-2026 - designa JULIANA FOSSÁ MASCHIO smash férias titular.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 538/2026</t>
+  </si>
+  <si>
+    <t>pt 538-2026 - férias EDEVANDRA ECCO ZENI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 537/2026</t>
+  </si>
+  <si>
+    <t>pt 537-2026 - gestor fiscal e suplente CA 30, 33 e 34-2026 chamada pública 01-2026.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 536/2026</t>
+  </si>
+  <si>
+    <t>pt 536-2026 Nomeação PRICILA CASAGRANDE VERARDI - professor de anos iniciais.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 535/2026</t>
+  </si>
+  <si>
+    <t>pt 535-2026 - redução de carga horária MORGANA EMANUELLA VIEIRA FOPPA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 534/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>Pt 534-2026 Concede férias ANA LUCIA LORENCETE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 533/2026</t>
+  </si>
+  <si>
+    <t>pt 533-2026 Concede licença saúde CLAUDIA ROSANA NERVIS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 532/2026</t>
+  </si>
+  <si>
+    <t>pt 532-2026 - prorroga licença pessoa da família CIBELE DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 531/2026</t>
+  </si>
+  <si>
+    <t>pt 531-2026 - torna sem efeito nomeação ELIANA MAIERI PINHEIRO BORTOLINI final da fila.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 530/2026</t>
+  </si>
+  <si>
+    <t>pt 530-2026 - gratificação qualificação profissional RAQUEL GONÇALVES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 529/2026</t>
+  </si>
+  <si>
+    <t>pt 529-2026 - convocação regime suplementar ROSANE CIVARDI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 528/2026</t>
+  </si>
+  <si>
+    <t>pt 528-2026 - exoneração VANESSA BRUGNERA SIMONATO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 527/2026</t>
+  </si>
+  <si>
+    <t>pt 527-2026 Exonera e nomeia fiscal contrato administrativo 88-2025 empresa DA CAPO ESCOLA DE MÚSICA LTDA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 526/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>pt 526-2026 Prorroga licença pessoa da família DANIELA LORENZON NERVIS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 525/2026</t>
+  </si>
+  <si>
+    <t>pt 525-2026 - revoga pt 2643-2025 adicional de insalubridade MARINA NUNES FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 524/2026</t>
+  </si>
+  <si>
+    <t>pt 524-2026 - licença saúde ETIENE DEVILLA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 523/2026</t>
+  </si>
+  <si>
+    <t>pt 523-2026 - prorroga licença pessoa da família NICOLE FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 522/2026</t>
+  </si>
+  <si>
+    <t>pt 522-2026 - auxílio-doença CARINA GARCIA LAPAZINI VIDOTTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 521/2026</t>
+  </si>
+  <si>
+    <t>pt 521-2026 - prorroga auxílio-doença VOLMIR FRANCESCHINI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 520/2026</t>
+  </si>
+  <si>
+    <t>pt 520-2026 - altera pt 510-2026 licença nojo ELIDA CRISTINA DE CAMARGO RODRIGUES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 519/2026</t>
+  </si>
+  <si>
+    <t>pt 519-2026 - retifica período de licença gestante TAIANA FATURI ELY.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 518/2026</t>
+  </si>
+  <si>
+    <t>pt 518-2026 - exonera e nomeia gestor CA 265-2025 REAL SEGURANÇA ELETRÔNICA LTDA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 517/2026</t>
+  </si>
+  <si>
+    <t>pt 517-2026 - licença pessoa da familia ANGELA DI BERNARDO FERNANDES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 516/2026</t>
+  </si>
+  <si>
+    <t>pt 516-2026 - férias TATIANE ZAMBAM.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 515/2026</t>
+  </si>
+  <si>
+    <t>pt 515-2026 - licença pessoa da família SANDRA TONIOLLI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 514/2026</t>
+  </si>
+  <si>
+    <t>pt 514-2026 - licença saúde SAMANTHA JEANNE DOS SANTOS PEREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 513/2026</t>
+  </si>
+  <si>
+    <t>pt 513-2026 - responsável siapes concursos e admissões ALEXANDRE LUIS CENI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 512/2026</t>
+  </si>
+  <si>
+    <t>pt 512-2026 - licença saúde JENNIFER BORGES DE OLIVEIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 511/2026</t>
+  </si>
+  <si>
+    <t>pt 511-2026 - promoção Daniela Baseggio.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 510/2026</t>
+  </si>
+  <si>
+    <t>pt 510-2026 Concede licença nojo ELIDA CRISTINA DE CAMARGO RODRIGUES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 509/2026</t>
+  </si>
+  <si>
+    <t>pt 509-2026 - revoga pt 607-2024 adicional de insalubridade LETICIA REDANTE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 508/2026</t>
+  </si>
+  <si>
+    <t>pt 508-2026 - nomeação Conselho Municipal de Meio Ambiente.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 507/2026</t>
+  </si>
+  <si>
+    <t>pt 507-2026 - comissão avaliação imóvel - locação Casa de Acolhimento.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 506/2026</t>
+  </si>
+  <si>
+    <t>pt 506-2026 - férias Eliane Tomé Moro.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 505/2026</t>
+  </si>
+  <si>
+    <t>pt 505-2026 - exoneração Juliana Aparecida Muniz Madalosso.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 504/2026</t>
+  </si>
+  <si>
+    <t>pt 504-2026 - ressarcimento despesas médicas Karine Bresolin Bosio.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -998,51 +989,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720539/images/original/pt 180-2026 - revoga f&#233;rias M&#225;rcia Moccellin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720538/images/original/pt 179-2026 - revoga 6 dias de f&#233;rias ageani cristina oliveira paula.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720537/images/original/extrato pt 178-2026 - PAE empresa PC 41 Com&#233;rcio Distribui&#231;&#227;o de Euqipamentos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720536/images/original/pt 177-2026 - autoriza Jessica Maria Miotto conduzir ve&#237;culos oficiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720535/images/original/pt 176-2026 - altera pt 3273-2025 f&#233;rias suprimir servidor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720534/images/original/pt 175-2026 - licen&#231;a pessoa da fam&#237;lia FABIANE NERVIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720533/images/original/pt 174-2026 - f&#233;rias TARCIA MASUTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720532/images/original/pt 173-2026 - f&#233;rias MATHEUS POLETTO DALLAGNOL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720530/images/original/pt 172-2026 - f&#233;rias Ana CArolina da Silva Telles.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720529/images/original/pt 171-2026 - f&#233;rias Josiane Bedin Patuzzi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720528/images/original/pt 170-2026 - f&#233;rias Anapaula Mariano Dalla Palma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720527/images/original/pt 169-2026 - f&#233;rias JOELSON COVER FULIGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720526/images/original/pt 168-2026 - promo&#231;&#227;o Iluminata Bertoncello Tizziani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720524/images/original/pt 167-2026 - tri&#234;nio DARIUCE LOPES SIMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720523/images/original/pt 166-2026 - gratifica&#231;&#227;o Coordena&#231;&#227;o Pedag&#243;gica Marina Nunes Ferreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720522/images/original/pt 165-2026 - revoga pt 384-2025 convoca&#231;&#227;o regime suplementar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/720521/images/original/pt 164-2026 - revoga pt 382-2025 regime suplementar coordena&#231;&#227;o pedag&#243;gica CLAUDIA MARA DA ROCHA QUADROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719783/images/original/pt 163-2026 - licen&#231;a sa&#250;de DANIELA FERNANDA CARDOSO FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719781/images/original/pt 162-2026 - f&#233;rias sem &#244;nus MATHEUS ANDR&#201; DA ROSA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719779/images/original/pt 161-2026 - prorroga aux&#237;lio-doen&#231;a ELISANDRA CARLA DONIDA NARDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719777/images/original/pt 160-2026 - prorroga aux&#237;lio-doen&#231;a EDILIA TERESINHA FORTUNATO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719776/images/original/pt 159-2026 - pr&#234;mio assiduidade MARLENE OLIVEIRA DE CEZARO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719775/images/original/pt 158-2026 - aux&#237;lio-doen&#231;a MACIEL DI DOMENICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719774/images/original/extrato pt 157-2026 - PAE empresa Marcelo de J. C. Ferreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719773/images/original/pt 156-2026 - pr&#234;mio assiduidade EDIANE NERVIS CAVAGNOLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719772/images/original/pt 155-2026 - f&#233;rias ALCEMERI SABADIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719262/images/original/pt 154-2026 - revoga f&#233;rias Leila Mezzomo Mantese.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719261/images/original/pt 153-2026 - premio assiduidade MARISTANE RENI LOREN&#199;O DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/719260/images/original/pt 152-2026 - assiduidade Lorena Poletto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718381/images/original/extrato pt 151-2026 - instaura&#231;&#227;o PAE Livaine Rosolen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718380/images/original/pt 150-2026 - tri&#234;nio DIANA VANUZA SAFT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718379/images/original/pt 149-2026 - autoriza FELIPE DE BRITTO CHITOLINA conduzir ve&#237;culos oficiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718378/images/original/pt 148-2026 - revoga f&#233;rias Natacha Moraes Gomes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718377/images/original/pt 147-2026 - tri&#234;nio Let&#237;cia Menezes de Lima Moraes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718376/images/original/pt 146-2026 - f&#233;rias Jovani Benvegnu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718375/images/original/pt 145-2026 - f&#233;rias Noeli Marilda Klaus Damaceno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718374/images/original/pt 144-2026 - f&#233;rias Renata Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718373/images/original/pt 143-2026 - revoga f&#233;rias Milene Bassani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718372/images/original/pt 142-2026 - gestor - fiscal e suplenete Contrato 01-2026 - Solution Solu&#231;&#245;es Integradas Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717913/images/original/pt 141-2026 - f&#233;rias CL&#193;UDIO GOMES SOARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717911/images/original/pt 140-2026 - licen&#231;a gestante TATIANA AVILA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717910/images/original/pt 139-2026 - revoga 05 dias de f&#233;rias CINTIA LAMONATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717024/images/original/pt 138-2026 - licen&#231;a sa&#250;de MARIA EDUARDA PELLIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717023/images/original/pt 137-2026 - extingue cota individual pens&#227;o GUILHERME RODRIGUEs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717022/images/original/pt 136-2026 - aux&#237;lio-doen&#231;a DAIANE ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717021/images/original/pt 135-2026 - prorroga aux&#237;lio-doen&#231;a ROBERTO ZANINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717020/images/original/pt 134-2026 - aux&#237;lio-doen&#231;a DAIANE ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717019/images/original/pt 133-2026 - aux&#237;lio-doen&#231;a PAULO RICARDO DA MOTTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717018/images/original/extrato pt 132-2026 - processo administrativo especial BAGGIO CONSTRU&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717017/images/original/pt 131-2026 - f&#233;rias EMILSO AGOSTINHO DE CONTO JUNIOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717016/images/original/pt 130-2026 - tri&#234;nio JAQUELINE GABIATTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717015/images/original/pt 129-2026 - altera pt 103-2026 delega compet&#234;ncia ALEXANDRE LUIS CENI ordenador despesa di&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/717014/images/original/pt 128-2026 - altera pt 98-2026 designa LAEXANDRE LUIS CENI secret&#225;rio da administra&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716467/images/original/pt 127-2026 - licen&#231;a pessoa da fam&#237;lia SHAIANE SOARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716466/images/original/pt 126-2026 - exonera&#231;&#227;o DORIVAL CHIODI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716459/images/original/pt 125-2026 - licen&#231;a nojo INGRID BORGES DA COSTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716458/images/original/pt 124-2026 - licen&#231;a nojo SHANA CLAUDIA DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716457/images/original/pt 123-2026 - revoga f&#233;rias GRASIELE CHITOLINA KNISPEL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716456/images/original/pt 122-2026 - revoga f&#233;rias CLAUDIA ROBERTA PERUTTO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716455/images/original/pt 121-2026 - revoga f&#233;rias KEITIANE LETICIA MANTEZE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716454/images/original/pt 120-2026 - f&#233;rias KELLEN ECCO DE BONA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716453/images/original/pt 119-2026 - revoga f&#233;rias FABIANA DE SOUZA TAFFAREL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716452/images/original/pt 118-2026 - revoga f&#233;rias RUTE SATHES DE BORBA GATTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716451/images/original/pt 117-2026 - revoga f&#233;rias PAMELA DA SILVA PORTES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716450/images/original/t 116-2026 - revoga f&#233;rias KELLY CRISTINA PRIORI RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716449/images/original/pt 115-2026 - revoga f&#233;rias SUSAN KELY CERUTTI MACHADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716439/images/original/pt 114-2026 - revoga f&#233;rias LUCIANE RUBETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716438/images/original/pt 113-2026 - revoga pt 1678-2025 gratifica&#231;&#227;o especial SIMONE VIEIRA CARDOSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/716437/images/original/pt 112-2026 - designa IVAN CESLESTINO DE SOUZA scret&#225;rio sem &#244;nus SCPDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714582/images/original/pt 111-2026 - licen&#231;a sa&#250;de VAGNER BORGES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714569/images/original/pt 110-2026 - prorroga aux&#237;lio-doen&#231;a KARINE BRESOLIN BOSIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714564/images/original/pt 109-2026 - retifica pt 3040-2025 - licen&#231;a sa&#250;de Karine Bresolin B&#243;sio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714558/images/original/pt 108-2026 - f&#233;rias JEFERSON REOLON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714548/images/original/extrato pt 107-2026 - PAE empresa Com&#233;rcio Atacadista Ilha Bela Distribuidora tda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714531/images/original/pt 106-2026 - f&#233;rias OSCAR LUIS BALBINOT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714523/images/original/pt 105-2026 - torna sem efeito pt 95-2026 - FG Ana Paula Melati Kohl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714510/images/original/pt 104-2026 - licen&#231;a pessoa da fam&#237;lia KETLIN BORGES DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714485/images/original/pt 103-2026 - delega compet&#226;ncia Alexandre Luis Ceni - ordenador despesa autoriza&#231;&#245;es di&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714476/images/original/extrato pt 102-2026 - sindic&#226;ncia investigat&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714466/images/original/pt 101-2026 - nomea&#231;&#227;o Jessica Maria Miotto - Assessor de Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714456/images/original/PT 100-2026 - licen&#231;a sa&#250;de TAIANA FATURI ELY.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714445/images/original/pt 99-2026 - revoga 03 dias de f&#233;rias MARCIO ARIENTI MISTURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714426/images/original/pt 98-2026 - designa Alexandre Luis Ceni Secret&#225;rio Administra&#231;&#227;o em exerc&#237;cio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714413/images/original/pt 97-2026 - licen&#231;a sa&#250;de CC - DORIVAL CHIODI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714403/images/original/extrato pt 96-2026 - adita pt 2972-2025 sindic&#226;ncia disciplinar MMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714391/images/original/pt 95-2026 - revoga FG Ana Paula Melati Kohl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714387/images/original/pt 94-2026 - torna sem efeito pt 74-2026 PAD MS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714383/images/original/pt 93-2026 - licen&#231;a gestante CAROLINA DE LIMA PIEREZAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714378/images/original/pt 92-2026 - licen&#231;a sa&#250;de Emely J&#250;lia Cassie dos Santos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714371/images/original/pt 91-2026 - exonera&#231;&#227;o MArcos Scalco - Assessor de Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714366/images/original/pt 90-2026 - exonera&#231;&#227;o ANA PAULA PIZZUTTI PACHECO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714358/images/original/pt 89-2026 - autoriza conduzir ve&#237;culo ANG&#201;LICA CRISTINA GHIGGI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714353/images/original/pt 88-2026 - tri&#234;nio TIAGO NOAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714350/images/original/pt 87-2026 - f&#233;rias AMANDA RIBEIRO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714342/images/original/pt 86-2026 - f&#233;rias CASSIO VALDIMIR FILIPIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714333/images/original/pt 85-2026 - f&#233;rias MARCELO RIBEIRO DE PAIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714326/images/original/pt 84-2026 - f&#233;rias ELENICE CELLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714321/images/original/pt 83-2026 - f&#233;rias EDUARDA TREMARIN BUSETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/714313/images/original/pt 82-2025 - f&#233;rias ALINE DEON.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/749359/images/original/pt 602-2026 - redu&#231;&#227;o carga hor&#225;ria Caline Balestro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/749358/images/original/pt 601-2026 - estabiliza&#231;&#227;o ANGELICA BAESSO CHITOLINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/749357/images/original/Pt 600-2026 Estabiliza&#231;&#227;o DIANDRA BATIROLA LEDUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/749355/images/original/pt 599-2026 Promo&#231;&#227;o ENISALETE DE PIZZOL UNGARATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/749350/images/original/pt 598-2026 - pr&#234;mio assiduidade ENI SALETE DE PIZZOL UNGARATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/749349/images/original/pt 597-2026 - ressarcimento KARINE BRESOLIN BOSIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748780/images/original/pt 596-2026 - aux&#237;lio para diferen&#231;a de caixa Michel Vilarinho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748781/images/original/pt 595-2026 - altera&#231;&#227;o de n&#237;vel CASSIA MARIA ORTOLAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748778/images/original/pt 594-2026 - promo&#231;&#227;o MARCIO ARIENTI MISTURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748777/images/original/pt 593-2026 - licen&#231;a pessoa da fam&#237;lia GREICI KELLI MIOTTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748774/images/original/pt 592-2026 retifica pt 484-2026 licen&#231;a sa&#250;de ELIANE FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748772/images/original/pt 591-2026 - tri&#234;nio Angela Di Bernardo Fernandes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748769/images/original/pt 590-2026 - promo&#231;&#227;o Matheus Poletto Dallagnol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748768/images/original/pt 589-2026 - altera&#231;&#227;o de n&#237;vel JULIANA APARECIDA MUNIZ MADALOSSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748767/images/original/pt 588-2026 - comiss&#227;o avalia&#231;&#227;o prime construtora e incorporadora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748762/images/original/pt 587-2026 - tri&#234;nio LUCAS ALEX DION&#205;SIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748760/images/original/Pt 586-2026 Concede tri&#234;nio LUCIA LERIN GAMBA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748759/images/original/pt 585-2026 Concede tri&#234;nio FERNANDA PARISOTTO SLADEK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748339/images/original/pt 584-2026 - licen&#231;a pessoa da familia FRANCIELE BENEDETTI DA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748338/images/original/pt 583-2026 - promo&#231;&#227;o Matheus Poletto Dall Agnol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748335/images/original/pt 582-2026 - tri&#234;nio Valdemar Jos&#233; Mattiello.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748334/images/original/pt 581-2026 - licen&#231;a sa&#250;de Adir Klaus decorrente de acidente de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748333/images/original/pt 580-2026 - licen&#231;a sa&#250;de Marisa Silva de Moraes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748332/images/original/pt 579-2026 - insalubridade Rafaela Lucas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748331/images/original/pt 578-2026 - aux&#237;lio-doen&#231;a Andresa Toldi Sgarbossa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748330/images/original/pt 577-2026 - assiduidade Elisiane Mariuzza Bresolin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748329/images/original/pt 576-2026 - promo&#231;&#227;o ELISIANE MARIUZZA BRESOLIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748327/images/original/pt 575-2026 - licen&#231;a sa&#250;de ETIENE DEVILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748326/images/original/pt 574-2026 - designa fiscal conv&#234;nio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748325/images/original/pt 573-2026 - licen&#231;a pessoa da fam&#237;lia LENIR MARIA LEMES DA ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748324/images/original/pt 572-2026 - licen&#231;a sa&#250;de SAIONARA MARQUES SOARES PIEROSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748317/images/original/Pt 571-2026  Prorroga licen&#231;a pessoa da fam&#237;lia DANIELA LORENZON NERVIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748316/images/original/pt 570-2026 - lien&#231;a pessoa da fam&#237;lia Fabiane Bandeira Alves.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/748315/images/original/pt 569-2026 F&#233;rias VILMAR DE ASSIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747832/images/original/pt 568-2026 - tri&#234;nio MORGANA MATTIELLO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747831/images/original/pt 567-2026 - torna se efeito pt 561-2026 promo&#231;&#227;o NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747826/images/original/pt 566-2026 - torna sem efeito pt 560-2026 pr&#234;mio assiduidade NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747825/images/original/Pt 565-2026 Nomea&#231;&#227;o LET&#205;CIA TREMEA MAZUTTI - Assessor da Coordenadoria do Procon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747823/images/original/pt 564-2026 - estabiliza&#231;&#227;o EDIANE NERVIS CAVAGNOLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747821/images/original/p0t 563-2026 - prorroga licen&#231;a pessoa da fam&#237;lia Keterine de Barros Dorneles Serpa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747819/images/original/pt 562-2026 Concede f&#233;rias ROG&#201;RIO GILMAR SCALCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747818/images/original/Pt 561-2026 Promo&#231;&#227;o NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747817/images/original/Pt 560-2026 Pr&#234;mio assiduidade NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747815/images/original/pt 559-2026 - comiss&#227;o avalia&#231;&#227;o im&#243;vel - Associa&#231;&#227;o Dinos  da Lama Moto Clube.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747353/images/original/pt 558-2026 - licen&#231;a sa&#250;de IVALETE F&#193;TIMA DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747352/images/original/pt 557-2026 - prorroga licen&#231;a pessoa da fam&#237;lia LEONARDO BALDISSARELLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747351/images/original/pt 556-2026 - prorroga licen&#231;a pessoa da fam&#237;lia FRANCIELE NUNES DIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747349/images/original/pt 555-2026 - prorroga aux&#237;lio-doen&#231;a KARINA CASAGRANDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747348/images/original/pt 554-2026 - licen&#231;a pessoa da fam&#237;lia ELIANE DA SILVA SCHIEVENIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747347/images/original/pt 553-2026 - licen&#231;a sa&#250;de ROSANE CIVARDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747346/images/original/pt 552-2026 - revoga 5 dias pessoa da fam&#237;lia SAIONARA SOARES MARQUES PIEROSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747345/images/original/pt 551-2026 - f&#233;rias sem &#244;nus DOLORES BORGES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/747343/images/original/pt 550-2026 - licen&#231;a nojo SAIONARA MARQUES SOARES PIEROSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746809/images/original/pt 549-2026 - revoga pt 439-2026 designa ALEXANDRE LUIS CENI secret&#225;rio da educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746808/images/original/Pt 548-2026 Conce licen&#231;a pessoa da fam&#237;lia FRANCIELE NUNES DIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746804/images/original/pt 547-2026 Concede licen&#231;a pessoa da fam&#237;lia FABIANA FRANCESCHINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746802/images/original/pt 546-2026 - prorroga licen&#231;a pessoa da familia JAQUELINE GABIATTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746801/images/original/pt 545-2026 - revoga f&#233;rias Gustavo Marques.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746799/images/original/pt 544-2026 - designa Gabriel Sartori para responder pela Secretaria de Seguran&#231;a P&#250;blica durante as f&#233;rias do titular.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746798/images/original/pt 543-2026 - f&#233;rias VILMAR LUIZ VICINIESKI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746797/images/original/pt 542-2026 - f&#233;rias Rejane Schievenin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746796/images/original/pt 541-2026 - f&#233;rias MATHEUS ANDR&#201; DA ROSA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746795/images/original/pt 540-2026 - f&#233;rias Camile Cesca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746794/images/original/pt 539-2026 - designa JULIANA FOSS&#193; MASCHIO smash f&#233;rias titular.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746793/images/original/pt 538-2026 - f&#233;rias EDEVANDRA ECCO ZENI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746792/images/original/pt 537-2026 - gestor fiscal e suplente CA 30, 33 e 34-2026 chamada p&#250;blica 01-2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746791/images/original/pt 536-2026 Nomea&#231;&#227;o PRICILA CASAGRANDE VERARDI - professor de anos iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746790/images/original/pt 535-2026 - redu&#231;&#227;o de carga hor&#225;ria MORGANA EMANUELLA VIEIRA FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746236/images/original/Pt 534-2026 Concede f&#233;rias ANA LUCIA LORENCETE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746234/images/original/pt 533-2026 Concede licen&#231;a sa&#250;de CLAUDIA ROSANA NERVIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746232/images/original/pt 532-2026 - prorroga licen&#231;a pessoa da fam&#237;lia CIBELE DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746230/images/original/pt 531-2026 - torna sem efeito nomea&#231;&#227;o ELIANA MAIERI PINHEIRO BORTOLINI final da fila.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746229/images/original/pt 530-2026 - gratifica&#231;&#227;o qualifica&#231;&#227;o profissional RAQUEL GON&#199;ALVES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746227/images/original/pt 529-2026 - convoca&#231;&#227;o regime suplementar ROSANE CIVARDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746225/images/original/pt 528-2026 - exonera&#231;&#227;o VANESSA BRUGNERA SIMONATO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/746224/images/original/pt 527-2026 Exonera e nomeia fiscal contrato administrativo 88-2025 empresa DA CAPO ESCOLA DE M&#218;SICA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745471/images/original/pt 526-2026 Prorroga licen&#231;a pessoa da fam&#237;lia DANIELA LORENZON NERVIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745470/images/original/pt 525-2026 - revoga pt 2643-2025 adicional de insalubridade MARINA NUNES FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745469/images/original/pt 524-2026 - licen&#231;a sa&#250;de ETIENE DEVILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745468/images/original/pt 523-2026 - prorroga licen&#231;a pessoa da fam&#237;lia NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745467/images/original/pt 522-2026 - aux&#237;lio-doen&#231;a CARINA GARCIA LAPAZINI VIDOTTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745466/images/original/pt 521-2026 - prorroga aux&#237;lio-doen&#231;a VOLMIR FRANCESCHINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745465/images/original/pt 520-2026 - altera pt 510-2026 licen&#231;a nojo ELIDA CRISTINA DE CAMARGO RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745464/images/original/pt 519-2026 - retifica per&#237;odo de licen&#231;a gestante TAIANA FATURI ELY.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745463/images/original/pt 518-2026 - exonera e nomeia gestor CA 265-2025 REAL SEGURAN&#199;A ELETR&#212;NICA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745462/images/original/pt 517-2026 - licen&#231;a pessoa da familia ANGELA DI BERNARDO FERNANDES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745461/images/original/pt 516-2026 - f&#233;rias TATIANE ZAMBAM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745460/images/original/pt 515-2026 - licen&#231;a pessoa da fam&#237;lia SANDRA TONIOLLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745459/images/original/pt 514-2026 - licen&#231;a sa&#250;de SAMANTHA JEANNE DOS SANTOS PEREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745458/images/original/pt 513-2026 - respons&#225;vel siapes concursos e admiss&#245;es ALEXANDRE LUIS CENI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745457/images/original/pt 512-2026 - licen&#231;a sa&#250;de JENNIFER BORGES DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745456/images/original/pt 511-2026 - promo&#231;&#227;o Daniela Baseggio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745454/images/original/pt 510-2026 Concede licen&#231;a nojo ELIDA CRISTINA DE CAMARGO RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745453/images/original/pt 509-2026 - revoga pt 607-2024 adicional de insalubridade LETICIA REDANTE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745452/images/original/pt 508-2026 - nomea&#231;&#227;o Conselho Municipal de Meio Ambiente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745451/images/original/pt 507-2026 - comiss&#227;o avalia&#231;&#227;o im&#243;vel - loca&#231;&#227;o Casa de Acolhimento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745450/images/original/pt 506-2026 - f&#233;rias Eliane Tom&#233; Moro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745449/images/original/pt 505-2026 - exonera&#231;&#227;o Juliana Aparecida Muniz Madalosso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/745448/images/original/pt 504-2026 - ressarcimento despesas m&#233;dicas Karine Bresolin Bosio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C100" sqref="C100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1096,1066 +1087,1066 @@
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
+        <v>42</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
+        <v>42</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
+        <v>42</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
+        <v>42</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
+        <v>75</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
+        <v>75</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
+        <v>75</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
+        <v>75</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
+        <v>96</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" t="s">
+        <v>96</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" t="s">
+        <v>96</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" t="s">
+        <v>96</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" t="s">
+        <v>96</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
+        <v>96</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" t="s">
+        <v>96</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" t="s">
+        <v>96</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" t="s">
+        <v>96</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" t="s">
         <v>115</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" s="1" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" t="s">
+        <v>115</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>119</v>
+      </c>
+      <c r="B57" t="s">
+        <v>115</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" t="s">
+        <v>115</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>123</v>
+      </c>
+      <c r="B59" t="s">
+        <v>115</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>125</v>
+      </c>
+      <c r="B60" t="s">
+        <v>115</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>127</v>
+      </c>
+      <c r="B61" t="s">
+        <v>115</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" t="s">
+        <v>115</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>131</v>
+      </c>
+      <c r="B63" t="s">
+        <v>115</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>133</v>
+      </c>
+      <c r="B64" t="s">
+        <v>115</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>135</v>
+      </c>
+      <c r="B65" t="s">
+        <v>115</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>137</v>
+      </c>
+      <c r="B66" t="s">
+        <v>115</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>139</v>
+      </c>
+      <c r="B67" t="s">
+        <v>115</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>141</v>
+      </c>
+      <c r="B68" t="s">
+        <v>115</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
+        <v>143</v>
+      </c>
+      <c r="B69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>145</v>
+      </c>
+      <c r="B70" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
+        <v>146</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
+        <v>150</v>
+      </c>
+      <c r="B72" t="s">
+        <v>146</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
+        <v>152</v>
+      </c>
+      <c r="B73" t="s">
+        <v>146</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
+        <v>154</v>
+      </c>
+      <c r="B74" t="s">
+        <v>146</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
+        <v>156</v>
+      </c>
+      <c r="B75" t="s">
+        <v>146</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
+        <v>158</v>
+      </c>
+      <c r="B76" t="s">
+        <v>146</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>160</v>
+      </c>
+      <c r="B77" t="s">
+        <v>146</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
+        <v>162</v>
+      </c>
+      <c r="B78" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>165</v>
       </c>
       <c r="B79" t="s">
+        <v>163</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>167</v>
+      </c>
+      <c r="B80" t="s">
+        <v>163</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
+        <v>169</v>
+      </c>
+      <c r="B81" t="s">
+        <v>163</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
+        <v>171</v>
+      </c>
+      <c r="B82" t="s">
+        <v>163</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
+        <v>173</v>
+      </c>
+      <c r="B83" t="s">
+        <v>163</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
+        <v>175</v>
+      </c>
+      <c r="B84" t="s">
+        <v>163</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>177</v>
+      </c>
+      <c r="B85" t="s">
+        <v>163</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
+        <v>179</v>
+      </c>
+      <c r="B86" t="s">
+        <v>163</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B87" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B88" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B89" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B90" t="s">
+        <v>163</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B91" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B92" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B93" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B94" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B95" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B96" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B97" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B98" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B99" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B100" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>