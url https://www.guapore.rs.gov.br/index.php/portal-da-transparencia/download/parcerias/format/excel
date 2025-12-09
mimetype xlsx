--- v0 (2025-10-20)
+++ v1 (2025-12-09)
@@ -12,104 +12,119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>“FORTALECENDO VIDAS: ACOLHIMENTO E TRANSFORMAÇÃO”</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>Plano de Trabalho</t>
+  </si>
+  <si>
+    <t>Viabilidade</t>
+  </si>
+  <si>
+    <t>Lei 4744</t>
+  </si>
+  <si>
+    <t>Termo Colaboração</t>
+  </si>
+  <si>
     <t>Termo de Colaboração para realização do projeto “CUIDADOS COM A PESSOA IDOSA”</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>Lei 4702</t>
   </si>
   <si>
-    <t>Viabilidade</t>
-[...1 lines deleted...]
-  <si>
     <t>Termo de Colaboração</t>
   </si>
   <si>
-    <t>Plano de Trabalho</t>
+    <t>1º Termo Aditivo</t>
   </si>
   <si>
     <t>Termo de Colaboração para o projeto “VÍNCULOS QUE TRANSFORMAM”,</t>
   </si>
   <si>
     <t>03/07/2025</t>
   </si>
   <si>
     <t>Projeto entidade</t>
   </si>
   <si>
     <t>Viabilidade parceria</t>
   </si>
   <si>
     <t>Lei 4688/2025</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO para realização do projeto “BRINCAR E SOCIALIZAR PARA TRANSFORMAR”</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
     <t>Lei 4667/2025</t>
   </si>
   <si>
-    <t>Termo Colaboração</t>
+    <t>1º TERMO ADITIVO</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO para realização do projeto “TODOS UNIDOS POR UMA GUAPORÉ MAIS SEGURA”</t>
   </si>
   <si>
     <t>15/04/2025</t>
   </si>
   <si>
     <t>Lei 4657/2025</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO para realização do projeto “EDUCAR PARA TRANSFORMAR”</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>Termo de Colaboração nº 01/2025</t>
   </si>
   <si>
     <t>Nota Técnica</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO nº 21 para realização do projeto “ATENDIMENTO INTEGRAL A PESSOA IDOSA</t>
   </si>
@@ -305,53 +320,50 @@
   <si>
     <t>NOTA TECNICA</t>
   </si>
   <si>
     <t>LEI 4520/2024</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO para realização do projeto “TRANSMITIR CONHECIMENTO ATRAVÉS DO PROCESSO EDUCACIONAL, APAE</t>
   </si>
   <si>
     <t>26/03/2024</t>
   </si>
   <si>
     <t>LEI 4437/ 2023</t>
   </si>
   <si>
     <t>TERMO COLABORAÇÃO APAE</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO Nº 01/2024 - ASSOCIAÇÃO BENEFICENTE SÃO CARLOS - LAR DA CRIANÇA PRIMO E PALMIRA</t>
   </si>
   <si>
     <t>21/03/2024</t>
   </si>
   <si>
-    <t>1º Termo Aditivo</t>
-[...1 lines deleted...]
-  <si>
     <t>TERMO DE COLABORAÇÃO Nº 14/2023 - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE GUAPORÉ - APAE</t>
   </si>
   <si>
     <t>26/12/2023</t>
   </si>
   <si>
     <t>LEI 4485/2023</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO Nº 13/2023 - ASSOCIAÇÃO BENEFICENTE SÃO CARLOS – LAR DA CRIANÇA PRIMO E PALMIRA PANDOLFO</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO Nº 12/2023 - ASSOCIAÇÃO EDUCACIONAL E BENEFICENTE SÃO CARLOS</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO Nº 11/2023 - ASSOCIAÇÃO AMIGOS DE SANTA RITA</t>
   </si>
   <si>
     <t>17/11/2023</t>
   </si>
   <si>
     <t>Lei 4465/2023</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO Nº 10/2023 - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE GUAPORÉ - APAE</t>
@@ -476,53 +488,50 @@
   <si>
     <t>13/12/2022</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO Nº 21/2022 - ASSOCIAÇÃO DE PAIS E AMIGOS DO GRUPO DE ESCOTEIROS NACÊ</t>
   </si>
   <si>
     <t>06/10/2022</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO Nº 21/2022</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO Nº 23/2022 - CENTRO OCUPACIONAL BRUNO JOSÉ CAMPOS – HORTA COMUNITÁRIA</t>
   </si>
   <si>
     <t>04/10/2022</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO Nº 23/2022</t>
   </si>
   <si>
-    <t>1º TERMO ADITIVO</t>
-[...1 lines deleted...]
-  <si>
     <t>TERMO DE FOMENTO Nº 18/2022 - GRUPO DA MELHOR IDADE PAZ E AMOR</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO N 18/2022</t>
   </si>
   <si>
     <t>OFICIO</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO Nº 22/2022 - APAE – ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS</t>
   </si>
   <si>
     <t>28/09/2022</t>
   </si>
   <si>
     <t>11º TERMO ADITIVO</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO Nº 22/2022</t>
   </si>
   <si>
     <t>TERMO DE FOMENTO Nº 20/2022 - LIGA FEMININA DE COMBATE AO CANCER DE GUAPORÉ</t>
   </si>
   <si>
     <t>27/09/2022</t>
@@ -918,53 +927,50 @@
     <t>Termo de Fomento nº 12/2020</t>
   </si>
   <si>
     <t>Termo de Fomento nº 12/2020.</t>
   </si>
   <si>
     <t>Termo de Fomento nº 11/2020</t>
   </si>
   <si>
     <t>12/06/2020</t>
   </si>
   <si>
     <t>Termo de Fomento nº 11/2020.</t>
   </si>
   <si>
     <t>Termo de Fomento nº 10/2020</t>
   </si>
   <si>
     <t>Termo de Fomento nº 10/2020.</t>
   </si>
   <si>
     <t>Termo de Fomento nº 09/2020</t>
   </si>
   <si>
     <t>Termo de Fomento nº 08/2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>Termo de Fomento nº 07/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1271,62 +1277,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625684/images/original/Lei 4702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625685/images/original/Viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625686/images/original/LAR SANTA RITA n&#186; 05 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625687/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605592/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605593/images/original/VIABILIDADE PARCERIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605595/images/original/LEI 4688 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605596/images/original/TERMO LAR PRIMO E PALMIRA N&#186; 04 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584795/images/original/An&#225;lise de viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584796/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584800/images/original/Lei_4667_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584801/images/original/Termo Colabora&#231;&#227;o Horta Comunitaria n&#186; 03 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552693/images/original/Viabilidade T&#233;cnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552694/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552696/images/original/Termo de Colabora&#231;&#227;o Consepro n&#186; 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552697/images/original/Lei_4657_2025_Termo_de_Colaboracao_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526812/images/original/Plano_de_Trabalho_Proj_Educar_para_Transformar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526813/images/original/Termo colabora&#231;&#227;o n&#186; 01 Apae - fundeb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526815/images/original/NOTA T&#201;CNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511782/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511783/images/original/LEI 4622 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511785/images/original/TERMO DE COLABORA&#199;&#195;O SANTA RITA n&#186; 21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511786/images/original/VIABILIDADE_SANTA_RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496589/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496590/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496592/images/original/LEI 4567 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496593/images/original/TERMO_DE_COLABORACAO_RECANTO_DA_AMIZADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/508556/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467715/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467712/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 12 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467713/images/original/PROJETO ENTIDADE 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467714/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467707/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467706/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 06 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467711/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466652/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 19 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466655/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466656/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466657/images/original/LEI 4557 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466648/images/original/TERMO DE COLABORA&#199;&#195;O APAE 100 N&#186; 18 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466649/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466650/images/original/PLANO DE TRABALHO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466651/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466643/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466638/images/original/TERMO DE COLABORA&#199;&#195;O APAE N&#186; 17 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466644/images/original/PLANO DE TRABALHO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466645/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464690/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 16 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464703/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464704/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464705/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464681/images/original/TERMO DE COLABORA&#199;&#195;O LAR SANTA RITA N&#186; 15 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464683/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464684/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464688/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511246/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464676/images/original/TERMO DE COLABORA&#199;&#195;O HORTA COMUNIT&#193;RIA N&#186; 14 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464678/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464709/images/original/JUSTIFICATIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464712/images/original/LEI 4555 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/509216/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463224/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 11 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467693/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467694/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467695/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463201/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 10 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467696/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467698/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467699/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463195/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 09 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467701/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467702/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467703/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463189/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 08 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467687/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467688/images/original/PLANO DE TRABALHO 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467689/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511245/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463186/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 07 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467690/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467691/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467692/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507309/images/original/ADITIVO N&#186; 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463158/images/original/TERMO_DE_COLABORACAO_CONSEPRO N&#186; 05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467681/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467682/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467685/images/original/Plano_de_Trabalho_2024_Convenio_PREFEITURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463157/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 13 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467677/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467678/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467679/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414517/images/original/Nota T&#233;cnica 012024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414516/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414518/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414519/images/original/TERMO DE COLABORACAO APAE N&#186; 03 2024 .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412974/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412975/images/original/NOTA TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412976/images/original/LEI 4437 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413703/images/original/Termo colabora&#231;&#227;o n&#186; 02 Apae - fundeb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411971/images/original/PLANO DE A&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411972/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411973/images/original/TERMO DE FOMENTO N&#186; 01 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497695/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390509/images/original/Termo de Colabora&#231;&#227;o N&#186; 14 - APAE - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390513/images/original/1_APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390511/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390512/images/original/APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390508/images/original/Termo de Colabora&#231;&#227;o N&#186; 13 - LAR PRIMO E PALMIRA - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390505/images/original/5_LAR_PRIMO_E_PALMIRA_PANDOLFO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390506/images/original/Lar Primo e Palmira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390507/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390501/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390500/images/original/Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390499/images/original/Termo de Colabora&#231;&#227;o N&#186; 12 - Assoc. S&#227;o Carlos - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390503/images/original/2_SCALABRINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411445/images/original/Plano_de_Trabalho_Associacao_Amigos_de_Santa_Rita_R_11_700_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411448/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411449/images/original/Lei_4465_2023_termo_de_colaboracao_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_11_700_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411451/images/original/PARECER_TECNICO_SANTA_RITA_11_70000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390493/images/original/PLANO_DE_TRABALHO_26_09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390492/images/original/Termo colabora&#231;&#227;o Apae - 10 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390491/images/original/Lei_4467_2023_termo_de_colaboracao_APAE_R_31_724_00_FNAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390490/images/original/VIABILIDADE_APAE_31_724_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349760/images/original/Associacao_dos_Idosos_Recanto_da_Amizade_plano_de_trabalho_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349759/images/original/Parecer T&#233;cnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349758/images/original/Lei_4450_2023_termo_de_colaboracao_ASSOCIACAO_DOS_IDOSOS_RECANTO_DA_AMIZADE_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349757/images/original/TERMO RECANTO DA AMIZADE Termo de Colabora&#231;&#227;o N&#186; 09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349752/images/original/2023_08_21_Plano_de_Trabalho_CONSEPRO_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349753/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349751/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 08-2023 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349749/images/original/Lei_4454_2023_termo_de_colaboracao_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349745/images/original/Santa_Rita - PARECER T&#201;CNICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349744/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349743/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349742/images/original/Lei_4458_2023_Termo_de_colaboracao_LAR_SANTA_RITA_R_80_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349673/images/original/Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349672/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349671/images/original/TERMO DE COLABORA&#199;&#195;O HORTA COMUNITARIA N&#186; 06-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349670/images/original/Lei_4451_2023_termo_de_colaboracao_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318613/images/original/03_Nota_Tecnica_APAE.docx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318616/images/original/Plano_de_trabalho_Qualificacao_do_atendimento_da_pessoa_com_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318615/images/original/Lei_4430_2023_termo_de_colaboracao_APAE_R_44_500_00_FNAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318614/images/original/Termo colabora&#231;&#227;o Apae.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318610/images/original/Termo colabora&#231;&#227;o Apae - fundeb.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318611/images/original/Plano_de_trabalho_Fundebb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318607/images/original/Nota_tecnica_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318608/images/original/Nota_tecnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318609/images/original/Nota_tecnica_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318606/images/original/Lei_4437_2023_termo_de_colaboracao_APAE_FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318605/images/original/Associacao_Amigos_de_Santa_Rita_recursos_R_120_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318604/images/original/Lei_4423_2023_Termo_de_Colaboracao_SANTA_RITA_R_120_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318603/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318602/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318600/images/original/PAC_plano_de_trabalho_anexo_I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318601/images/original/PAC_parecer_tecnico_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318599/images/original/Termo de Colabora&#231;&#227;o PAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318598/images/original/Lei_4418_2023_termo_de_colaboracao_PAC_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291930/images/original/JUSTIFICATIVA Inexigibilidade.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291929/images/original/Projeto_Qualificacao_da_Educacao_Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291928/images/original/TERMO DE COLABORACAO APAE.docx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291931/images/original/Lei_4392_2023_termo_de_colaboracao_APAE_R_85_000_00_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257231/images/original/Associacao_Amigos_de_Santa_Rita_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257230/images/original/TERMO DE FOMENTO n&#186; 24 2022.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257228/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257229/images/original/Lei_4361_2022_termo_de_fomento_Associacao_Amigos_Santa_Rita_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238751/images/original/Plano_de_trabalho_Grupo_Escoteiro_Nace_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238750/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238748/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238749/images/original/TERMO DE FOMENTO N&#186; 21 - ESCOTEIROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238784/images/original/Plano_de_Trabalho_Horta_Comunitaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238782/images/original/TERMO DE FOMENTO N&#186; 23 2022 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238783/images/original/Lei_4312_2022_Termo_de_fomento_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238780/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238781/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238365/images/original/Lei_4290_2022_Termo_de_Fomento_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238363/images/original/TERMO DE FOMENTO N&#186;  18 2022 Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238362/images/original/JUSTIFICATIVA Inexigibilidade Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238368/images/original/Oficio Grupo_da_Melhor_Idade_Paz_e_Amor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238367/images/original/Plano_de_Trabalho_GRUPO_DA_MAIOR_IDADE_PAZ_E_AMOR_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238366/images/original/Lei_4321_2022_altera_Lei_4290_2022_TERMO_DE_FOMENTO_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238779/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238778/images/original/APAE_Comdica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238775/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238774/images/original/TERMO DE FOMENTO N&#186; 22 DE 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238776/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238377/images/original/Liga_Feminina_de_Combate_ao_Cancer_solicita_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238376/images/original/Lei_4309_2022_TERMO_DE_FOMENTO_LIGA_FEMININA_DE_COMBATE_AO_CANCER_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238375/images/original/TERMO DE FOMENTO n&#186; 20 2022 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238374/images/original/JUSTIFICATIVA Inexigibilidade Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238372/images/original/Plano_de_Trabalho_Coral_Comunicacao_Unicanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238371/images/original/Lei_4328_2022_TERMO_DE_FOMENTO_CORAL_COMUNICACAO_UNICANTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238369/images/original/JUSTIFICATIVA Inexigibilidade Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238370/images/original/TERMO DE FOMENTO N&#186;  19 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238339/images/original/JUSTIFICATIVA Inexigibilidade - Caripaiguaras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238340/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238341/images/original/TERMO DE FOMENTO N&#186; 16 2022 - Caripaiguaras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238343/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238347/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238344/images/original/03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238346/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238348/images/original/02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238342/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238338/images/original/Plano_de_Trabalho_AGE_recursos_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238337/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238333/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238334/images/original/TERMO DE FOMENTO n&#186; 15 2022 AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238318/images/original/Plano_de_Trabalho_Associacao_Amigos_de_Santa_Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238317/images/original/Lei_4325_2022_termo_de_fomento_Associacao_Amigos_Santa_Rita_R_30_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238316/images/original/TERMO DE FOMENTO n&#186; 13 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238315/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238311/images/original/JUSTIFICATIVA Inexigibilidade - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238310/images/original/TERMO DE FOMENTO N&#186; 12 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238308/images/original/Plano_de_trabalho_Lar_da_Crianca_Primo_e_Palmira_Pandolfo_R_24_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238307/images/original/Lei_4293_2022_Termo_de_Fomento_ASSOCIACAO_BENEFICENTE_SAO_CARLOS_LAR_PRIMO_E_PALMIRA_PANDOLFO_R_24_00000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238309/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238383/images/original/Plano_de_trabalho_Grupo_da_Melhor_Idade_Paz_e_Amor_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238382/images/original/Lei_4320_2022_termo_de_colabotacao_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238380/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 01- 2022 - Melhor idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238381/images/original/JUSTIFICATIVA Inexigibilidade Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238357/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238356/images/original/Lei_4331_2022_altera_artigo_5_da_Lei_4314_2022_Termo_de_Fomento_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238355/images/original/Lei_4314_2022_TERMO_DE_FOMENTO_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238352/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238353/images/original/JUSTIFICATIVA Inexigibilidade.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238354/images/original/TERMO DE FOMENTO N&#186; 17 2022 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238326/images/original/Projeto_Sol_e_Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238325/images/original/Lei_4310_2022_TERMO_DE_FOMENTO_ASSOCIACAO_SOL_E_LUA_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238323/images/original/JUSTIFICATIVA Inexigibilidade Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238324/images/original/TERMO DE FOMENTO N&#186; 14- 2022 - Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238301/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238305/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238304/images/original/Lei 4311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238302/images/original/TERMO DE FOMENTO N&#186; 11 2022 - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238300/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238299/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238298/images/original/TERMO DE FOMENTO N&#186; 10 2022 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238297/images/original/JUSTIFICATIVA Inexigibilidade - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219419/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219418/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219417/images/original/TERMO DE FOMENTO N&#186; 09 2022 - CPM Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219416/images/original/JUSTIFICATIVA Inexigibilidade - Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219415/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219414/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219412/images/original/JUSTIFICATIVA Inexigibilidade Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219413/images/original/TERMO DE FOMENTO N&#186; 08 2022 - Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219410/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219408/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - CPM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219411/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219409/images/original/TERMO DE FOMENTO N&#186; 07 2022 - CPM Concei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219407/images/original/Lar_da_Crianca_Plano_de_Trabalho_2022_2_ (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219405/images/original/TERMO DE FOMENTO N&#186; 06 2022 - Lar Primo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219406/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219404/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219403/images/original/LEI 4277.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219402/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219400/images/original/TERMO DE FOMENTO N&#186; 05 2022 - PAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219399/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219397/images/original/CTG_Estirpe_Gaucha_plano_de_trabalho_recursos_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219396/images/original/TERMO DE FOMENTO n&#186; 04 2022 Estirpe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219395/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219394/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219391/images/original/Lei 4262.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219390/images/original/JUSTIFICATIVA Inexigibilidade - Mostra Guapor&#233;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219393/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219392/images/original/TERMO DE FOMENTO n&#186; 03 2022 - Mostra Guapor&#233;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219389/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219388/images/original/TERMO DE FOMENTO n&#186; 02 2022 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219387/images/original/Lei 4260-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219386/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219385/images/original/Plano_de_trabalho_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219384/images/original/TERMO DE FOMENTO n&#186; 01 2022 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219383/images/original/Lei 4255-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219382/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219429/images/original/TERMO DE FOMENTO n&#186; 17 2021 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219428/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219427/images/original/Plano de trabalho - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219426/images/original/TERMO DE FOMENTO n&#186; 16 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219425/images/original/Lei_4226_2021_termo_de_fomento_Associacao_Amigos_Santa_Rita_e_Associacao_Idosos_Recanto_da_Amizade_deducoes_Imposto_de_Renda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219424/images/original/JUSTIFICATIVA Inexigibilidade - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219423/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219422/images/original/TERMO DE FOMENTO n&#186; 15 2021 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219421/images/original/Lei_4226_2021_termo_de_fomento_Associacao_Amigos_Santa_Rita_e_Associacao_Idosos_Recanto_da_Amizade_deducoes_Imposto_de_Renda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219420/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168836/images/original/Lei_4219_2021_TERMO_DE_FOMENTO_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_20_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168838/images/original/Plano_de_Trabalho_Santa_Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168835/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168837/images/original/TERMO DE FOMENTO n&#186; 14 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168831/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168828/images/original/Hort_Comunitaria_Plano_de_Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168826/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168827/images/original/TERMO DE FOMENTO n&#186; 13 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168825/images/original/Termo de Apostilamento 01 TF 13 2021 Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168814/images/original/Lei_4220_2021_TERMO_DE_FOMENTO_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_R_20_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168815/images/original/Plano_Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168812/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168813/images/original/TERMO DE FOMENTO n&#186; 12 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168816/images/original/Termo de Apostilamento 01 TF 12 2021 Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168807/images/original/Lei_4218_2021_TERMO_DE_FOMENTO_LIGA_FEMININA_DE_COMBATE_AO_CANCER_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168808/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168805/images/original/JUSTIFICATIVA Inexigibilidade Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168809/images/original/TERMO DE FOMENTO n&#186; 11 2021 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168806/images/original/Termo de Apostilamento 01 TF 11 2021 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166365/images/original/TERMO DE FOMENTO ESTIRPE GAUCHA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166340/images/original/NOVO TERMO DE FOMENTO n&#186; 19 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168918/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170527/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170525/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170526/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/174060/images/original/PRESTA&#199;&#195;O DE CONTAS SOL E LUA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154156/images/original/Lei 4197.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154158/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154159/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154157/images/original/TERMO DE FOMENTO n&#186; 08 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154153/images/original/Lei 4183.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154155/images/original/Plano de Trabalho 2021 - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154152/images/original/JUSTIFICATIVA Inexigibilidade - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154154/images/original/TERMO DE FOMENTO n&#186; 07 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154149/images/original/Lei 4188.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154151/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154148/images/original/JUSTIFICATIVA Inexigibilidade Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154150/images/original/TERMO DE FOMENTO n&#186; 06 2021 - Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154145/images/original/Lei n 4185.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154147/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154144/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154146/images/original/TERMO DE FOMENTO n&#186; 05 2021 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142961/images/original/LEI 4175.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142962/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142963/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142964/images/original/TERMO DE FOMENTO n&#186; 04 2021 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142958/images/original/Plano de Trabalho Centro Ocupacional Bruno Jos&#233; Campos - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142957/images/original/LEI 4182-21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142959/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142960/images/original/TERMO DE FOMENTO n&#186; 03 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140848/images/original/Lei 4168-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140849/images/original/Plano de Trabalho 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140850/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140851/images/original/TERMO DE FOMENTO n&#186; 02 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140844/images/original/Lei 4170-21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140845/images/original/Plano de trabalho de Guapor&#233; 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140846/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140847/images/original/TERMO DE FOMENTO n&#186; 01 2021 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127699/images/original/JUSTIFICATIVA Inexigibilidade - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127700/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127701/images/original/Plano de trabalho - MELHORANDO O ATENDIMENTO AO IDOSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127765/images/original/TERMO DE FOMENTO n&#186; 24 2020 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126770/images/original/Plano de Trabalho - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126771/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126772/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126858/images/original/TERMO DE FOMENTO n&#186; 23 2020 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114962/images/original/TERMO DE FOMENTO n&#186; 22 2020 CPM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114961/images/original/TERMO DE FOMENTO n&#186; 21 2020 Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114960/images/original/TERMO DE FOMENTO n&#186; 20 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114958/images/original/TERMO DE FOMENTO n&#186; 19 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114957/images/original/TERMO DE FOMENTO n&#186; 18 2020 Escoteiros Nac&#234;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114956/images/original/TERMO DE FOMENTO n&#186; 17 2020 CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114955/images/original/TERMO DE FOMENTO n&#186; 16 2020 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114948/images/original/TERMO DE FOMENTO n&#186; 15 2020 AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114947/images/original/TERMO DE FOMENTO n&#186; 14 2020 - Caripaiguar&#225;s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114922/images/original/TERMO DE FOMENTO n&#186; 13 2020 - Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114921/images/original/TERMO DE FOMENTO n&#186; 12 2020 Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114918/images/original/TERMO DE FOMENTO n&#186; 11 2020 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114917/images/original/TERMO DE FOMENTO n&#186; 10 2020 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114916/images/original/TERMO DE FOMENTO n&#186; 09 2020 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114301/images/original/TERMO DE FOMENTO n&#186; 08 2020 - Col&#233;gio Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114261/images/original/TERMO DE FOMENTO n&#186; 07 2020 Lar Santa Rita.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670998/images/original/Plano_de_trabalho_projeto_fortalecendo_vidas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670995/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670997/images/original/Lei_4744_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670996/images/original/TERMO COLOCABORA&#199;&#195;O APAE N&#186; 06 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625684/images/original/Lei 4702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625685/images/original/Viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625686/images/original/LAR SANTA RITA n&#186; 05 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625687/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/677328/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605592/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605593/images/original/VIABILIDADE PARCERIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605595/images/original/LEI 4688 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605596/images/original/TERMO LAR PRIMO E PALMIRA N&#186; 04 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584801/images/original/Termo Colabora&#231;&#227;o Horta Comunitaria n&#186; 03 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584800/images/original/Lei_4667_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584796/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584795/images/original/An&#225;lise de viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/685853/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552693/images/original/Viabilidade T&#233;cnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552694/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552696/images/original/Termo de Colabora&#231;&#227;o Consepro n&#186; 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552697/images/original/Lei_4657_2025_Termo_de_Colaboracao_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526812/images/original/Plano_de_Trabalho_Proj_Educar_para_Transformar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526813/images/original/Termo colabora&#231;&#227;o n&#186; 01 Apae - fundeb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526815/images/original/NOTA T&#201;CNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511782/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511783/images/original/LEI 4622 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511785/images/original/TERMO DE COLABORA&#199;&#195;O SANTA RITA n&#186; 21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511786/images/original/VIABILIDADE_SANTA_RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496589/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496590/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496592/images/original/LEI 4567 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496593/images/original/TERMO_DE_COLABORACAO_RECANTO_DA_AMIZADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/508556/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467715/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467712/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 12 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467713/images/original/PROJETO ENTIDADE 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467714/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467707/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467706/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 06 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467711/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466652/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 19 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466655/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466656/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466657/images/original/LEI 4557 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466648/images/original/TERMO DE COLABORA&#199;&#195;O APAE 100 N&#186; 18 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466649/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466650/images/original/PLANO DE TRABALHO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466651/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466643/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466638/images/original/TERMO DE COLABORA&#199;&#195;O APAE N&#186; 17 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466644/images/original/PLANO DE TRABALHO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466645/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464690/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 16 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464703/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464704/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464705/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464681/images/original/TERMO DE COLABORA&#199;&#195;O LAR SANTA RITA N&#186; 15 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464683/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464684/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464688/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511246/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464676/images/original/TERMO DE COLABORA&#199;&#195;O HORTA COMUNIT&#193;RIA N&#186; 14 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464678/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464709/images/original/JUSTIFICATIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464712/images/original/LEI 4555 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/509216/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463224/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 11 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467693/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467694/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467695/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463201/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 10 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467696/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467698/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467699/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463195/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 09 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467701/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467702/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467703/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463189/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 08 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467687/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467688/images/original/PLANO DE TRABALHO 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467689/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511245/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463186/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 07 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467690/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467691/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467692/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507309/images/original/ADITIVO N&#186; 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463158/images/original/TERMO_DE_COLABORACAO_CONSEPRO N&#186; 05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467681/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467682/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467685/images/original/Plano_de_Trabalho_2024_Convenio_PREFEITURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463157/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 13 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467677/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467678/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467679/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414517/images/original/Nota T&#233;cnica 012024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414516/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414518/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414519/images/original/TERMO DE COLABORACAO APAE N&#186; 03 2024 .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412974/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412975/images/original/NOTA TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412976/images/original/LEI 4437 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413703/images/original/Termo colabora&#231;&#227;o n&#186; 02 Apae - fundeb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411971/images/original/PLANO DE A&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411972/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411973/images/original/TERMO DE FOMENTO N&#186; 01 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497695/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390509/images/original/Termo de Colabora&#231;&#227;o N&#186; 14 - APAE - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390513/images/original/1_APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390511/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390512/images/original/APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390508/images/original/Termo de Colabora&#231;&#227;o N&#186; 13 - LAR PRIMO E PALMIRA - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390505/images/original/5_LAR_PRIMO_E_PALMIRA_PANDOLFO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390506/images/original/Lar Primo e Palmira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390507/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390501/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390500/images/original/Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390499/images/original/Termo de Colabora&#231;&#227;o N&#186; 12 - Assoc. S&#227;o Carlos - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390503/images/original/2_SCALABRINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411445/images/original/Plano_de_Trabalho_Associacao_Amigos_de_Santa_Rita_R_11_700_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411448/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411449/images/original/Lei_4465_2023_termo_de_colaboracao_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_11_700_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411451/images/original/PARECER_TECNICO_SANTA_RITA_11_70000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390493/images/original/PLANO_DE_TRABALHO_26_09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390492/images/original/Termo colabora&#231;&#227;o Apae - 10 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390491/images/original/Lei_4467_2023_termo_de_colaboracao_APAE_R_31_724_00_FNAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390490/images/original/VIABILIDADE_APAE_31_724_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349760/images/original/Associacao_dos_Idosos_Recanto_da_Amizade_plano_de_trabalho_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349759/images/original/Parecer T&#233;cnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349758/images/original/Lei_4450_2023_termo_de_colaboracao_ASSOCIACAO_DOS_IDOSOS_RECANTO_DA_AMIZADE_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349757/images/original/TERMO RECANTO DA AMIZADE Termo de Colabora&#231;&#227;o N&#186; 09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349752/images/original/2023_08_21_Plano_de_Trabalho_CONSEPRO_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349753/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349751/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 08-2023 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349749/images/original/Lei_4454_2023_termo_de_colaboracao_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349745/images/original/Santa_Rita - PARECER T&#201;CNICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349744/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349743/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349742/images/original/Lei_4458_2023_Termo_de_colaboracao_LAR_SANTA_RITA_R_80_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349673/images/original/Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349672/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349671/images/original/TERMO DE COLABORA&#199;&#195;O HORTA COMUNITARIA N&#186; 06-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349670/images/original/Lei_4451_2023_termo_de_colaboracao_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318613/images/original/03_Nota_Tecnica_APAE.docx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318616/images/original/Plano_de_trabalho_Qualificacao_do_atendimento_da_pessoa_com_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318615/images/original/Lei_4430_2023_termo_de_colaboracao_APAE_R_44_500_00_FNAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318614/images/original/Termo colabora&#231;&#227;o Apae.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318610/images/original/Termo colabora&#231;&#227;o Apae - fundeb.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318611/images/original/Plano_de_trabalho_Fundebb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318607/images/original/Nota_tecnica_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318608/images/original/Nota_tecnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318609/images/original/Nota_tecnica_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318606/images/original/Lei_4437_2023_termo_de_colaboracao_APAE_FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318605/images/original/Associacao_Amigos_de_Santa_Rita_recursos_R_120_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318604/images/original/Lei_4423_2023_Termo_de_Colaboracao_SANTA_RITA_R_120_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318603/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318602/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318600/images/original/PAC_plano_de_trabalho_anexo_I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318601/images/original/PAC_parecer_tecnico_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318599/images/original/Termo de Colabora&#231;&#227;o PAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318598/images/original/Lei_4418_2023_termo_de_colaboracao_PAC_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291930/images/original/JUSTIFICATIVA Inexigibilidade.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291929/images/original/Projeto_Qualificacao_da_Educacao_Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291928/images/original/TERMO DE COLABORACAO APAE.docx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291931/images/original/Lei_4392_2023_termo_de_colaboracao_APAE_R_85_000_00_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257231/images/original/Associacao_Amigos_de_Santa_Rita_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257230/images/original/TERMO DE FOMENTO n&#186; 24 2022.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257228/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257229/images/original/Lei_4361_2022_termo_de_fomento_Associacao_Amigos_Santa_Rita_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238751/images/original/Plano_de_trabalho_Grupo_Escoteiro_Nace_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238750/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238748/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238749/images/original/TERMO DE FOMENTO N&#186; 21 - ESCOTEIROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238784/images/original/Plano_de_Trabalho_Horta_Comunitaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238782/images/original/TERMO DE FOMENTO N&#186; 23 2022 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238783/images/original/Lei_4312_2022_Termo_de_fomento_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238780/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238781/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238365/images/original/Lei_4290_2022_Termo_de_Fomento_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238363/images/original/TERMO DE FOMENTO N&#186;  18 2022 Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238362/images/original/JUSTIFICATIVA Inexigibilidade Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238368/images/original/Oficio Grupo_da_Melhor_Idade_Paz_e_Amor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238367/images/original/Plano_de_Trabalho_GRUPO_DA_MAIOR_IDADE_PAZ_E_AMOR_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238366/images/original/Lei_4321_2022_altera_Lei_4290_2022_TERMO_DE_FOMENTO_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238779/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238778/images/original/APAE_Comdica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238775/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238774/images/original/TERMO DE FOMENTO N&#186; 22 DE 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238776/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238377/images/original/Liga_Feminina_de_Combate_ao_Cancer_solicita_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238376/images/original/Lei_4309_2022_TERMO_DE_FOMENTO_LIGA_FEMININA_DE_COMBATE_AO_CANCER_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238375/images/original/TERMO DE FOMENTO n&#186; 20 2022 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238374/images/original/JUSTIFICATIVA Inexigibilidade Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238372/images/original/Plano_de_Trabalho_Coral_Comunicacao_Unicanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238371/images/original/Lei_4328_2022_TERMO_DE_FOMENTO_CORAL_COMUNICACAO_UNICANTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238369/images/original/JUSTIFICATIVA Inexigibilidade Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238370/images/original/TERMO DE FOMENTO N&#186;  19 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238339/images/original/JUSTIFICATIVA Inexigibilidade - Caripaiguaras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238340/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238341/images/original/TERMO DE FOMENTO N&#186; 16 2022 - Caripaiguaras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238343/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238347/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238344/images/original/03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238346/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238348/images/original/02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238342/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238338/images/original/Plano_de_Trabalho_AGE_recursos_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238337/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238333/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238334/images/original/TERMO DE FOMENTO n&#186; 15 2022 AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238318/images/original/Plano_de_Trabalho_Associacao_Amigos_de_Santa_Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238317/images/original/Lei_4325_2022_termo_de_fomento_Associacao_Amigos_Santa_Rita_R_30_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238316/images/original/TERMO DE FOMENTO n&#186; 13 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238315/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238311/images/original/JUSTIFICATIVA Inexigibilidade - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238310/images/original/TERMO DE FOMENTO N&#186; 12 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238308/images/original/Plano_de_trabalho_Lar_da_Crianca_Primo_e_Palmira_Pandolfo_R_24_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238307/images/original/Lei_4293_2022_Termo_de_Fomento_ASSOCIACAO_BENEFICENTE_SAO_CARLOS_LAR_PRIMO_E_PALMIRA_PANDOLFO_R_24_00000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238309/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238383/images/original/Plano_de_trabalho_Grupo_da_Melhor_Idade_Paz_e_Amor_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238382/images/original/Lei_4320_2022_termo_de_colabotacao_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238380/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 01- 2022 - Melhor idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238381/images/original/JUSTIFICATIVA Inexigibilidade Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238357/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238356/images/original/Lei_4331_2022_altera_artigo_5_da_Lei_4314_2022_Termo_de_Fomento_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238355/images/original/Lei_4314_2022_TERMO_DE_FOMENTO_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238352/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238353/images/original/JUSTIFICATIVA Inexigibilidade.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238354/images/original/TERMO DE FOMENTO N&#186; 17 2022 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238326/images/original/Projeto_Sol_e_Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238325/images/original/Lei_4310_2022_TERMO_DE_FOMENTO_ASSOCIACAO_SOL_E_LUA_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238323/images/original/JUSTIFICATIVA Inexigibilidade Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238324/images/original/TERMO DE FOMENTO N&#186; 14- 2022 - Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238301/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238305/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238304/images/original/Lei 4311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238302/images/original/TERMO DE FOMENTO N&#186; 11 2022 - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238300/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238299/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238298/images/original/TERMO DE FOMENTO N&#186; 10 2022 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238297/images/original/JUSTIFICATIVA Inexigibilidade - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219419/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219418/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219417/images/original/TERMO DE FOMENTO N&#186; 09 2022 - CPM Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219416/images/original/JUSTIFICATIVA Inexigibilidade - Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219415/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219414/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219412/images/original/JUSTIFICATIVA Inexigibilidade Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219413/images/original/TERMO DE FOMENTO N&#186; 08 2022 - Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219410/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219408/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - CPM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219411/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219409/images/original/TERMO DE FOMENTO N&#186; 07 2022 - CPM Concei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219407/images/original/Lar_da_Crianca_Plano_de_Trabalho_2022_2_ (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219405/images/original/TERMO DE FOMENTO N&#186; 06 2022 - Lar Primo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219406/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219404/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219403/images/original/LEI 4277.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219402/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219400/images/original/TERMO DE FOMENTO N&#186; 05 2022 - PAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219399/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219397/images/original/CTG_Estirpe_Gaucha_plano_de_trabalho_recursos_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219396/images/original/TERMO DE FOMENTO n&#186; 04 2022 Estirpe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219395/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219394/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219391/images/original/Lei 4262.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219390/images/original/JUSTIFICATIVA Inexigibilidade - Mostra Guapor&#233;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219393/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219392/images/original/TERMO DE FOMENTO n&#186; 03 2022 - Mostra Guapor&#233;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219389/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219388/images/original/TERMO DE FOMENTO n&#186; 02 2022 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219387/images/original/Lei 4260-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219386/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219385/images/original/Plano_de_trabalho_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219384/images/original/TERMO DE FOMENTO n&#186; 01 2022 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219383/images/original/Lei 4255-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219382/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219429/images/original/TERMO DE FOMENTO n&#186; 17 2021 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219428/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219427/images/original/Plano de trabalho - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219426/images/original/TERMO DE FOMENTO n&#186; 16 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219425/images/original/Lei_4226_2021_termo_de_fomento_Associacao_Amigos_Santa_Rita_e_Associacao_Idosos_Recanto_da_Amizade_deducoes_Imposto_de_Renda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219424/images/original/JUSTIFICATIVA Inexigibilidade - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219423/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219422/images/original/TERMO DE FOMENTO n&#186; 15 2021 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219421/images/original/Lei_4226_2021_termo_de_fomento_Associacao_Amigos_Santa_Rita_e_Associacao_Idosos_Recanto_da_Amizade_deducoes_Imposto_de_Renda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219420/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168836/images/original/Lei_4219_2021_TERMO_DE_FOMENTO_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_20_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168838/images/original/Plano_de_Trabalho_Santa_Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168835/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168837/images/original/TERMO DE FOMENTO n&#186; 14 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168831/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168828/images/original/Hort_Comunitaria_Plano_de_Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168826/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168827/images/original/TERMO DE FOMENTO n&#186; 13 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168825/images/original/Termo de Apostilamento 01 TF 13 2021 Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168814/images/original/Lei_4220_2021_TERMO_DE_FOMENTO_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_R_20_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168815/images/original/Plano_Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168812/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168813/images/original/TERMO DE FOMENTO n&#186; 12 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168816/images/original/Termo de Apostilamento 01 TF 12 2021 Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168807/images/original/Lei_4218_2021_TERMO_DE_FOMENTO_LIGA_FEMININA_DE_COMBATE_AO_CANCER_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168808/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168805/images/original/JUSTIFICATIVA Inexigibilidade Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168809/images/original/TERMO DE FOMENTO n&#186; 11 2021 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168806/images/original/Termo de Apostilamento 01 TF 11 2021 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166365/images/original/TERMO DE FOMENTO ESTIRPE GAUCHA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166340/images/original/NOVO TERMO DE FOMENTO n&#186; 19 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168918/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170527/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170525/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170526/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/174060/images/original/PRESTA&#199;&#195;O DE CONTAS SOL E LUA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154156/images/original/Lei 4197.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154158/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154159/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154157/images/original/TERMO DE FOMENTO n&#186; 08 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154153/images/original/Lei 4183.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154155/images/original/Plano de Trabalho 2021 - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154152/images/original/JUSTIFICATIVA Inexigibilidade - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154154/images/original/TERMO DE FOMENTO n&#186; 07 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154149/images/original/Lei 4188.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154151/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154148/images/original/JUSTIFICATIVA Inexigibilidade Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154150/images/original/TERMO DE FOMENTO n&#186; 06 2021 - Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154145/images/original/Lei n 4185.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154147/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154144/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154146/images/original/TERMO DE FOMENTO n&#186; 05 2021 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142961/images/original/LEI 4175.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142962/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142963/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142964/images/original/TERMO DE FOMENTO n&#186; 04 2021 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142958/images/original/Plano de Trabalho Centro Ocupacional Bruno Jos&#233; Campos - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142957/images/original/LEI 4182-21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142959/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142960/images/original/TERMO DE FOMENTO n&#186; 03 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140848/images/original/Lei 4168-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140849/images/original/Plano de Trabalho 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140850/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140851/images/original/TERMO DE FOMENTO n&#186; 02 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140844/images/original/Lei 4170-21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140845/images/original/Plano de trabalho de Guapor&#233; 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140846/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140847/images/original/TERMO DE FOMENTO n&#186; 01 2021 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127699/images/original/JUSTIFICATIVA Inexigibilidade - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127700/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127701/images/original/Plano de trabalho - MELHORANDO O ATENDIMENTO AO IDOSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127765/images/original/TERMO DE FOMENTO n&#186; 24 2020 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126770/images/original/Plano de Trabalho - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126771/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126772/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126858/images/original/TERMO DE FOMENTO n&#186; 23 2020 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114962/images/original/TERMO DE FOMENTO n&#186; 22 2020 CPM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114961/images/original/TERMO DE FOMENTO n&#186; 21 2020 Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114960/images/original/TERMO DE FOMENTO n&#186; 20 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114958/images/original/TERMO DE FOMENTO n&#186; 19 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114957/images/original/TERMO DE FOMENTO n&#186; 18 2020 Escoteiros Nac&#234;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114956/images/original/TERMO DE FOMENTO n&#186; 17 2020 CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114955/images/original/TERMO DE FOMENTO n&#186; 16 2020 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114948/images/original/TERMO DE FOMENTO n&#186; 15 2020 AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114947/images/original/TERMO DE FOMENTO n&#186; 14 2020 - Caripaiguar&#225;s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114922/images/original/TERMO DE FOMENTO n&#186; 13 2020 - Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114921/images/original/TERMO DE FOMENTO n&#186; 12 2020 Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114918/images/original/TERMO DE FOMENTO n&#186; 11 2020 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114917/images/original/TERMO DE FOMENTO n&#186; 10 2020 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114916/images/original/TERMO DE FOMENTO n&#186; 09 2020 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114301/images/original/TERMO DE FOMENTO n&#186; 08 2020 - Col&#233;gio Scalabrini.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C366"/>
+  <dimension ref="A1:C371"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C366" sqref="C366"/>
+      <selection activeCell="C371" sqref="C371"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1361,4000 +1367,4055 @@
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B20" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B22" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" t="s">
+        <v>24</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B25" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B26" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" t="s">
         <v>31</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>30</v>
+      </c>
+      <c r="B28" t="s">
         <v>31</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" t="s">
         <v>31</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="B30" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>36</v>
+      </c>
+      <c r="B31" t="s">
         <v>37</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="1" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>36</v>
+      </c>
+      <c r="B32" t="s">
         <v>37</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B33" t="s">
         <v>37</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="1" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="B34" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="B35" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>42</v>
       </c>
       <c r="B36" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B37" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B38" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B39" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>47</v>
+      </c>
+      <c r="B40" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B41" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B42" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>49</v>
       </c>
       <c r="B43" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>49</v>
       </c>
       <c r="B44" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>52</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B45" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>49</v>
+      </c>
+      <c r="B46" t="s">
+        <v>50</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B47" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B48" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B49" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B50" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B51" t="s">
+        <v>50</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B52" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B53" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B54" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>60</v>
       </c>
       <c r="B55" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>60</v>
       </c>
       <c r="B56" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B58" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B59" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B60" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B61" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>65</v>
+      </c>
+      <c r="B62" t="s">
+        <v>61</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>65</v>
+      </c>
+      <c r="B63" t="s">
+        <v>61</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B64" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B65" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B66" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B67" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B68" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B69" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B70" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>72</v>
       </c>
       <c r="B71" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B73" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B74" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B75" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B77" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B79" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B80" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B81" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>41</v>
+        <v>82</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B83" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B84" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>81</v>
       </c>
       <c r="B85" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B86" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B87" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B88" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>83</v>
+        <v>44</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B89" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B90" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B91" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>30</v>
+        <v>87</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B92" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B93" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B94" t="s">
+        <v>73</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B95" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B96" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B97" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
+        <v>89</v>
+      </c>
+      <c r="B98" t="s">
+        <v>73</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B99" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B100" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>92</v>
+      </c>
+      <c r="B101" t="s">
+        <v>93</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B102" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B103" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B104" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
+        <v>96</v>
+      </c>
+      <c r="B105" t="s">
+        <v>97</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B106" t="s">
+        <v>97</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B107" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B108" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
+        <v>100</v>
+      </c>
+      <c r="B109" t="s">
         <v>101</v>
       </c>
-      <c r="B109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
+        <v>100</v>
+      </c>
+      <c r="B110" t="s">
         <v>101</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="1" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B111" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B112" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>102</v>
       </c>
       <c r="B113" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>102</v>
       </c>
       <c r="B114" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B115" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B116" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
+        <v>105</v>
+      </c>
+      <c r="B117" t="s">
         <v>103</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="1" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
+        <v>105</v>
+      </c>
+      <c r="B118" t="s">
         <v>103</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" s="1" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
+        <v>106</v>
+      </c>
+      <c r="B119" t="s">
         <v>103</v>
       </c>
-      <c r="B119" t="s">
+      <c r="C119" s="1" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
+        <v>106</v>
+      </c>
+      <c r="B120" t="s">
         <v>103</v>
       </c>
-      <c r="B120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="1" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>106</v>
       </c>
       <c r="B121" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>106</v>
       </c>
       <c r="B122" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B123" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>108</v>
+        <v>52</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B124" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
+        <v>107</v>
+      </c>
+      <c r="B125" t="s">
+        <v>108</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B126" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>111</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B127" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B128" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B129" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B130" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>113</v>
       </c>
       <c r="B131" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>113</v>
       </c>
       <c r="B132" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
+        <v>113</v>
+      </c>
+      <c r="B133" t="s">
+        <v>114</v>
+      </c>
+      <c r="C133" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B134" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B135" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B136" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B137" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
+        <v>117</v>
+      </c>
+      <c r="B138" t="s">
+        <v>114</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B139" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B140" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B141" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B142" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>123</v>
       </c>
       <c r="B143" t="s">
         <v>124</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>123</v>
       </c>
       <c r="B144" t="s">
         <v>124</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B145" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B146" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>127</v>
       </c>
       <c r="B147" t="s">
         <v>128</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>127</v>
       </c>
       <c r="B148" t="s">
         <v>128</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>130</v>
+        <v>32</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>127</v>
       </c>
       <c r="B149" t="s">
         <v>128</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>127</v>
       </c>
       <c r="B150" t="s">
         <v>128</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>132</v>
+        <v>34</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B151" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>135</v>
+        <v>34</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B152" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>136</v>
+        <v>32</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
+        <v>131</v>
+      </c>
+      <c r="B153" t="s">
+        <v>132</v>
+      </c>
+      <c r="C153" s="1" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B154" t="s">
+        <v>132</v>
+      </c>
+      <c r="C154" s="1" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="B155" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="B156" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>111</v>
+        <v>136</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>137</v>
       </c>
       <c r="B157" t="s">
         <v>138</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>137</v>
       </c>
       <c r="B158" t="s">
         <v>138</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B159" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>142</v>
+        <v>34</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B160" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>143</v>
+        <v>63</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B161" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B162" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>144</v>
+        <v>115</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B163" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B164" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
+        <v>144</v>
+      </c>
+      <c r="B165" t="s">
         <v>145</v>
       </c>
-      <c r="B165" t="s">
+      <c r="C165" s="1" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
+        <v>144</v>
+      </c>
+      <c r="B166" t="s">
         <v>145</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="1" t="s">
-        <v>39</v>
+        <v>147</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B167" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
+        <v>144</v>
+      </c>
+      <c r="B168" t="s">
+        <v>145</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B169" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B170" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B171" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B172" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>153</v>
+        <v>44</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B173" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B174" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B175" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>154</v>
+        <v>63</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B176" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>39</v>
+        <v>154</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
         <v>155</v>
       </c>
       <c r="B177" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>155</v>
       </c>
       <c r="B178" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>58</v>
+        <v>157</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
         <v>155</v>
       </c>
       <c r="B179" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
         <v>155</v>
       </c>
       <c r="B180" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
         <v>155</v>
       </c>
       <c r="B181" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
         <v>158</v>
       </c>
       <c r="B182" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>160</v>
+        <v>44</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
         <v>158</v>
       </c>
       <c r="B183" t="s">
+        <v>156</v>
+      </c>
+      <c r="C183" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
         <v>158</v>
       </c>
       <c r="B184" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
         <v>158</v>
       </c>
       <c r="B185" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
         <v>158</v>
       </c>
       <c r="B186" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B187" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
+        <v>161</v>
+      </c>
+      <c r="B188" t="s">
         <v>162</v>
       </c>
-      <c r="B188" t="s">
+      <c r="C188" s="1" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
+        <v>161</v>
+      </c>
+      <c r="B189" t="s">
         <v>162</v>
       </c>
-      <c r="B189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" s="1" t="s">
-        <v>164</v>
+        <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
+        <v>161</v>
+      </c>
+      <c r="B190" t="s">
         <v>162</v>
       </c>
-      <c r="B190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B191" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B192" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>165</v>
       </c>
       <c r="B193" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>58</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>165</v>
       </c>
       <c r="B194" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
+        <v>165</v>
+      </c>
+      <c r="B195" t="s">
+        <v>166</v>
+      </c>
+      <c r="C195" s="1" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B196" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>154</v>
+        <v>63</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B197" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>168</v>
+        <v>32</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B198" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>169</v>
+        <v>44</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B199" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>170</v>
+        <v>63</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B200" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B201" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>172</v>
+        <v>63</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B202" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B203" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>39</v>
+        <v>171</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B204" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>27</v>
+        <v>172</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B205" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>39</v>
+        <v>173</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
+        <v>170</v>
+      </c>
+      <c r="B206" t="s">
+        <v>166</v>
+      </c>
+      <c r="C206" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B207" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
+        <v>170</v>
+      </c>
+      <c r="B208" t="s">
+        <v>166</v>
+      </c>
+      <c r="C208" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="B209" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B210" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>178</v>
+        <v>32</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B211" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B212" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B213" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>179</v>
       </c>
       <c r="B214" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>179</v>
       </c>
       <c r="B215" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>179</v>
       </c>
       <c r="B216" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>154</v>
+        <v>181</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B217" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B218" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B219" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B220" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B221" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B222" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>184</v>
       </c>
       <c r="B223" t="s">
         <v>185</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>184</v>
       </c>
       <c r="B224" t="s">
         <v>185</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>154</v>
+        <v>44</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>184</v>
       </c>
       <c r="B225" t="s">
         <v>185</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>58</v>
+        <v>186</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>184</v>
       </c>
       <c r="B226" t="s">
         <v>185</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>186</v>
+        <v>63</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>187</v>
       </c>
       <c r="B227" t="s">
         <v>188</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
         <v>187</v>
       </c>
       <c r="B228" t="s">
         <v>188</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>187</v>
       </c>
       <c r="B229" t="s">
         <v>188</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
         <v>187</v>
       </c>
       <c r="B230" t="s">
         <v>188</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>189</v>
+        <v>22</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B231" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B232" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>27</v>
+        <v>189</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
         <v>190</v>
       </c>
       <c r="B233" t="s">
         <v>191</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
         <v>190</v>
       </c>
       <c r="B234" t="s">
         <v>191</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>192</v>
+        <v>44</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B235" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B236" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
         <v>193</v>
       </c>
       <c r="B237" t="s">
         <v>194</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>195</v>
+        <v>63</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
         <v>193</v>
       </c>
       <c r="B238" t="s">
         <v>194</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B239" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B240" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>39</v>
+        <v>195</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
         <v>196</v>
       </c>
       <c r="B241" t="s">
         <v>197</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>198</v>
+        <v>32</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>196</v>
       </c>
       <c r="B242" t="s">
         <v>197</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B243" t="s">
         <v>197</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B244" t="s">
         <v>197</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>199</v>
       </c>
       <c r="B245" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>199</v>
       </c>
       <c r="B246" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>200</v>
+        <v>44</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
+        <v>199</v>
+      </c>
+      <c r="B247" t="s">
+        <v>200</v>
+      </c>
+      <c r="C247" s="1" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B248" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B249" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B250" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B251" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
+        <v>202</v>
+      </c>
+      <c r="B252" t="s">
+        <v>200</v>
+      </c>
+      <c r="C252" s="1" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B253" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B254" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B255" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
+        <v>204</v>
+      </c>
+      <c r="B256" t="s">
+        <v>200</v>
+      </c>
+      <c r="C256" s="1" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B257" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B258" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>58</v>
+        <v>207</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B259" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B260" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>209</v>
+        <v>63</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B261" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B262" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B263" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>39</v>
+        <v>209</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B264" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
         <v>210</v>
       </c>
       <c r="B265" t="s">
         <v>211</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
         <v>210</v>
       </c>
       <c r="B266" t="s">
         <v>211</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B267" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B268" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>215</v>
+        <v>63</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
         <v>213</v>
       </c>
       <c r="B269" t="s">
         <v>214</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
         <v>213</v>
       </c>
       <c r="B270" t="s">
         <v>214</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B271" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B272" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
         <v>216</v>
       </c>
       <c r="B273" t="s">
         <v>217</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
         <v>216</v>
       </c>
       <c r="B274" t="s">
         <v>217</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>58</v>
+        <v>218</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B275" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>221</v>
+        <v>44</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B276" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B277" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B278" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B279" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B280" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B281" t="s">
         <v>223</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>27</v>
+        <v>224</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B282" t="s">
         <v>223</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>226</v>
+        <v>63</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>225</v>
       </c>
       <c r="B283" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
         <v>225</v>
       </c>
       <c r="B284" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>58</v>
+        <v>227</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B285" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B286" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B287" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B288" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B289" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B290" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
         <v>230</v>
       </c>
       <c r="B291" t="s">
         <v>231</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
         <v>230</v>
       </c>
       <c r="B292" t="s">
         <v>231</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>232</v>
+        <v>32</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
         <v>230</v>
       </c>
       <c r="B293" t="s">
         <v>231</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>233</v>
+        <v>63</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B294" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>39</v>
+        <v>232</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
+        <v>233</v>
+      </c>
+      <c r="B295" t="s">
         <v>234</v>
       </c>
-      <c r="B295" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
+        <v>233</v>
+      </c>
+      <c r="B296" t="s">
         <v>234</v>
       </c>
-      <c r="B296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
+        <v>233</v>
+      </c>
+      <c r="B297" t="s">
         <v>234</v>
       </c>
-      <c r="B297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" s="1" t="s">
-        <v>236</v>
+        <v>63</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
+        <v>233</v>
+      </c>
+      <c r="B298" t="s">
         <v>234</v>
       </c>
-      <c r="B298" t="s">
+      <c r="C298" s="1" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B299" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>39</v>
+        <v>236</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
         <v>237</v>
       </c>
       <c r="B300" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
         <v>237</v>
       </c>
       <c r="B301" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
         <v>237</v>
       </c>
       <c r="B302" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>238</v>
+        <v>63</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
         <v>237</v>
       </c>
       <c r="B303" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B304" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B305" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>244</v>
+        <v>44</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B306" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B307" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>245</v>
+        <v>63</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B308" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B309" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
         <v>242</v>
       </c>
       <c r="B310" t="s">
         <v>243</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B311" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>39</v>
+        <v>247</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B312" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B313" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>58</v>
+        <v>248</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
+        <v>245</v>
+      </c>
+      <c r="B314" t="s">
+        <v>246</v>
+      </c>
+      <c r="C314" s="1" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B315" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>39</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
+        <v>245</v>
+      </c>
+      <c r="B316" t="s">
+        <v>246</v>
+      </c>
+      <c r="C316" s="1" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B317" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B318" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>253</v>
+        <v>32</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B319" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B320" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>27</v>
+        <v>253</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
         <v>254</v>
       </c>
       <c r="B321" t="s">
         <v>255</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
         <v>254</v>
       </c>
       <c r="B322" t="s">
         <v>255</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>256</v>
+        <v>32</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B323" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B324" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>27</v>
+        <v>256</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
         <v>257</v>
       </c>
       <c r="B325" t="s">
         <v>258</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
         <v>257</v>
       </c>
       <c r="B326" t="s">
         <v>258</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>259</v>
+        <v>32</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B327" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B328" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>27</v>
+        <v>259</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
         <v>260</v>
       </c>
       <c r="B329" t="s">
         <v>261</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
         <v>260</v>
       </c>
       <c r="B330" t="s">
         <v>261</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B331" t="s">
         <v>261</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B332" t="s">
         <v>261</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
         <v>263</v>
       </c>
       <c r="B333" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
         <v>263</v>
       </c>
       <c r="B334" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>264</v>
+        <v>32</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B335" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
+        <v>263</v>
+      </c>
+      <c r="B336" t="s">
+        <v>264</v>
+      </c>
+      <c r="C336" s="1" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B337" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B338" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>267</v>
+        <v>44</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B339" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B340" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>27</v>
+        <v>267</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
         <v>268</v>
       </c>
       <c r="B341" t="s">
         <v>269</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
         <v>268</v>
       </c>
       <c r="B342" t="s">
         <v>269</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>270</v>
+        <v>32</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B343" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>142</v>
+        <v>63</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B344" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>52</v>
+        <v>270</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
         <v>271</v>
       </c>
       <c r="B345" t="s">
         <v>272</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
         <v>271</v>
       </c>
       <c r="B346" t="s">
         <v>272</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>271</v>
+        <v>32</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B347" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
+        <v>271</v>
+      </c>
+      <c r="B348" t="s">
+        <v>272</v>
+      </c>
+      <c r="C348" s="1" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B349" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B350" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>273</v>
+        <v>57</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B351" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>276</v>
+        <v>5</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B352" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B353" t="s">
         <v>277</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>279</v>
+        <v>5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B354" t="s">
         <v>277</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="B355" t="s">
         <v>277</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>282</v>
+        <v>146</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="B356" t="s">
         <v>277</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B357" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B358" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="B359" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="B360" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="B361" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="B362" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="B363" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="B364" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="B365" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
+        <v>293</v>
+      </c>
+      <c r="B366" t="s">
+        <v>294</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" t="s">
+        <v>296</v>
+      </c>
+      <c r="B367" t="s">
+        <v>294</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" t="s">
+        <v>298</v>
+      </c>
+      <c r="B368" t="s">
+        <v>299</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" t="s">
+        <v>301</v>
+      </c>
+      <c r="B369" t="s">
+        <v>299</v>
+      </c>
+      <c r="C369" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="B366" t="s">
-[...3 lines deleted...]
-        <v>302</v>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" t="s">
+        <v>303</v>
+      </c>
+      <c r="B370" t="s">
+        <v>299</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" t="s">
+        <v>304</v>
+      </c>
+      <c r="B371" t="s">
+        <v>299</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>304</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -5681,50 +5742,55 @@
     <hyperlink ref="C342" r:id="rId_hyperlink_341"/>
     <hyperlink ref="C343" r:id="rId_hyperlink_342"/>
     <hyperlink ref="C344" r:id="rId_hyperlink_343"/>
     <hyperlink ref="C345" r:id="rId_hyperlink_344"/>
     <hyperlink ref="C346" r:id="rId_hyperlink_345"/>
     <hyperlink ref="C347" r:id="rId_hyperlink_346"/>
     <hyperlink ref="C348" r:id="rId_hyperlink_347"/>
     <hyperlink ref="C349" r:id="rId_hyperlink_348"/>
     <hyperlink ref="C350" r:id="rId_hyperlink_349"/>
     <hyperlink ref="C351" r:id="rId_hyperlink_350"/>
     <hyperlink ref="C352" r:id="rId_hyperlink_351"/>
     <hyperlink ref="C353" r:id="rId_hyperlink_352"/>
     <hyperlink ref="C354" r:id="rId_hyperlink_353"/>
     <hyperlink ref="C355" r:id="rId_hyperlink_354"/>
     <hyperlink ref="C356" r:id="rId_hyperlink_355"/>
     <hyperlink ref="C357" r:id="rId_hyperlink_356"/>
     <hyperlink ref="C358" r:id="rId_hyperlink_357"/>
     <hyperlink ref="C359" r:id="rId_hyperlink_358"/>
     <hyperlink ref="C360" r:id="rId_hyperlink_359"/>
     <hyperlink ref="C361" r:id="rId_hyperlink_360"/>
     <hyperlink ref="C362" r:id="rId_hyperlink_361"/>
     <hyperlink ref="C363" r:id="rId_hyperlink_362"/>
     <hyperlink ref="C364" r:id="rId_hyperlink_363"/>
     <hyperlink ref="C365" r:id="rId_hyperlink_364"/>
     <hyperlink ref="C366" r:id="rId_hyperlink_365"/>
+    <hyperlink ref="C367" r:id="rId_hyperlink_366"/>
+    <hyperlink ref="C368" r:id="rId_hyperlink_367"/>
+    <hyperlink ref="C369" r:id="rId_hyperlink_368"/>
+    <hyperlink ref="C370" r:id="rId_hyperlink_369"/>
+    <hyperlink ref="C371" r:id="rId_hyperlink_370"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>