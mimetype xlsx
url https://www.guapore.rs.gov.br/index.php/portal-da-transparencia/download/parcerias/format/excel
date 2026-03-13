--- v1 (2025-12-09)
+++ v2 (2026-03-13)
@@ -12,223 +12,244 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>TERMO DE COLABORAÇÃO para realização do projeto “GUAPORÉ MAIS SEGURO”</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>Lei 4792</t>
+  </si>
+  <si>
+    <t>Viabilidade técnica</t>
+  </si>
+  <si>
+    <t>Plano de trabalho</t>
+  </si>
+  <si>
+    <t>Termo de colaboração</t>
+  </si>
+  <si>
+    <t>CONSTRUINDO SONHOS: FORTALECENDO A APAE DE GUAPORÉ</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>Plano de Trabalho</t>
+  </si>
+  <si>
+    <t>Viabilidade</t>
+  </si>
+  <si>
+    <t>Lei 4764</t>
+  </si>
+  <si>
+    <t>Nota Técnica</t>
+  </si>
+  <si>
+    <t>Termo Colaboração</t>
+  </si>
+  <si>
     <t>“FORTALECENDO VIDAS: ACOLHIMENTO E TRANSFORMAÇÃO”</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
-    <t>Plano de Trabalho</t>
-[...4 lines deleted...]
-  <si>
     <t>Lei 4744</t>
   </si>
   <si>
-    <t>Termo Colaboração</t>
-[...1 lines deleted...]
-  <si>
     <t>Termo de Colaboração para realização do projeto “CUIDADOS COM A PESSOA IDOSA”</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>Lei 4702</t>
   </si>
   <si>
     <t>Termo de Colaboração</t>
   </si>
   <si>
     <t>1º Termo Aditivo</t>
   </si>
   <si>
     <t>Termo de Colaboração para o projeto “VÍNCULOS QUE TRANSFORMAM”,</t>
   </si>
   <si>
     <t>03/07/2025</t>
   </si>
   <si>
     <t>Projeto entidade</t>
   </si>
   <si>
     <t>Viabilidade parceria</t>
   </si>
   <si>
     <t>Lei 4688/2025</t>
   </si>
   <si>
+    <t>1º Termo aditivo</t>
+  </si>
+  <si>
     <t>TERMO DE COLABORAÇÃO para realização do projeto “BRINCAR E SOCIALIZAR PARA TRANSFORMAR”</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
     <t>Lei 4667/2025</t>
   </si>
   <si>
     <t>1º TERMO ADITIVO</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO para realização do projeto “TODOS UNIDOS POR UMA GUAPORÉ MAIS SEGURA”</t>
   </si>
   <si>
     <t>15/04/2025</t>
   </si>
   <si>
     <t>Lei 4657/2025</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO para realização do projeto “EDUCAR PARA TRANSFORMAR”</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>Termo de Colaboração nº 01/2025</t>
   </si>
   <si>
-    <t>Nota Técnica</t>
-[...1 lines deleted...]
-  <si>
     <t>Celebração de TERMO DE COLABORAÇÃO nº 21 para realização do projeto “ATENDIMENTO INTEGRAL A PESSOA IDOSA</t>
   </si>
   <si>
     <t>27/12/2024</t>
   </si>
   <si>
     <t>PLANO DE TRABALHO</t>
   </si>
   <si>
     <t>LEI 4622 2024</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO</t>
   </si>
   <si>
     <t>VIABILIDADE</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO para realização do projeto “ENVELHECIMENTO SAUDÁVEL – ANO 2024”</t>
   </si>
   <si>
     <t>06/11/2024</t>
   </si>
   <si>
     <t>VIABILIDADE TECNICA</t>
   </si>
   <si>
     <t>lei 4567/2024</t>
   </si>
   <si>
-    <t>Termo de colaboração</t>
-[...1 lines deleted...]
-  <si>
     <t>Aditivo nº 1</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO para realização do projeto “ESCOLINHA SEJA FORTE CORAJOSO”</t>
   </si>
   <si>
     <t>16/07/2024</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO N 12/2024</t>
   </si>
   <si>
     <t>PROJETO</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO para realização do projeto “CULTIVANDO AS TRADIÇÕES CONTEMPLANDO AS CRIANÇAS E ADOLESCENTES DO MUNICÍPIO”</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO ESTIRPE GAUCHA</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO para realização do projeto “QUALIFICAÇÃO DO ATENDIMENTO DA PESSOA COM NECESSIDADES ESPECIAIS”,</t>
   </si>
   <si>
     <t>12/07/2024</t>
   </si>
   <si>
     <t>Termo de colaboração nº 19/2024</t>
   </si>
   <si>
-    <t>Plano de trabalho</t>
-[...1 lines deleted...]
-  <si>
     <t>Lei 4557/2024</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO para realização do projeto “MELHORIA DA QUALIDADE DE VIDA DA PESSOA COM DEFICIÊNCIA”</t>
   </si>
   <si>
     <t>Termo de colaboração nº 18/2024</t>
   </si>
   <si>
-    <t>Viabilidade técnica</t>
-[...1 lines deleted...]
-  <si>
     <t>Lei</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO para realização do projeto “PROMOVER A INCLUSÃO SOCIAL DOS ASSISTIDOS”</t>
   </si>
   <si>
     <t>Termo de colaboração n° 17/2024</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO para realização do projeto “NOVOS OLHARES, O FUTSAL MUDANDO VIDAS</t>
   </si>
   <si>
     <t>05/07/2024</t>
   </si>
   <si>
     <t>TERMO DE COLABORAÇÃO Nº 16/2024</t>
   </si>
   <si>
     <t>JUSTIFICATIVA</t>
   </si>
   <si>
     <t>LEI 4554/2024</t>
   </si>
   <si>
     <t>Celebração de TERMO DE COLABORAÇÃO para realização do projeto “QUALIFICAÇÃO DO ATENDIMENTO A PESSOA IDOSA”,</t>
@@ -921,56 +942,50 @@
     <t>15/06/2020</t>
   </si>
   <si>
     <t>Termo de Fomento nº 13/2020.</t>
   </si>
   <si>
     <t>Termo de Fomento nº 12/2020</t>
   </si>
   <si>
     <t>Termo de Fomento nº 12/2020.</t>
   </si>
   <si>
     <t>Termo de Fomento nº 11/2020</t>
   </si>
   <si>
     <t>12/06/2020</t>
   </si>
   <si>
     <t>Termo de Fomento nº 11/2020.</t>
   </si>
   <si>
     <t>Termo de Fomento nº 10/2020</t>
   </si>
   <si>
     <t>Termo de Fomento nº 10/2020.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Termo de Fomento nº 08/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1277,62 +1292,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670998/images/original/Plano_de_trabalho_projeto_fortalecendo_vidas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670995/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670997/images/original/Lei_4744_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670996/images/original/TERMO COLOCABORA&#199;&#195;O APAE N&#186; 06 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625684/images/original/Lei 4702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625685/images/original/Viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625686/images/original/LAR SANTA RITA n&#186; 05 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625687/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/677328/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605592/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605593/images/original/VIABILIDADE PARCERIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605595/images/original/LEI 4688 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605596/images/original/TERMO LAR PRIMO E PALMIRA N&#186; 04 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584801/images/original/Termo Colabora&#231;&#227;o Horta Comunitaria n&#186; 03 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584800/images/original/Lei_4667_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584796/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584795/images/original/An&#225;lise de viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/685853/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552693/images/original/Viabilidade T&#233;cnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552694/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552696/images/original/Termo de Colabora&#231;&#227;o Consepro n&#186; 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552697/images/original/Lei_4657_2025_Termo_de_Colaboracao_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526812/images/original/Plano_de_Trabalho_Proj_Educar_para_Transformar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526813/images/original/Termo colabora&#231;&#227;o n&#186; 01 Apae - fundeb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526815/images/original/NOTA T&#201;CNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511782/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511783/images/original/LEI 4622 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511785/images/original/TERMO DE COLABORA&#199;&#195;O SANTA RITA n&#186; 21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511786/images/original/VIABILIDADE_SANTA_RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496589/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496590/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496592/images/original/LEI 4567 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496593/images/original/TERMO_DE_COLABORACAO_RECANTO_DA_AMIZADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/508556/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467715/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467712/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 12 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467713/images/original/PROJETO ENTIDADE 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467714/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467707/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467706/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 06 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467711/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466652/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 19 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466655/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466656/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466657/images/original/LEI 4557 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466648/images/original/TERMO DE COLABORA&#199;&#195;O APAE 100 N&#186; 18 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466649/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466650/images/original/PLANO DE TRABALHO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466651/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466643/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466638/images/original/TERMO DE COLABORA&#199;&#195;O APAE N&#186; 17 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466644/images/original/PLANO DE TRABALHO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466645/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464690/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 16 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464703/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464704/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464705/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464681/images/original/TERMO DE COLABORA&#199;&#195;O LAR SANTA RITA N&#186; 15 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464683/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464684/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464688/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511246/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464676/images/original/TERMO DE COLABORA&#199;&#195;O HORTA COMUNIT&#193;RIA N&#186; 14 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464678/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464709/images/original/JUSTIFICATIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464712/images/original/LEI 4555 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/509216/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463224/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 11 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467693/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467694/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467695/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463201/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 10 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467696/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467698/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467699/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463195/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 09 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467701/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467702/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467703/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463189/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 08 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467687/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467688/images/original/PLANO DE TRABALHO 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467689/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511245/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463186/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 07 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467690/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467691/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467692/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507309/images/original/ADITIVO N&#186; 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463158/images/original/TERMO_DE_COLABORACAO_CONSEPRO N&#186; 05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467681/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467682/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467685/images/original/Plano_de_Trabalho_2024_Convenio_PREFEITURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463157/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 13 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467677/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467678/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467679/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414517/images/original/Nota T&#233;cnica 012024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414516/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414518/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414519/images/original/TERMO DE COLABORACAO APAE N&#186; 03 2024 .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412974/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412975/images/original/NOTA TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412976/images/original/LEI 4437 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413703/images/original/Termo colabora&#231;&#227;o n&#186; 02 Apae - fundeb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411971/images/original/PLANO DE A&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411972/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411973/images/original/TERMO DE FOMENTO N&#186; 01 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497695/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390509/images/original/Termo de Colabora&#231;&#227;o N&#186; 14 - APAE - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390513/images/original/1_APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390511/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390512/images/original/APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390508/images/original/Termo de Colabora&#231;&#227;o N&#186; 13 - LAR PRIMO E PALMIRA - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390505/images/original/5_LAR_PRIMO_E_PALMIRA_PANDOLFO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390506/images/original/Lar Primo e Palmira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390507/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390501/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390500/images/original/Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390499/images/original/Termo de Colabora&#231;&#227;o N&#186; 12 - Assoc. S&#227;o Carlos - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390503/images/original/2_SCALABRINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411445/images/original/Plano_de_Trabalho_Associacao_Amigos_de_Santa_Rita_R_11_700_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411448/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411449/images/original/Lei_4465_2023_termo_de_colaboracao_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_11_700_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411451/images/original/PARECER_TECNICO_SANTA_RITA_11_70000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390493/images/original/PLANO_DE_TRABALHO_26_09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390492/images/original/Termo colabora&#231;&#227;o Apae - 10 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390491/images/original/Lei_4467_2023_termo_de_colaboracao_APAE_R_31_724_00_FNAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390490/images/original/VIABILIDADE_APAE_31_724_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349760/images/original/Associacao_dos_Idosos_Recanto_da_Amizade_plano_de_trabalho_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349759/images/original/Parecer T&#233;cnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349758/images/original/Lei_4450_2023_termo_de_colaboracao_ASSOCIACAO_DOS_IDOSOS_RECANTO_DA_AMIZADE_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349757/images/original/TERMO RECANTO DA AMIZADE Termo de Colabora&#231;&#227;o N&#186; 09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349752/images/original/2023_08_21_Plano_de_Trabalho_CONSEPRO_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349753/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349751/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 08-2023 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349749/images/original/Lei_4454_2023_termo_de_colaboracao_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349745/images/original/Santa_Rita - PARECER T&#201;CNICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349744/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349743/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349742/images/original/Lei_4458_2023_Termo_de_colaboracao_LAR_SANTA_RITA_R_80_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349673/images/original/Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349672/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349671/images/original/TERMO DE COLABORA&#199;&#195;O HORTA COMUNITARIA N&#186; 06-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349670/images/original/Lei_4451_2023_termo_de_colaboracao_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318613/images/original/03_Nota_Tecnica_APAE.docx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318616/images/original/Plano_de_trabalho_Qualificacao_do_atendimento_da_pessoa_com_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318615/images/original/Lei_4430_2023_termo_de_colaboracao_APAE_R_44_500_00_FNAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318614/images/original/Termo colabora&#231;&#227;o Apae.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318610/images/original/Termo colabora&#231;&#227;o Apae - fundeb.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318611/images/original/Plano_de_trabalho_Fundebb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318607/images/original/Nota_tecnica_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318608/images/original/Nota_tecnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318609/images/original/Nota_tecnica_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318606/images/original/Lei_4437_2023_termo_de_colaboracao_APAE_FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318605/images/original/Associacao_Amigos_de_Santa_Rita_recursos_R_120_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318604/images/original/Lei_4423_2023_Termo_de_Colaboracao_SANTA_RITA_R_120_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318603/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318602/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318600/images/original/PAC_plano_de_trabalho_anexo_I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318601/images/original/PAC_parecer_tecnico_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318599/images/original/Termo de Colabora&#231;&#227;o PAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318598/images/original/Lei_4418_2023_termo_de_colaboracao_PAC_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291930/images/original/JUSTIFICATIVA Inexigibilidade.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291929/images/original/Projeto_Qualificacao_da_Educacao_Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291928/images/original/TERMO DE COLABORACAO APAE.docx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291931/images/original/Lei_4392_2023_termo_de_colaboracao_APAE_R_85_000_00_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257231/images/original/Associacao_Amigos_de_Santa_Rita_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257230/images/original/TERMO DE FOMENTO n&#186; 24 2022.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257228/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257229/images/original/Lei_4361_2022_termo_de_fomento_Associacao_Amigos_Santa_Rita_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238751/images/original/Plano_de_trabalho_Grupo_Escoteiro_Nace_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238750/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238748/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238749/images/original/TERMO DE FOMENTO N&#186; 21 - ESCOTEIROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238784/images/original/Plano_de_Trabalho_Horta_Comunitaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238782/images/original/TERMO DE FOMENTO N&#186; 23 2022 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238783/images/original/Lei_4312_2022_Termo_de_fomento_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238780/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238781/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238365/images/original/Lei_4290_2022_Termo_de_Fomento_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238363/images/original/TERMO DE FOMENTO N&#186;  18 2022 Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238362/images/original/JUSTIFICATIVA Inexigibilidade Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238368/images/original/Oficio Grupo_da_Melhor_Idade_Paz_e_Amor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238367/images/original/Plano_de_Trabalho_GRUPO_DA_MAIOR_IDADE_PAZ_E_AMOR_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238366/images/original/Lei_4321_2022_altera_Lei_4290_2022_TERMO_DE_FOMENTO_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238779/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238778/images/original/APAE_Comdica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238775/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238774/images/original/TERMO DE FOMENTO N&#186; 22 DE 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238776/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238377/images/original/Liga_Feminina_de_Combate_ao_Cancer_solicita_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238376/images/original/Lei_4309_2022_TERMO_DE_FOMENTO_LIGA_FEMININA_DE_COMBATE_AO_CANCER_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238375/images/original/TERMO DE FOMENTO n&#186; 20 2022 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238374/images/original/JUSTIFICATIVA Inexigibilidade Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238372/images/original/Plano_de_Trabalho_Coral_Comunicacao_Unicanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238371/images/original/Lei_4328_2022_TERMO_DE_FOMENTO_CORAL_COMUNICACAO_UNICANTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238369/images/original/JUSTIFICATIVA Inexigibilidade Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238370/images/original/TERMO DE FOMENTO N&#186;  19 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238339/images/original/JUSTIFICATIVA Inexigibilidade - Caripaiguaras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238340/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238341/images/original/TERMO DE FOMENTO N&#186; 16 2022 - Caripaiguaras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238343/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238347/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238344/images/original/03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238346/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238348/images/original/02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238342/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238338/images/original/Plano_de_Trabalho_AGE_recursos_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238337/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238333/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238334/images/original/TERMO DE FOMENTO n&#186; 15 2022 AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238318/images/original/Plano_de_Trabalho_Associacao_Amigos_de_Santa_Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238317/images/original/Lei_4325_2022_termo_de_fomento_Associacao_Amigos_Santa_Rita_R_30_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238316/images/original/TERMO DE FOMENTO n&#186; 13 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238315/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238311/images/original/JUSTIFICATIVA Inexigibilidade - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238310/images/original/TERMO DE FOMENTO N&#186; 12 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238308/images/original/Plano_de_trabalho_Lar_da_Crianca_Primo_e_Palmira_Pandolfo_R_24_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238307/images/original/Lei_4293_2022_Termo_de_Fomento_ASSOCIACAO_BENEFICENTE_SAO_CARLOS_LAR_PRIMO_E_PALMIRA_PANDOLFO_R_24_00000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238309/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238383/images/original/Plano_de_trabalho_Grupo_da_Melhor_Idade_Paz_e_Amor_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238382/images/original/Lei_4320_2022_termo_de_colabotacao_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238380/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 01- 2022 - Melhor idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238381/images/original/JUSTIFICATIVA Inexigibilidade Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238357/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238356/images/original/Lei_4331_2022_altera_artigo_5_da_Lei_4314_2022_Termo_de_Fomento_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238355/images/original/Lei_4314_2022_TERMO_DE_FOMENTO_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238352/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238353/images/original/JUSTIFICATIVA Inexigibilidade.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238354/images/original/TERMO DE FOMENTO N&#186; 17 2022 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238326/images/original/Projeto_Sol_e_Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238325/images/original/Lei_4310_2022_TERMO_DE_FOMENTO_ASSOCIACAO_SOL_E_LUA_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238323/images/original/JUSTIFICATIVA Inexigibilidade Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238324/images/original/TERMO DE FOMENTO N&#186; 14- 2022 - Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238301/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238305/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238304/images/original/Lei 4311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238302/images/original/TERMO DE FOMENTO N&#186; 11 2022 - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238300/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238299/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238298/images/original/TERMO DE FOMENTO N&#186; 10 2022 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238297/images/original/JUSTIFICATIVA Inexigibilidade - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219419/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219418/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219417/images/original/TERMO DE FOMENTO N&#186; 09 2022 - CPM Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219416/images/original/JUSTIFICATIVA Inexigibilidade - Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219415/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219414/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219412/images/original/JUSTIFICATIVA Inexigibilidade Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219413/images/original/TERMO DE FOMENTO N&#186; 08 2022 - Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219410/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219408/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - CPM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219411/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219409/images/original/TERMO DE FOMENTO N&#186; 07 2022 - CPM Concei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219407/images/original/Lar_da_Crianca_Plano_de_Trabalho_2022_2_ (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219405/images/original/TERMO DE FOMENTO N&#186; 06 2022 - Lar Primo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219406/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219404/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219403/images/original/LEI 4277.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219402/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219400/images/original/TERMO DE FOMENTO N&#186; 05 2022 - PAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219399/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219397/images/original/CTG_Estirpe_Gaucha_plano_de_trabalho_recursos_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219396/images/original/TERMO DE FOMENTO n&#186; 04 2022 Estirpe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219395/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219394/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219391/images/original/Lei 4262.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219390/images/original/JUSTIFICATIVA Inexigibilidade - Mostra Guapor&#233;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219393/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219392/images/original/TERMO DE FOMENTO n&#186; 03 2022 - Mostra Guapor&#233;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219389/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219388/images/original/TERMO DE FOMENTO n&#186; 02 2022 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219387/images/original/Lei 4260-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219386/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219385/images/original/Plano_de_trabalho_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219384/images/original/TERMO DE FOMENTO n&#186; 01 2022 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219383/images/original/Lei 4255-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219382/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219429/images/original/TERMO DE FOMENTO n&#186; 17 2021 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219428/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219427/images/original/Plano de trabalho - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219426/images/original/TERMO DE FOMENTO n&#186; 16 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219425/images/original/Lei_4226_2021_termo_de_fomento_Associacao_Amigos_Santa_Rita_e_Associacao_Idosos_Recanto_da_Amizade_deducoes_Imposto_de_Renda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219424/images/original/JUSTIFICATIVA Inexigibilidade - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219423/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219422/images/original/TERMO DE FOMENTO n&#186; 15 2021 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219421/images/original/Lei_4226_2021_termo_de_fomento_Associacao_Amigos_Santa_Rita_e_Associacao_Idosos_Recanto_da_Amizade_deducoes_Imposto_de_Renda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219420/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168836/images/original/Lei_4219_2021_TERMO_DE_FOMENTO_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_20_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168838/images/original/Plano_de_Trabalho_Santa_Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168835/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168837/images/original/TERMO DE FOMENTO n&#186; 14 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168831/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168828/images/original/Hort_Comunitaria_Plano_de_Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168826/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168827/images/original/TERMO DE FOMENTO n&#186; 13 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168825/images/original/Termo de Apostilamento 01 TF 13 2021 Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168814/images/original/Lei_4220_2021_TERMO_DE_FOMENTO_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_R_20_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168815/images/original/Plano_Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168812/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168813/images/original/TERMO DE FOMENTO n&#186; 12 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168816/images/original/Termo de Apostilamento 01 TF 12 2021 Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168807/images/original/Lei_4218_2021_TERMO_DE_FOMENTO_LIGA_FEMININA_DE_COMBATE_AO_CANCER_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168808/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168805/images/original/JUSTIFICATIVA Inexigibilidade Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168809/images/original/TERMO DE FOMENTO n&#186; 11 2021 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168806/images/original/Termo de Apostilamento 01 TF 11 2021 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166365/images/original/TERMO DE FOMENTO ESTIRPE GAUCHA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166340/images/original/NOVO TERMO DE FOMENTO n&#186; 19 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168918/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170527/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170525/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170526/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/174060/images/original/PRESTA&#199;&#195;O DE CONTAS SOL E LUA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154156/images/original/Lei 4197.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154158/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154159/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154157/images/original/TERMO DE FOMENTO n&#186; 08 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154153/images/original/Lei 4183.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154155/images/original/Plano de Trabalho 2021 - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154152/images/original/JUSTIFICATIVA Inexigibilidade - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154154/images/original/TERMO DE FOMENTO n&#186; 07 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154149/images/original/Lei 4188.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154151/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154148/images/original/JUSTIFICATIVA Inexigibilidade Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154150/images/original/TERMO DE FOMENTO n&#186; 06 2021 - Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154145/images/original/Lei n 4185.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154147/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154144/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154146/images/original/TERMO DE FOMENTO n&#186; 05 2021 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142961/images/original/LEI 4175.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142962/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142963/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142964/images/original/TERMO DE FOMENTO n&#186; 04 2021 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142958/images/original/Plano de Trabalho Centro Ocupacional Bruno Jos&#233; Campos - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142957/images/original/LEI 4182-21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142959/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142960/images/original/TERMO DE FOMENTO n&#186; 03 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140848/images/original/Lei 4168-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140849/images/original/Plano de Trabalho 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140850/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140851/images/original/TERMO DE FOMENTO n&#186; 02 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140844/images/original/Lei 4170-21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140845/images/original/Plano de trabalho de Guapor&#233; 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140846/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140847/images/original/TERMO DE FOMENTO n&#186; 01 2021 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127699/images/original/JUSTIFICATIVA Inexigibilidade - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127700/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127701/images/original/Plano de trabalho - MELHORANDO O ATENDIMENTO AO IDOSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127765/images/original/TERMO DE FOMENTO n&#186; 24 2020 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126770/images/original/Plano de Trabalho - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126771/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126772/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126858/images/original/TERMO DE FOMENTO n&#186; 23 2020 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114962/images/original/TERMO DE FOMENTO n&#186; 22 2020 CPM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114961/images/original/TERMO DE FOMENTO n&#186; 21 2020 Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114960/images/original/TERMO DE FOMENTO n&#186; 20 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114958/images/original/TERMO DE FOMENTO n&#186; 19 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114957/images/original/TERMO DE FOMENTO n&#186; 18 2020 Escoteiros Nac&#234;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114956/images/original/TERMO DE FOMENTO n&#186; 17 2020 CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114955/images/original/TERMO DE FOMENTO n&#186; 16 2020 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114948/images/original/TERMO DE FOMENTO n&#186; 15 2020 AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114947/images/original/TERMO DE FOMENTO n&#186; 14 2020 - Caripaiguar&#225;s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114922/images/original/TERMO DE FOMENTO n&#186; 13 2020 - Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114921/images/original/TERMO DE FOMENTO n&#186; 12 2020 Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114918/images/original/TERMO DE FOMENTO n&#186; 11 2020 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114917/images/original/TERMO DE FOMENTO n&#186; 10 2020 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114916/images/original/TERMO DE FOMENTO n&#186; 09 2020 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114301/images/original/TERMO DE FOMENTO n&#186; 08 2020 - Col&#233;gio Scalabrini.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/730525/images/original/lei 4792 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/730526/images/original/Viabilidade t&#233;cnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/730527/images/original/PLano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/730524/images/original/TERMO_DE_COLABORACAO_CONSEPRO N&#186; 01 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709414/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709412/images/original/viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709411/images/original/Lei_4764_2025_APAE_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709410/images/original/Nota t&#233;cnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/709413/images/original/Termo Colabora&#231;&#227;o APAE n&#186; 07 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670998/images/original/Plano_de_trabalho_projeto_fortalecendo_vidas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670995/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670997/images/original/Lei_4744_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670996/images/original/TERMO COLOCABORA&#199;&#195;O APAE N&#186; 06 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625684/images/original/Lei 4702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625685/images/original/Viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625686/images/original/LAR SANTA RITA n&#186; 05 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/625687/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/677328/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605592/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605593/images/original/VIABILIDADE PARCERIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605595/images/original/LEI 4688 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/605596/images/original/TERMO LAR PRIMO E PALMIRA N&#186; 04 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/706442/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584801/images/original/Termo Colabora&#231;&#227;o Horta Comunitaria n&#186; 03 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584800/images/original/Lei_4667_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584796/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/584795/images/original/An&#225;lise de viabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/685853/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552693/images/original/Viabilidade T&#233;cnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552694/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552696/images/original/Termo de Colabora&#231;&#227;o Consepro n&#186; 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/552697/images/original/Lei_4657_2025_Termo_de_Colaboracao_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526812/images/original/Plano_de_Trabalho_Proj_Educar_para_Transformar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526813/images/original/Termo colabora&#231;&#227;o n&#186; 01 Apae - fundeb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/526815/images/original/NOTA T&#201;CNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511782/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511783/images/original/LEI 4622 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511785/images/original/TERMO DE COLABORA&#199;&#195;O SANTA RITA n&#186; 21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511786/images/original/VIABILIDADE_SANTA_RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496589/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496590/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496592/images/original/LEI 4567 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/496593/images/original/TERMO_DE_COLABORACAO_RECANTO_DA_AMIZADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/508556/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467715/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467712/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 12 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467713/images/original/PROJETO ENTIDADE 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467714/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467707/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467706/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 06 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467711/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466652/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 19 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466655/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466656/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466657/images/original/LEI 4557 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466648/images/original/TERMO DE COLABORA&#199;&#195;O APAE 100 N&#186; 18 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466649/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466650/images/original/PLANO DE TRABALHO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466651/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466643/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466638/images/original/TERMO DE COLABORA&#199;&#195;O APAE N&#186; 17 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466644/images/original/PLANO DE TRABALHO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466645/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464690/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 16 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464703/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464704/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464705/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464681/images/original/TERMO DE COLABORA&#199;&#195;O LAR SANTA RITA N&#186; 15 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464683/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464684/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464688/images/original/VIABILIDADE TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511246/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464676/images/original/TERMO DE COLABORA&#199;&#195;O HORTA COMUNIT&#193;RIA N&#186; 14 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464678/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464709/images/original/JUSTIFICATIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/464712/images/original/LEI 4555 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/509216/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463224/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 11 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467693/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467694/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467695/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463201/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 10 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467696/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467698/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467699/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463195/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 09 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467701/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467702/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467703/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463189/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 08 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467687/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467688/images/original/PLANO DE TRABALHO 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467689/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/511245/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463186/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 07 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467690/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467691/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467692/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/507309/images/original/ADITIVO N&#186; 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463158/images/original/TERMO_DE_COLABORACAO_CONSEPRO N&#186; 05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467681/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467682/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467685/images/original/Plano_de_Trabalho_2024_Convenio_PREFEITURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/463157/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 13 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467677/images/original/PROJETO ENTIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467678/images/original/VIABILIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467679/images/original/LEI 4554 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414517/images/original/Nota T&#233;cnica 012024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414516/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414518/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/414519/images/original/TERMO DE COLABORACAO APAE N&#186; 03 2024 .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412974/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412975/images/original/NOTA TECNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412976/images/original/LEI 4437 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413703/images/original/Termo colabora&#231;&#227;o n&#186; 02 Apae - fundeb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411971/images/original/PLANO DE A&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411972/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411973/images/original/TERMO DE FOMENTO N&#186; 01 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497695/images/original/1&#186; TERMO ADITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390509/images/original/Termo de Colabora&#231;&#227;o N&#186; 14 - APAE - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390513/images/original/1_APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390511/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390512/images/original/APAE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390508/images/original/Termo de Colabora&#231;&#227;o N&#186; 13 - LAR PRIMO E PALMIRA - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390505/images/original/5_LAR_PRIMO_E_PALMIRA_PANDOLFO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390506/images/original/Lar Primo e Palmira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390507/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390501/images/original/Lei_4485_2023_termos_de_colaboracao_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390500/images/original/Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390499/images/original/Termo de Colabora&#231;&#227;o N&#186; 12 - Assoc. S&#227;o Carlos - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390503/images/original/2_SCALABRINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411445/images/original/Plano_de_Trabalho_Associacao_Amigos_de_Santa_Rita_R_11_700_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411448/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411449/images/original/Lei_4465_2023_termo_de_colaboracao_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_11_700_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411451/images/original/PARECER_TECNICO_SANTA_RITA_11_70000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390493/images/original/PLANO_DE_TRABALHO_26_09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390492/images/original/Termo colabora&#231;&#227;o Apae - 10 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390491/images/original/Lei_4467_2023_termo_de_colaboracao_APAE_R_31_724_00_FNAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390490/images/original/VIABILIDADE_APAE_31_724_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349760/images/original/Associacao_dos_Idosos_Recanto_da_Amizade_plano_de_trabalho_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349759/images/original/Parecer T&#233;cnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349758/images/original/Lei_4450_2023_termo_de_colaboracao_ASSOCIACAO_DOS_IDOSOS_RECANTO_DA_AMIZADE_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349757/images/original/TERMO RECANTO DA AMIZADE Termo de Colabora&#231;&#227;o N&#186; 09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349752/images/original/2023_08_21_Plano_de_Trabalho_CONSEPRO_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349753/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349751/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 08-2023 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349749/images/original/Lei_4454_2023_termo_de_colaboracao_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349745/images/original/Santa_Rita - PARECER T&#201;CNICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349744/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349743/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349742/images/original/Lei_4458_2023_Termo_de_colaboracao_LAR_SANTA_RITA_R_80_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349673/images/original/Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349672/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349671/images/original/TERMO DE COLABORA&#199;&#195;O HORTA COMUNITARIA N&#186; 06-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/349670/images/original/Lei_4451_2023_termo_de_colaboracao_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318613/images/original/03_Nota_Tecnica_APAE.docx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318616/images/original/Plano_de_trabalho_Qualificacao_do_atendimento_da_pessoa_com_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318615/images/original/Lei_4430_2023_termo_de_colaboracao_APAE_R_44_500_00_FNAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318614/images/original/Termo colabora&#231;&#227;o Apae.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318610/images/original/Termo colabora&#231;&#227;o Apae - fundeb.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318611/images/original/Plano_de_trabalho_Fundebb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318607/images/original/Nota_tecnica_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318608/images/original/Nota_tecnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318609/images/original/Nota_tecnica_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318606/images/original/Lei_4437_2023_termo_de_colaboracao_APAE_FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318605/images/original/Associacao_Amigos_de_Santa_Rita_recursos_R_120_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318604/images/original/Lei_4423_2023_Termo_de_Colaboracao_SANTA_RITA_R_120_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318603/images/original/TERMO DE COLABORACAO LAR SANTA RITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318602/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318600/images/original/PAC_plano_de_trabalho_anexo_I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318601/images/original/PAC_parecer_tecnico_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318599/images/original/Termo de Colabora&#231;&#227;o PAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/318598/images/original/Lei_4418_2023_termo_de_colaboracao_PAC_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291930/images/original/JUSTIFICATIVA Inexigibilidade.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291929/images/original/Projeto_Qualificacao_da_Educacao_Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291928/images/original/TERMO DE COLABORACAO APAE.docx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/291931/images/original/Lei_4392_2023_termo_de_colaboracao_APAE_R_85_000_00_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257231/images/original/Associacao_Amigos_de_Santa_Rita_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257230/images/original/TERMO DE FOMENTO n&#186; 24 2022.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257228/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/257229/images/original/Lei_4361_2022_termo_de_fomento_Associacao_Amigos_Santa_Rita_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238751/images/original/Plano_de_trabalho_Grupo_Escoteiro_Nace_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238750/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238748/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238749/images/original/TERMO DE FOMENTO N&#186; 21 - ESCOTEIROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238784/images/original/Plano_de_Trabalho_Horta_Comunitaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238782/images/original/TERMO DE FOMENTO N&#186; 23 2022 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238783/images/original/Lei_4312_2022_Termo_de_fomento_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238780/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238781/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238365/images/original/Lei_4290_2022_Termo_de_Fomento_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238363/images/original/TERMO DE FOMENTO N&#186;  18 2022 Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238362/images/original/JUSTIFICATIVA Inexigibilidade Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238368/images/original/Oficio Grupo_da_Melhor_Idade_Paz_e_Amor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238367/images/original/Plano_de_Trabalho_GRUPO_DA_MAIOR_IDADE_PAZ_E_AMOR_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238366/images/original/Lei_4321_2022_altera_Lei_4290_2022_TERMO_DE_FOMENTO_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238779/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238778/images/original/APAE_Comdica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238775/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238774/images/original/TERMO DE FOMENTO N&#186; 22 DE 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238776/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238377/images/original/Liga_Feminina_de_Combate_ao_Cancer_solicita_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238376/images/original/Lei_4309_2022_TERMO_DE_FOMENTO_LIGA_FEMININA_DE_COMBATE_AO_CANCER_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238375/images/original/TERMO DE FOMENTO n&#186; 20 2022 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238374/images/original/JUSTIFICATIVA Inexigibilidade Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238372/images/original/Plano_de_Trabalho_Coral_Comunicacao_Unicanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238371/images/original/Lei_4328_2022_TERMO_DE_FOMENTO_CORAL_COMUNICACAO_UNICANTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238369/images/original/JUSTIFICATIVA Inexigibilidade Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238370/images/original/TERMO DE FOMENTO N&#186;  19 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238339/images/original/JUSTIFICATIVA Inexigibilidade - Caripaiguaras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238340/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238341/images/original/TERMO DE FOMENTO N&#186; 16 2022 - Caripaiguaras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238343/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238347/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238344/images/original/03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238346/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238348/images/original/02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238342/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238338/images/original/Plano_de_Trabalho_AGE_recursos_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238337/images/original/Lei_4276_2022_Celebracao_termo_de_fomento_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238333/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238334/images/original/TERMO DE FOMENTO n&#186; 15 2022 AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238318/images/original/Plano_de_Trabalho_Associacao_Amigos_de_Santa_Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238317/images/original/Lei_4325_2022_termo_de_fomento_Associacao_Amigos_Santa_Rita_R_30_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238316/images/original/TERMO DE FOMENTO n&#186; 13 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238315/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238311/images/original/JUSTIFICATIVA Inexigibilidade - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238310/images/original/TERMO DE FOMENTO N&#186; 12 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238308/images/original/Plano_de_trabalho_Lar_da_Crianca_Primo_e_Palmira_Pandolfo_R_24_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238307/images/original/Lei_4293_2022_Termo_de_Fomento_ASSOCIACAO_BENEFICENTE_SAO_CARLOS_LAR_PRIMO_E_PALMIRA_PANDOLFO_R_24_00000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238309/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238383/images/original/Plano_de_trabalho_Grupo_da_Melhor_Idade_Paz_e_Amor_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238382/images/original/Lei_4320_2022_termo_de_colabotacao_GRUPO_DA_MELHOR_IDADE_PAZ_E_AMOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238380/images/original/TERMO DE COLABORA&#199;&#195;O N&#186; 01- 2022 - Melhor idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238381/images/original/JUSTIFICATIVA Inexigibilidade Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238357/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238356/images/original/Lei_4331_2022_altera_artigo_5_da_Lei_4314_2022_Termo_de_Fomento_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238355/images/original/Lei_4314_2022_TERMO_DE_FOMENTO_CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238352/images/original/1&#186; Termo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238353/images/original/JUSTIFICATIVA Inexigibilidade.doc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238354/images/original/TERMO DE FOMENTO N&#186; 17 2022 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238326/images/original/Projeto_Sol_e_Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238325/images/original/Lei_4310_2022_TERMO_DE_FOMENTO_ASSOCIACAO_SOL_E_LUA_R_15_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238323/images/original/JUSTIFICATIVA Inexigibilidade Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238324/images/original/TERMO DE FOMENTO N&#186; 14- 2022 - Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238301/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238305/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238304/images/original/Lei 4311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238302/images/original/TERMO DE FOMENTO N&#186; 11 2022 - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238300/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238299/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238298/images/original/TERMO DE FOMENTO N&#186; 10 2022 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/238297/images/original/JUSTIFICATIVA Inexigibilidade - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219419/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219418/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219417/images/original/TERMO DE FOMENTO N&#186; 09 2022 - CPM Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219416/images/original/JUSTIFICATIVA Inexigibilidade - Scalabrini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219415/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219414/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219412/images/original/JUSTIFICATIVA Inexigibilidade Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219413/images/original/TERMO DE FOMENTO N&#186; 08 2022 - Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219410/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219408/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - CPM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219411/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219409/images/original/TERMO DE FOMENTO N&#186; 07 2022 - CPM Concei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219407/images/original/Lar_da_Crianca_Plano_de_Trabalho_2022_2_ (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219405/images/original/TERMO DE FOMENTO N&#186; 06 2022 - Lar Primo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219406/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219404/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219403/images/original/LEI 4277.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219402/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219400/images/original/TERMO DE FOMENTO N&#186; 05 2022 - PAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219399/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219397/images/original/CTG_Estirpe_Gaucha_plano_de_trabalho_recursos_COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219396/images/original/TERMO DE FOMENTO n&#186; 04 2022 Estirpe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219395/images/original/LEI 4276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219394/images/original/JUSTIFICATIVA Inexigibilidade - COMDICA - CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219391/images/original/Lei 4262.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219390/images/original/JUSTIFICATIVA Inexigibilidade - Mostra Guapor&#233;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219393/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219392/images/original/TERMO DE FOMENTO n&#186; 03 2022 - Mostra Guapor&#233;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219389/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219388/images/original/TERMO DE FOMENTO n&#186; 02 2022 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219387/images/original/Lei 4260-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219386/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219385/images/original/Plano_de_trabalho_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_40_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219384/images/original/TERMO DE FOMENTO n&#186; 01 2022 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219383/images/original/Lei 4255-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219382/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219429/images/original/TERMO DE FOMENTO n&#186; 17 2021 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219428/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219427/images/original/Plano de trabalho - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219426/images/original/TERMO DE FOMENTO n&#186; 16 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219425/images/original/Lei_4226_2021_termo_de_fomento_Associacao_Amigos_Santa_Rita_e_Associacao_Idosos_Recanto_da_Amizade_deducoes_Imposto_de_Renda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219424/images/original/JUSTIFICATIVA Inexigibilidade - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219423/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219422/images/original/TERMO DE FOMENTO n&#186; 15 2021 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219421/images/original/Lei_4226_2021_termo_de_fomento_Associacao_Amigos_Santa_Rita_e_Associacao_Idosos_Recanto_da_Amizade_deducoes_Imposto_de_Renda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/219420/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168836/images/original/Lei_4219_2021_TERMO_DE_FOMENTO_ASSOCIACAO_AMIGOS_DE_SANTA_RITA_R_20_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168838/images/original/Plano_de_Trabalho_Santa_Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168835/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168837/images/original/TERMO DE FOMENTO n&#186; 14 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168831/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168828/images/original/Hort_Comunitaria_Plano_de_Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168826/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168827/images/original/TERMO DE FOMENTO n&#186; 13 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168825/images/original/Termo de Apostilamento 01 TF 13 2021 Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168814/images/original/Lei_4220_2021_TERMO_DE_FOMENTO_CENTRO_OCUPACIONAL_BRUNO_JOSE_CAMPOS_HORTA_COMUNITARIA_R_20_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168815/images/original/Plano_Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168812/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168813/images/original/TERMO DE FOMENTO n&#186; 12 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168816/images/original/Termo de Apostilamento 01 TF 12 2021 Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168807/images/original/Lei_4218_2021_TERMO_DE_FOMENTO_LIGA_FEMININA_DE_COMBATE_AO_CANCER_R_10_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168808/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168805/images/original/JUSTIFICATIVA Inexigibilidade Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168809/images/original/TERMO DE FOMENTO n&#186; 11 2021 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168806/images/original/Termo de Apostilamento 01 TF 11 2021 Liga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166365/images/original/TERMO DE FOMENTO ESTIRPE GAUCHA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166340/images/original/NOVO TERMO DE FOMENTO n&#186; 19 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/168918/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170527/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170525/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170526/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/174060/images/original/PRESTA&#199;&#195;O DE CONTAS SOL E LUA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154156/images/original/Lei 4197.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154158/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154159/images/original/JUSTIFICATIVA Inexigibilidade Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154157/images/original/TERMO DE FOMENTO n&#186; 08 2021 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154153/images/original/Lei 4183.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154155/images/original/Plano de Trabalho 2021 - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154152/images/original/JUSTIFICATIVA Inexigibilidade - Lar da Crian&#231;a Primo e Palmira Pandolfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154154/images/original/TERMO DE FOMENTO n&#186; 07 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154149/images/original/Lei 4188.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154151/images/original/Plano_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154148/images/original/JUSTIFICATIVA Inexigibilidade Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154150/images/original/TERMO DE FOMENTO n&#186; 06 2021 - Coral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154145/images/original/Lei n 4185.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154147/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154144/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/154146/images/original/TERMO DE FOMENTO n&#186; 05 2021 - Consepro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142961/images/original/LEI 4175.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142962/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142963/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142964/images/original/TERMO DE FOMENTO n&#186; 04 2021 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142958/images/original/Plano de Trabalho Centro Ocupacional Bruno Jos&#233; Campos - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142957/images/original/LEI 4182-21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142959/images/original/JUSTIFICATIVA Inexigibilidade - Horta Comunit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142960/images/original/TERMO DE FOMENTO n&#186; 03 2021 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140848/images/original/Lei 4168-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140849/images/original/Plano de Trabalho 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140850/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140851/images/original/TERMO DE FOMENTO n&#186; 02 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140844/images/original/Lei 4170-21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140845/images/original/Plano de trabalho de Guapor&#233; 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140846/images/original/JUSTIFICATIVA Inexigibilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140847/images/original/TERMO DE FOMENTO n&#186; 01 2021 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127699/images/original/JUSTIFICATIVA Inexigibilidade - Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127700/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127701/images/original/Plano de trabalho - MELHORANDO O ATENDIMENTO AO IDOSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/127765/images/original/TERMO DE FOMENTO n&#186; 24 2020 Lar Santa Rita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126770/images/original/Plano de Trabalho - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126771/images/original/Lei.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126772/images/original/JUSTIFICATIVA Inexigibilidade - Recanto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126858/images/original/TERMO DE FOMENTO n&#186; 23 2020 - Recanto da Amizade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114962/images/original/TERMO DE FOMENTO n&#186; 22 2020 CPM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114961/images/original/TERMO DE FOMENTO n&#186; 21 2020 Melhor Idade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114960/images/original/TERMO DE FOMENTO n&#186; 20 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114958/images/original/TERMO DE FOMENTO n&#186; 19 2020 Sol e Lua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114957/images/original/TERMO DE FOMENTO n&#186; 18 2020 Escoteiros Nac&#234;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114956/images/original/TERMO DE FOMENTO n&#186; 17 2020 CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114955/images/original/TERMO DE FOMENTO n&#186; 16 2020 - Apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114948/images/original/TERMO DE FOMENTO n&#186; 15 2020 AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114947/images/original/TERMO DE FOMENTO n&#186; 14 2020 - Caripaiguar&#225;s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114922/images/original/TERMO DE FOMENTO n&#186; 13 2020 - Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114921/images/original/TERMO DE FOMENTO n&#186; 12 2020 Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114918/images/original/TERMO DE FOMENTO n&#186; 11 2020 - Horta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/114917/images/original/TERMO DE FOMENTO n&#186; 10 2020 Lar Santa Rita.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C371"/>
+  <dimension ref="A1:C379"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C371" sqref="C371"/>
+      <selection activeCell="C379" sqref="C379"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1367,4055 +1382,4143 @@
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B20" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B21" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B23" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B24" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B25" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B26" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>30</v>
       </c>
       <c r="B29" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B30" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B31" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B32" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" t="s">
+        <v>35</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="B36" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>40</v>
+      </c>
+      <c r="B37" t="s">
+        <v>41</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B38" t="s">
+        <v>41</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B39" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B40" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>46</v>
+      </c>
+      <c r="B41" t="s">
         <v>47</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="1" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>46</v>
+      </c>
+      <c r="B42" t="s">
         <v>47</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>46</v>
+      </c>
+      <c r="B43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B44" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B45" t="s">
+        <v>47</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B46" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>51</v>
+      </c>
+      <c r="B47" t="s">
+        <v>52</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B48" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B49" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B50" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B51" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B52" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>58</v>
       </c>
       <c r="B53" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>58</v>
       </c>
       <c r="B54" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B55" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>62</v>
+        <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B56" t="s">
+        <v>59</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B57" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B58" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B59" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B60" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>65</v>
       </c>
       <c r="B61" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>67</v>
+        <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B64" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>67</v>
+      </c>
+      <c r="B65" t="s">
         <v>68</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>67</v>
+      </c>
+      <c r="B66" t="s">
         <v>68</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>67</v>
+      </c>
+      <c r="B67" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>67</v>
+      </c>
+      <c r="B68" t="s">
         <v>68</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="1" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69" t="s">
+        <v>68</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>72</v>
       </c>
       <c r="B71" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>75</v>
       </c>
       <c r="B74" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>75</v>
       </c>
       <c r="B75" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B77" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B78" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B79" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B81" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B82" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B84" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B85" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B86" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>84</v>
+        <v>53</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B87" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B88" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B89" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B90" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B91" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B92" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B93" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B94" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>88</v>
+        <v>45</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B95" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B96" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B97" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B98" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B99" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
+        <v>90</v>
+      </c>
+      <c r="B100" t="s">
+        <v>80</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B101" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B102" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B103" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B104" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>96</v>
       </c>
       <c r="B105" t="s">
+        <v>80</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>96</v>
       </c>
       <c r="B106" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B107" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B108" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
+        <v>99</v>
+      </c>
+      <c r="B109" t="s">
         <v>100</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C109" s="1" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
+        <v>99</v>
+      </c>
+      <c r="B110" t="s">
         <v>100</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
+        <v>99</v>
+      </c>
+      <c r="B111" t="s">
+        <v>100</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B112" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B113" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>104</v>
+        <v>42</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B114" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
+        <v>103</v>
+      </c>
+      <c r="B115" t="s">
+        <v>104</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B116" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>63</v>
+        <v>106</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B117" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B118" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B119" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B120" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B121" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B122" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B123" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>52</v>
+        <v>111</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B124" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B125" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B126" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>6</v>
+        <v>70</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
+        <v>112</v>
+      </c>
+      <c r="B127" t="s">
         <v>110</v>
       </c>
-      <c r="B127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
+        <v>112</v>
+      </c>
+      <c r="B128" t="s">
         <v>110</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" s="1" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
+        <v>113</v>
+      </c>
+      <c r="B129" t="s">
         <v>110</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" s="1" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
+        <v>113</v>
+      </c>
+      <c r="B130" t="s">
         <v>110</v>
       </c>
-      <c r="B130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>113</v>
       </c>
       <c r="B131" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>113</v>
       </c>
       <c r="B132" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B133" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>116</v>
+        <v>7</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B134" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B135" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>32</v>
+        <v>116</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B136" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>117</v>
       </c>
       <c r="B137" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>117</v>
       </c>
       <c r="B138" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>119</v>
+        <v>44</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B139" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B140" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>120</v>
       </c>
       <c r="B141" t="s">
         <v>121</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>120</v>
       </c>
       <c r="B142" t="s">
         <v>121</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
+        <v>120</v>
+      </c>
+      <c r="B143" t="s">
+        <v>121</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B144" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B145" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B146" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B147" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B148" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>127</v>
       </c>
       <c r="B149" t="s">
         <v>128</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>127</v>
       </c>
       <c r="B150" t="s">
         <v>128</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B151" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B152" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>32</v>
+        <v>129</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
+        <v>130</v>
+      </c>
+      <c r="B153" t="s">
         <v>131</v>
       </c>
-      <c r="B153" t="s">
+      <c r="C153" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
+        <v>130</v>
+      </c>
+      <c r="B154" t="s">
         <v>131</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="1" t="s">
-        <v>134</v>
+        <v>42</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
+        <v>130</v>
+      </c>
+      <c r="B155" t="s">
         <v>131</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="1" t="s">
-        <v>135</v>
+        <v>44</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
+        <v>130</v>
+      </c>
+      <c r="B156" t="s">
         <v>131</v>
       </c>
-      <c r="B156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B157" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B158" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>140</v>
+        <v>42</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
+        <v>134</v>
+      </c>
+      <c r="B159" t="s">
+        <v>135</v>
+      </c>
+      <c r="C159" s="1" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B160" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B161" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B162" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>115</v>
+        <v>42</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B163" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>34</v>
+        <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
+        <v>138</v>
+      </c>
+      <c r="B164" t="s">
+        <v>139</v>
+      </c>
+      <c r="C164" s="1" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="B165" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="B166" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>144</v>
       </c>
       <c r="B167" t="s">
         <v>145</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>40</v>
+        <v>146</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>144</v>
       </c>
       <c r="B168" t="s">
         <v>145</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B169" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B170" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
+        <v>148</v>
+      </c>
+      <c r="B171" t="s">
         <v>149</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
+        <v>148</v>
+      </c>
+      <c r="B172" t="s">
         <v>149</v>
       </c>
-      <c r="B172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172" s="1" t="s">
-        <v>44</v>
+        <v>122</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B173" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B174" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>44</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
+        <v>151</v>
+      </c>
+      <c r="B175" t="s">
         <v>152</v>
       </c>
-      <c r="B175" t="s">
+      <c r="C175" s="1" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
+        <v>151</v>
+      </c>
+      <c r="B176" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B177" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
+        <v>151</v>
+      </c>
+      <c r="B178" t="s">
+        <v>152</v>
+      </c>
+      <c r="C178" s="1" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B179" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B180" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>63</v>
+        <v>158</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B181" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B182" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B183" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>159</v>
+        <v>42</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B184" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B185" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B186" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>32</v>
+        <v>161</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B187" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B188" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B189" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B190" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B191" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B192" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>165</v>
       </c>
       <c r="B193" t="s">
+        <v>163</v>
+      </c>
+      <c r="C193" s="1" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>165</v>
       </c>
       <c r="B194" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>165</v>
       </c>
       <c r="B195" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>165</v>
       </c>
       <c r="B196" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B197" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
         <v>168</v>
       </c>
       <c r="B198" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
         <v>168</v>
       </c>
       <c r="B199" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
         <v>168</v>
       </c>
       <c r="B200" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>169</v>
+        <v>70</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B201" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>63</v>
+        <v>171</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B202" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B203" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B204" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>172</v>
+        <v>53</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B205" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B206" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>174</v>
+        <v>70</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B207" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>175</v>
+        <v>42</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B208" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>176</v>
+        <v>53</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B209" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B210" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>32</v>
+        <v>176</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
         <v>177</v>
       </c>
       <c r="B211" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
         <v>177</v>
       </c>
       <c r="B212" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
         <v>177</v>
       </c>
       <c r="B213" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
+        <v>177</v>
+      </c>
+      <c r="B214" t="s">
+        <v>173</v>
+      </c>
+      <c r="C214" s="1" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B215" t="s">
+        <v>173</v>
+      </c>
+      <c r="C215" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B216" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B217" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>63</v>
+        <v>182</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B218" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>63</v>
+        <v>183</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B219" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>183</v>
+        <v>53</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B220" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B221" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B222" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>184</v>
       </c>
       <c r="B223" t="s">
+        <v>173</v>
+      </c>
+      <c r="C223" s="1" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B224" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B225" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>186</v>
+        <v>53</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B226" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>63</v>
+        <v>188</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
+        <v>186</v>
+      </c>
+      <c r="B227" t="s">
         <v>187</v>
       </c>
-      <c r="B227" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="1" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
+        <v>189</v>
+      </c>
+      <c r="B228" t="s">
         <v>187</v>
       </c>
-      <c r="B228" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
+        <v>189</v>
+      </c>
+      <c r="B229" t="s">
         <v>187</v>
       </c>
-      <c r="B229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="1" t="s">
-        <v>44</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
+        <v>189</v>
+      </c>
+      <c r="B230" t="s">
         <v>187</v>
       </c>
-      <c r="B230" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="1" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
+        <v>189</v>
+      </c>
+      <c r="B231" t="s">
         <v>187</v>
       </c>
-      <c r="B231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
+        <v>189</v>
+      </c>
+      <c r="B232" t="s">
         <v>187</v>
       </c>
-      <c r="B232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" s="1" t="s">
-        <v>189</v>
+        <v>33</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B233" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B234" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B235" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>63</v>
+        <v>193</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B236" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>192</v>
+        <v>70</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B237" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B238" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B239" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B240" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>195</v>
+        <v>33</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B241" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
+        <v>194</v>
+      </c>
+      <c r="B242" t="s">
+        <v>195</v>
+      </c>
+      <c r="C242" s="1" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B243" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>198</v>
+        <v>55</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B244" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B245" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
+        <v>197</v>
+      </c>
+      <c r="B246" t="s">
+        <v>198</v>
+      </c>
+      <c r="C246" s="1" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B247" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>201</v>
+        <v>70</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B248" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B249" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
+        <v>200</v>
+      </c>
+      <c r="B250" t="s">
+        <v>201</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B251" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B252" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>203</v>
+        <v>53</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
+        <v>203</v>
+      </c>
+      <c r="B253" t="s">
         <v>204</v>
       </c>
-      <c r="B253" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" s="1" t="s">
-        <v>44</v>
+        <v>205</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
+        <v>203</v>
+      </c>
+      <c r="B254" t="s">
         <v>204</v>
       </c>
-      <c r="B254" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B255" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B256" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>205</v>
+        <v>53</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
         <v>206</v>
       </c>
       <c r="B257" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>32</v>
+        <v>208</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
         <v>206</v>
       </c>
       <c r="B258" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>207</v>
+        <v>70</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B259" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B260" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B261" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B262" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>32</v>
+        <v>210</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B263" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>209</v>
+        <v>53</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B264" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B265" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B266" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B267" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B268" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>63</v>
+        <v>214</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
         <v>213</v>
       </c>
       <c r="B269" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
         <v>213</v>
       </c>
       <c r="B270" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B271" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B272" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>215</v>
+        <v>42</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
+        <v>215</v>
+      </c>
+      <c r="B273" t="s">
+        <v>207</v>
+      </c>
+      <c r="C273" s="1" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B274" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>218</v>
+        <v>70</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B275" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B276" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>63</v>
+        <v>219</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B277" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B278" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>221</v>
+        <v>70</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B279" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B280" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B281" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>224</v>
+        <v>42</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
+        <v>220</v>
+      </c>
+      <c r="B282" t="s">
+        <v>221</v>
+      </c>
+      <c r="C282" s="1" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B283" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
+        <v>223</v>
+      </c>
+      <c r="B284" t="s">
+        <v>224</v>
+      </c>
+      <c r="C284" s="1" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B285" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B286" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B287" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
+        <v>226</v>
+      </c>
+      <c r="B288" t="s">
+        <v>227</v>
+      </c>
+      <c r="C288" s="1" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B289" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B290" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
+        <v>229</v>
+      </c>
+      <c r="B291" t="s">
         <v>230</v>
       </c>
-      <c r="B291" t="s">
+      <c r="C291" s="1" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
+        <v>229</v>
+      </c>
+      <c r="B292" t="s">
         <v>230</v>
       </c>
-      <c r="B292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" s="1" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B293" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B294" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
+        <v>232</v>
+      </c>
+      <c r="B295" t="s">
         <v>233</v>
       </c>
-      <c r="B295" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
+        <v>232</v>
+      </c>
+      <c r="B296" t="s">
         <v>233</v>
       </c>
-      <c r="B296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="1" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
+        <v>235</v>
+      </c>
+      <c r="B297" t="s">
         <v>233</v>
       </c>
-      <c r="B297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
+        <v>235</v>
+      </c>
+      <c r="B298" t="s">
         <v>233</v>
       </c>
-      <c r="B298" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C298" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
+        <v>235</v>
+      </c>
+      <c r="B299" t="s">
         <v>233</v>
       </c>
-      <c r="B299" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C299" s="1" t="s">
-        <v>236</v>
+        <v>53</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B300" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
         <v>237</v>
       </c>
       <c r="B301" t="s">
         <v>238</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
         <v>237</v>
       </c>
       <c r="B302" t="s">
         <v>238</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
         <v>237</v>
       </c>
       <c r="B303" t="s">
         <v>238</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
         <v>237</v>
       </c>
       <c r="B304" t="s">
         <v>238</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
         <v>240</v>
       </c>
       <c r="B305" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
         <v>240</v>
       </c>
       <c r="B306" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
         <v>240</v>
       </c>
       <c r="B307" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
         <v>240</v>
       </c>
       <c r="B308" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
         <v>240</v>
       </c>
       <c r="B309" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B310" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>244</v>
+        <v>53</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
+        <v>244</v>
+      </c>
+      <c r="B311" t="s">
         <v>245</v>
       </c>
-      <c r="B311" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" s="1" t="s">
-        <v>247</v>
+        <v>42</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
+        <v>244</v>
+      </c>
+      <c r="B312" t="s">
         <v>245</v>
       </c>
-      <c r="B312" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" s="1" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
+        <v>244</v>
+      </c>
+      <c r="B313" t="s">
         <v>245</v>
       </c>
-      <c r="B313" t="s">
+      <c r="C313" s="1" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
+        <v>244</v>
+      </c>
+      <c r="B314" t="s">
         <v>245</v>
       </c>
-      <c r="B314" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C314" s="1" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
+        <v>247</v>
+      </c>
+      <c r="B315" t="s">
         <v>245</v>
       </c>
-      <c r="B315" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C315" s="1" t="s">
-        <v>250</v>
+        <v>53</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
+        <v>247</v>
+      </c>
+      <c r="B316" t="s">
         <v>245</v>
       </c>
-      <c r="B316" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C316" s="1" t="s">
-        <v>251</v>
+        <v>42</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B317" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B318" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>32</v>
+        <v>248</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B319" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>63</v>
+        <v>243</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B320" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
+        <v>252</v>
+      </c>
+      <c r="B321" t="s">
+        <v>253</v>
+      </c>
+      <c r="C321" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B322" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B323" t="s">
+        <v>253</v>
+      </c>
+      <c r="C323" s="1" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B324" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
+        <v>252</v>
+      </c>
+      <c r="B325" t="s">
+        <v>253</v>
+      </c>
+      <c r="C325" s="1" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B326" t="s">
+        <v>253</v>
+      </c>
+      <c r="C326" s="1" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B327" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B328" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>259</v>
+        <v>42</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B329" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
+        <v>259</v>
+      </c>
+      <c r="B330" t="s">
+        <v>253</v>
+      </c>
+      <c r="C330" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B331" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B332" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>262</v>
+        <v>42</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B333" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
+        <v>261</v>
+      </c>
+      <c r="B334" t="s">
+        <v>262</v>
+      </c>
+      <c r="C334" s="1" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B335" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B336" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B337" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
+        <v>264</v>
+      </c>
+      <c r="B338" t="s">
+        <v>265</v>
+      </c>
+      <c r="C338" s="1" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B339" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B340" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>267</v>
+        <v>42</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
+        <v>267</v>
+      </c>
+      <c r="B341" t="s">
         <v>268</v>
       </c>
-      <c r="B341" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C341" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
+        <v>267</v>
+      </c>
+      <c r="B342" t="s">
         <v>268</v>
       </c>
-      <c r="B342" t="s">
+      <c r="C342" s="1" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B343" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B344" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>270</v>
+        <v>42</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
+        <v>270</v>
+      </c>
+      <c r="B345" t="s">
         <v>271</v>
       </c>
-      <c r="B345" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C345" s="1" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
+        <v>270</v>
+      </c>
+      <c r="B346" t="s">
         <v>271</v>
       </c>
-      <c r="B346" t="s">
+      <c r="C346" s="1" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
+        <v>273</v>
+      </c>
+      <c r="B347" t="s">
         <v>271</v>
       </c>
-      <c r="B347" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C347" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
+        <v>273</v>
+      </c>
+      <c r="B348" t="s">
         <v>271</v>
       </c>
-      <c r="B348" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C348" s="1" t="s">
-        <v>273</v>
+        <v>53</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B349" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>146</v>
+        <v>70</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
+        <v>273</v>
+      </c>
+      <c r="B350" t="s">
+        <v>271</v>
+      </c>
+      <c r="C350" s="1" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B351" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B352" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>274</v>
+        <v>42</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
+        <v>275</v>
+      </c>
+      <c r="B353" t="s">
         <v>276</v>
       </c>
-      <c r="B353" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C353" s="1" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
+        <v>275</v>
+      </c>
+      <c r="B354" t="s">
         <v>276</v>
       </c>
-      <c r="B354" t="s">
+      <c r="C354" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B355" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>146</v>
+        <v>53</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B356" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>276</v>
+        <v>42</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
+        <v>278</v>
+      </c>
+      <c r="B357" t="s">
         <v>279</v>
       </c>
-      <c r="B357" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" s="1" t="s">
-        <v>279</v>
+        <v>70</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B358" t="s">
+        <v>279</v>
+      </c>
+      <c r="C358" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
+        <v>281</v>
+      </c>
+      <c r="B359" t="s">
         <v>282</v>
       </c>
-      <c r="B359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C359" s="1" t="s">
-        <v>282</v>
+        <v>153</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B360" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>283</v>
+        <v>64</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B361" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B362" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="B363" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>287</v>
+        <v>11</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="B364" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="B365" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>292</v>
+        <v>153</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="B366" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="B367" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B368" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>301</v>
+        <v>289</v>
       </c>
       <c r="B369" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="B370" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
+        <v>291</v>
+      </c>
+      <c r="B371" t="s">
+        <v>287</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" t="s">
+        <v>293</v>
+      </c>
+      <c r="B372" t="s">
+        <v>287</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" t="s">
+        <v>294</v>
+      </c>
+      <c r="B373" t="s">
+        <v>295</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" t="s">
+        <v>296</v>
+      </c>
+      <c r="B374" t="s">
+        <v>297</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" t="s">
+        <v>298</v>
+      </c>
+      <c r="B375" t="s">
+        <v>297</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" t="s">
+        <v>300</v>
+      </c>
+      <c r="B376" t="s">
+        <v>301</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" t="s">
+        <v>303</v>
+      </c>
+      <c r="B377" t="s">
+        <v>301</v>
+      </c>
+      <c r="C377" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B371" t="s">
-[...3 lines deleted...]
-        <v>304</v>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" t="s">
+        <v>305</v>
+      </c>
+      <c r="B378" t="s">
+        <v>306</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" t="s">
+        <v>308</v>
+      </c>
+      <c r="B379" t="s">
+        <v>306</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -5747,50 +5850,58 @@
     <hyperlink ref="C347" r:id="rId_hyperlink_346"/>
     <hyperlink ref="C348" r:id="rId_hyperlink_347"/>
     <hyperlink ref="C349" r:id="rId_hyperlink_348"/>
     <hyperlink ref="C350" r:id="rId_hyperlink_349"/>
     <hyperlink ref="C351" r:id="rId_hyperlink_350"/>
     <hyperlink ref="C352" r:id="rId_hyperlink_351"/>
     <hyperlink ref="C353" r:id="rId_hyperlink_352"/>
     <hyperlink ref="C354" r:id="rId_hyperlink_353"/>
     <hyperlink ref="C355" r:id="rId_hyperlink_354"/>
     <hyperlink ref="C356" r:id="rId_hyperlink_355"/>
     <hyperlink ref="C357" r:id="rId_hyperlink_356"/>
     <hyperlink ref="C358" r:id="rId_hyperlink_357"/>
     <hyperlink ref="C359" r:id="rId_hyperlink_358"/>
     <hyperlink ref="C360" r:id="rId_hyperlink_359"/>
     <hyperlink ref="C361" r:id="rId_hyperlink_360"/>
     <hyperlink ref="C362" r:id="rId_hyperlink_361"/>
     <hyperlink ref="C363" r:id="rId_hyperlink_362"/>
     <hyperlink ref="C364" r:id="rId_hyperlink_363"/>
     <hyperlink ref="C365" r:id="rId_hyperlink_364"/>
     <hyperlink ref="C366" r:id="rId_hyperlink_365"/>
     <hyperlink ref="C367" r:id="rId_hyperlink_366"/>
     <hyperlink ref="C368" r:id="rId_hyperlink_367"/>
     <hyperlink ref="C369" r:id="rId_hyperlink_368"/>
     <hyperlink ref="C370" r:id="rId_hyperlink_369"/>
     <hyperlink ref="C371" r:id="rId_hyperlink_370"/>
+    <hyperlink ref="C372" r:id="rId_hyperlink_371"/>
+    <hyperlink ref="C373" r:id="rId_hyperlink_372"/>
+    <hyperlink ref="C374" r:id="rId_hyperlink_373"/>
+    <hyperlink ref="C375" r:id="rId_hyperlink_374"/>
+    <hyperlink ref="C376" r:id="rId_hyperlink_375"/>
+    <hyperlink ref="C377" r:id="rId_hyperlink_376"/>
+    <hyperlink ref="C378" r:id="rId_hyperlink_377"/>
+    <hyperlink ref="C379" r:id="rId_hyperlink_378"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>