--- v0 (2025-11-02)
+++ v1 (2026-01-22)
@@ -12,61 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Patrocínio Clube de Mês</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>PARECER</t>
+  </si>
+  <si>
+    <t>PLANO DE TRABALHO</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>contrato patrocinio clube de mães.pdf</t>
+  </si>
+  <si>
+    <t>PATROCÍNIO CAMPEONATO GAÚCHO DE FUTSAL CATEGORIA BRONZE</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>Parecer comissão.pdf</t>
+  </si>
+  <si>
+    <t>Plano de Trabalho.pdf</t>
+  </si>
+  <si>
+    <t>Lei 4761.pdf</t>
+  </si>
+  <si>
+    <t>Contrato Patrocinio AGE 226 2025.pdf</t>
+  </si>
+  <si>
     <t>Realização da COPA GUAPORÉ DE TIRO ESPORTIVO</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
     <t>Plano de trabalho</t>
   </si>
   <si>
     <t>Plano de midia</t>
   </si>
   <si>
     <t>Parecer comissão</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>PATROCÍNIO destinado à realização da Copa ASLIVATA, no período de setembro a dezembro de 2025</t>
   </si>
   <si>
     <t>15/09/2025</t>
@@ -143,63 +179,57 @@
   <si>
     <t>PARECER EXPOAGRO</t>
   </si>
   <si>
     <t>OFICIO</t>
   </si>
   <si>
     <t>LEI 4637/2025</t>
   </si>
   <si>
     <t>CONTRATO Nº 09/2025</t>
   </si>
   <si>
     <t>Patrocínio AGE na TAÇA FARROUPILHA, CAMPEONATO GAÚCHO DE FUTEBOL DE SALÃO SÉRIE A e COPA DOS PAMPAS</t>
   </si>
   <si>
     <t>09/04/2024</t>
   </si>
   <si>
     <t>CONTRATO PATROCINIO</t>
   </si>
   <si>
     <t>LEI 4521</t>
   </si>
   <si>
-    <t>PLANO DE TRABALHO</t>
-[...1 lines deleted...]
-  <si>
     <t>PATROCINIO para a realização do evento denominado 1ª EXPOAGRO GUAPORÉ, na cidade de Guaporé/RS.</t>
   </si>
   <si>
     <t>22/03/2024</t>
   </si>
   <si>
     <t>PARECER TECNICO</t>
-  </si>
-[...1 lines deleted...]
-    <t>LEI</t>
   </si>
   <si>
     <t>CONTRATO CIC</t>
   </si>
   <si>
     <t>Patrocínio para custeio de despesas para a realização do evento denominado RODEIO CRIOULO ESTADUAL DE GUAPORÉ, na cidade de Guaporé/RS.</t>
   </si>
   <si>
     <t>19/03/2024</t>
   </si>
   <si>
     <t>PARECER TÉCNICO</t>
   </si>
   <si>
     <t>LEI PATROCINIO</t>
   </si>
   <si>
     <t>CONTRATO PATROCINIO CTG</t>
   </si>
   <si>
     <t>CONSELHO MUNICIPAL DOS CLUBES DE MÃES DE GUAPORÉ</t>
   </si>
   <si>
     <t>13/11/2023</t>
   </si>
@@ -650,62 +680,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670808/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670809/images/original/Plano de Midia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670807/images/original/Parecer Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670810/images/original/lei 4755.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670806/images/original/CA 218 2025 - CLUBE TIRO E CA&#199;A.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648880/images/original/Parecer Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648881/images/original/Plano de TRabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648879/images/original/Plano de Midia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648877/images/original/lei 4724 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648878/images/original/Contrato Gremio Esportivo 187 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/620186/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/620185/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/620187/images/original/Lei 4707 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/620184/images/original/Contrato n&#186; 147 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578889/images/original/PLANO DE MIDIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578888/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578886/images/original/PARECER COMISS&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578891/images/original/LEI 4665.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578890/images/original/Contrato Patrocinio Mostra Guapore n 63 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/568156/images/original/parecer comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/568157/images/original/plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/568159/images/original/lei 4663.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/568160/images/original/Contrato Patrocinio AGE n&#186; 59 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550677/images/original/Contrato Patrocinio n&#186; 49 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550675/images/original/PLANO DE MIDIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550674/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550676/images/original/VIABILIDADE T&#201;CNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550678/images/original/Lei_4635_2025_patrocinio_CTG_ULTIMA_TROPEADA_RODEIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550680/images/original/Lei 4653 2025 patrocinio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524646/images/original/PLANO_DE_MIDIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524652/images/original/PARECER_EXPOAGRO_ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524642/images/original/Oficio_Expoagro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524643/images/original/Lei_4637_2025_CIC_EXPOAGRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524653/images/original/Contrato patroc&#237;nio EXPOAGRO n&#186; 09 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/416999/images/original/CONTRATO ADMINISTRATIVO N&#186; 308 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/416997/images/original/LEI 4521.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/416998/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412116/images/original/PARECER TECNICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412117/images/original/LEI 4519.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412118/images/original/CONTRATO N&#186; 277 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412115/images/original/PEDIDO ENTIDADE 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411434/images/original/PEDIDO CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411436/images/original/PARECER TECNICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411437/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411438/images/original/Contrato Patrocinio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/366764/images/original/Plano_de_Trabalho_Conselho_Municipal_de_Clubes_de_Maes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/366763/images/original/Parecer_tecnico_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/366762/images/original/Lei_4473_2023_contrato_de_patrocinio_CONSELHO_MUNICIPAL_DOS_CLUBES_DE_MAES_DE_GUAPORE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/366761/images/original/Contrato 1021 - Termo patrocinio Clube de m&#227;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305207/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305206/images/original/pedido_financeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305204/images/original/Lei_4428_2023_patrocinio_AGE_R_100_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305209/images/original/Palno de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305208/images/original/Plano de divulga&#231;&#227;o de m&#237;dia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305235/images/original/633 - Contrato de patroc&#237;nio AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293276/images/original/Plano_de_Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293274/images/original/Parecer_Tecnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293272/images/original/Lei_4422_2023_patrocinio_ASSOCIACAO_GUAPORE_PRO_EVENTOS_MOSTRA_GUAPORE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293288/images/original/476 - Contrato de patroc&#237;nio Mostra Guapor&#233; 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279008/images/original/Lei_4395_2023_contrato_de_patrocinio_CTG_Ultima_Tropeada_Rodeio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279004/images/original/Contrato Patrocinio 253-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279009/images/original/Parecer Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279007/images/original/Pedido_CTG_2023_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279006/images/original/Pedido_ctg_20232_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249737/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249736/images/original/Solicitacao_Clube_de_Maes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249735/images/original/Lei_4362_2022_contrato_de_patrocinio_CONSELHO_MUNICIPAL_DOS_CLUBES_DE_MAES_DE_GUAPORE_R_12_600_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249734/images/original/1224 Contrato Patroc&#237;nio Clube de M&#227;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/221955/images/original/SOLICITA&#199;&#195;O DE PATROC&#205;NIO.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249762/images/original/Lei_4322_2022_concess&#227;o e recebimento de patroc&#237;nio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166277/images/original/PROJETO_FESTIVAL_DOS_FESTIVAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166280/images/original/PARECER_TECNICO_OS_DESGARRATOS_2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166279/images/original/Lei 4225 - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166278/images/original/1088 - Contrato Patroc&#237;nio - CTG Os Desgarrados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166281/images/original/Termo de Apostilamento 01 - Contrato 1088 2021 - CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166272/images/original/Plano_de_divulgacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166271/images/original/PARECER T&#201;CNICO - Age - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166270/images/original/Lei 4194 - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166269/images/original/679 - Contrato Patroc&#237;nio AGE 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/172014/images/original/PRESTA&#199;&#195;O DE CONTAS  AGE 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173391/images/original/of&#237;cio 500-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173390/images/original/An&#225;lise AGE.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/681545/images/original/parecer_clube_maes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/681544/images/original/plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/681543/images/original/Lei_4759_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/692707/images/original/contrato patrocinio clube de m&#227;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/676161/images/original/Parecer comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/676160/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/676163/images/original/Lei 4761.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/676162/images/original/Contrato Patrocinio AGE 226 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670808/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670809/images/original/Plano de Midia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670807/images/original/Parecer Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670810/images/original/lei 4755.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670806/images/original/CA 218 2025 - CLUBE TIRO E CA&#199;A.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648880/images/original/Parecer Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648881/images/original/Plano de TRabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648879/images/original/Plano de Midia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648877/images/original/lei 4724 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/648878/images/original/Contrato Gremio Esportivo 187 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/620186/images/original/Plano de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/620185/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/620187/images/original/Lei 4707 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/620184/images/original/Contrato n&#186; 147 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578889/images/original/PLANO DE MIDIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578888/images/original/Plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578886/images/original/PARECER COMISS&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578891/images/original/LEI 4665.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/578890/images/original/Contrato Patrocinio Mostra Guapore n 63 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/568156/images/original/parecer comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/568157/images/original/plano de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/568159/images/original/lei 4663.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/568160/images/original/Contrato Patrocinio AGE n&#186; 59 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550677/images/original/Contrato Patrocinio n&#186; 49 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550675/images/original/PLANO DE MIDIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550674/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550676/images/original/VIABILIDADE T&#201;CNICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550678/images/original/Lei_4635_2025_patrocinio_CTG_ULTIMA_TROPEADA_RODEIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550680/images/original/Lei 4653 2025 patrocinio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524646/images/original/PLANO_DE_MIDIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524652/images/original/PARECER_EXPOAGRO_ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524642/images/original/Oficio_Expoagro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524643/images/original/Lei_4637_2025_CIC_EXPOAGRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/524653/images/original/Contrato patroc&#237;nio EXPOAGRO n&#186; 09 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/416999/images/original/CONTRATO ADMINISTRATIVO N&#186; 308 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/416997/images/original/LEI 4521.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/416998/images/original/PLANO DE TRABALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412116/images/original/PARECER TECNICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412117/images/original/LEI 4519.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412118/images/original/CONTRATO N&#186; 277 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/412115/images/original/PEDIDO ENTIDADE 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411434/images/original/PEDIDO CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411436/images/original/PARECER TECNICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411437/images/original/LEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/411438/images/original/Contrato Patrocinio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/366764/images/original/Plano_de_Trabalho_Conselho_Municipal_de_Clubes_de_Maes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/366763/images/original/Parecer_tecnico_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/366762/images/original/Lei_4473_2023_contrato_de_patrocinio_CONSELHO_MUNICIPAL_DOS_CLUBES_DE_MAES_DE_GUAPORE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/366761/images/original/Contrato 1021 - Termo patrocinio Clube de m&#227;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305207/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305206/images/original/pedido_financeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305204/images/original/Lei_4428_2023_patrocinio_AGE_R_100_000_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305209/images/original/Palno de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305208/images/original/Plano de divulga&#231;&#227;o de m&#237;dia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/305235/images/original/633 - Contrato de patroc&#237;nio AGE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293276/images/original/Plano_de_Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293274/images/original/Parecer_Tecnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293272/images/original/Lei_4422_2023_patrocinio_ASSOCIACAO_GUAPORE_PRO_EVENTOS_MOSTRA_GUAPORE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293288/images/original/476 - Contrato de patroc&#237;nio Mostra Guapor&#233; 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279008/images/original/Lei_4395_2023_contrato_de_patrocinio_CTG_Ultima_Tropeada_Rodeio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279004/images/original/Contrato Patrocinio 253-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279009/images/original/Parecer Comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279007/images/original/Pedido_CTG_2023_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279006/images/original/Pedido_ctg_20232_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249737/images/original/Parecer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249736/images/original/Solicitacao_Clube_de_Maes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249735/images/original/Lei_4362_2022_contrato_de_patrocinio_CONSELHO_MUNICIPAL_DOS_CLUBES_DE_MAES_DE_GUAPORE_R_12_600_00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249734/images/original/1224 Contrato Patroc&#237;nio Clube de M&#227;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/221955/images/original/SOLICITA&#199;&#195;O DE PATROC&#205;NIO.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249762/images/original/Lei_4322_2022_concess&#227;o e recebimento de patroc&#237;nio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166277/images/original/PROJETO_FESTIVAL_DOS_FESTIVAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166280/images/original/PARECER_TECNICO_OS_DESGARRATOS_2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166279/images/original/Lei 4225 - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166278/images/original/1088 - Contrato Patroc&#237;nio - CTG Os Desgarrados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166281/images/original/Termo de Apostilamento 01 - Contrato 1088 2021 - CTG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166272/images/original/Plano_de_divulgacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166271/images/original/PARECER T&#201;CNICO - Age - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166270/images/original/Lei 4194 - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166269/images/original/679 - Contrato Patroc&#237;nio AGE 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/172014/images/original/PRESTA&#199;&#195;O DE CONTAS  AGE 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173391/images/original/of&#237;cio 500-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/173390/images/original/An&#225;lise AGE.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C83"/>
+  <dimension ref="A1:C91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C83" sqref="C83"/>
+      <selection activeCell="C91" sqref="C91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -723,387 +753,387 @@
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B19" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B20" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B21" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B22" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B23" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B24" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B25" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B27" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B28" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B29" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B30" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B31" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B32" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B33" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B34" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B35" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="39" spans="1:3">
@@ -1125,502 +1155,590 @@
         <v>45</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B44" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B45" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B46" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>53</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B47" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B48" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B49" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B50" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B51" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B52" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B53" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B54" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>5</v>
+        <v>63</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B55" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B56" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B57" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>5</v>
+        <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B58" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B59" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B60" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B61" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B62" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B63" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B64" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B65" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B66" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B67" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B68" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B69" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>76</v>
       </c>
       <c r="B70" t="s">
         <v>77</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
+        <v>76</v>
+      </c>
+      <c r="B71" t="s">
+        <v>77</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="B72" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="B73" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
+        <v>80</v>
+      </c>
+      <c r="B74" t="s">
+        <v>81</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B75" t="s">
+        <v>81</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B76" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="B77" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B78" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>89</v>
       </c>
       <c r="B79" t="s">
         <v>90</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B80" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B81" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B82" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B83" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" t="s">
+        <v>92</v>
+      </c>
+      <c r="B84" t="s">
+        <v>93</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" t="s">
+        <v>99</v>
+      </c>
+      <c r="B85" t="s">
+        <v>100</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" t="s">
+        <v>99</v>
+      </c>
+      <c r="B86" t="s">
+        <v>100</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>95</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" t="s">
+        <v>99</v>
+      </c>
+      <c r="B87" t="s">
+        <v>100</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" t="s">
+        <v>99</v>
+      </c>
+      <c r="B88" t="s">
+        <v>100</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" t="s">
+        <v>99</v>
+      </c>
+      <c r="B89" t="s">
+        <v>100</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" t="s">
+        <v>99</v>
+      </c>
+      <c r="B90" t="s">
+        <v>100</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" t="s">
+        <v>99</v>
+      </c>
+      <c r="B91" t="s">
+        <v>100</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -1664,50 +1782,58 @@
     <hyperlink ref="C59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="C60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="C61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="C62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="C63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="C64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="C65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="C66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="C68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>