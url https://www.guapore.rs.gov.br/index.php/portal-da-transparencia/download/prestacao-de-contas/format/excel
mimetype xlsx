--- v0 (2025-11-09)
+++ v1 (2026-02-16)
@@ -12,167 +12,188 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>GESTÃO FISCAL PODER EXECUTIVO/2025</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>1ºBIMESTRE/2025</t>
   </si>
   <si>
     <t>2ºBIMESTRE/2025</t>
   </si>
   <si>
     <t>3º BIMESTRE/2025</t>
   </si>
   <si>
     <t>4ºBIMESTRE/2025</t>
   </si>
   <si>
+    <t>5ºBIMESTRE/2025</t>
+  </si>
+  <si>
+    <t>6ºBIMESTRE/2025</t>
+  </si>
+  <si>
     <t>GESTÃO FISCAL PODER LEGISLATIVO/2025</t>
   </si>
   <si>
     <t>2º BIMESTRE/2025</t>
   </si>
   <si>
     <t>RELATORIO RESUMIDO DA EXECUÇÃO ORÇAMENTARIA/2025</t>
   </si>
   <si>
+    <t>6ºbimestre/2025</t>
+  </si>
+  <si>
     <t>BALANCO ORÇAMENTARIO/2025</t>
   </si>
   <si>
     <t>JANEIRO/2025</t>
   </si>
   <si>
     <t>FEVEREIRO/2025</t>
   </si>
   <si>
     <t>MARÇO/2025</t>
   </si>
   <si>
     <t>ABRIL/2025</t>
   </si>
   <si>
     <t>MAIO/2025</t>
   </si>
   <si>
     <t>JUNHO/2025</t>
   </si>
   <si>
     <t>JULHO/2025</t>
   </si>
   <si>
     <t>AGOSTO/2025</t>
   </si>
   <si>
     <t>SETEMBRO/2025</t>
   </si>
   <si>
+    <t>OUTUBRO/2025</t>
+  </si>
+  <si>
+    <t>NOVEMBRO/2025</t>
+  </si>
+  <si>
+    <t>DEZEMBRO/2025</t>
+  </si>
+  <si>
     <t>COMPRAS PODER EXECUTIVO/2025</t>
   </si>
   <si>
     <t>DEMONSTRATIVO DE RECEITA E DESPESA/2025</t>
   </si>
   <si>
     <t>EXECUÇÃO DA RECEITA/2025</t>
   </si>
   <si>
     <t>EXECUÇÃO DA DESPESA/2025</t>
   </si>
   <si>
     <t>LIBERAÇÃO RECURSOS ESTADO/2025</t>
   </si>
   <si>
     <t>LIBERAÇÃO RECURSOS UNIÃO/2025</t>
   </si>
   <si>
     <t>TRIBUTOS ARRECADADOS/2025</t>
   </si>
   <si>
     <t>DIARIAS PODER EXECUTIVO/2025</t>
   </si>
   <si>
     <t>BALANCETE ORÇAMENTARIO DA RECEITA/2025</t>
   </si>
   <si>
     <t>BALANCETE ORÇAMENTARIO DA DESPESA/2025</t>
   </si>
   <si>
     <t>AUDIENCIAS PUBLICAS/2025-ORÇAMENTARIAS E METAS FISCAIS</t>
   </si>
   <si>
     <t>AUDIENCIA PUBLICA 3º QUADRIMESTRE/2024</t>
   </si>
   <si>
     <t>AUDIENCIA PUBLICA 1º QUADRIMESTRE/2025</t>
   </si>
   <si>
     <t>AUDIENCIA DA SAÚDE 1º QUADRIMESTRE/2025</t>
   </si>
   <si>
     <t>AUDIENCIA PPA 2026-2029</t>
   </si>
   <si>
     <t>AUDIENCIA PUBLICA LDO/2026</t>
   </si>
   <si>
     <t>AUDIENCIA PUBLICA METAS FISCAIS 2º QUADRIMESTRE/2025</t>
+  </si>
+  <si>
+    <t>AUDIENCIA PUBLICA LOA/2026</t>
   </si>
   <si>
     <t>GESTÃO FISCAL PODER EXECUTIVO/2024</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
     <t>1º BIMESTRE/2024</t>
   </si>
   <si>
     <t>2ºBIMESTRE/2024</t>
   </si>
   <si>
     <t>3ºBIMESTRE/2024</t>
   </si>
   <si>
     <t>4ºBIMESTRE/2024</t>
   </si>
   <si>
     <t>5ºBIMESTRE/2024</t>
   </si>
   <si>
     <t>6ºBIMESTRE/2024</t>
   </si>
@@ -1067,62 +1088,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546136/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582853/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611533/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/653250/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546142/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582854/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611534/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/653251/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546165/images/original/RELATORIO RESUMIDO 1&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582855/images/original/RELATORIO RESUMIDO 2&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611535/images/original/RELATORIO RESUMIDO 3&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/653252/images/original/RELATORIO RESUMIDO 4&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525892/images/original/BALAN&#199;O OR&#199;AMENT&#193;RIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546119/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550382/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582838/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597758/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611579/images/original/BALANCO OR&#199;AMENTARTIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621389/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650396/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666907/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525893/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546120/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550384/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582839/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597759/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611581/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621390/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650397/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666909/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525894/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546121/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550385/images/original/DEMONSTRATIVO DA RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582840/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597760/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611582/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621391/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650399/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666910/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525895/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546122/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550388/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582841/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597761/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611593/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621392/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650400/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666911/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525896/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546123/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550389/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582842/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597762/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611596/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621393/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650401/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666913/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525913/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546124/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550390/images/original/REPASSE ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582843/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597763/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611597/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621394/images/original/LIB ERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650403/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666918/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525915/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546125/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550391/images/original/REPASSE UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582844/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597764/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611598/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621395/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650409/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666920/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525898/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546127/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550392/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582846/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597765/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611670/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621396/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650411/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666922/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525899/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546128/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550393/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582848/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597766/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611680/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621397/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650413/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666924/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525900/images/original/B ALALNCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546129/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550394/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582849/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597767/images/original/BALALNCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611681/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621399/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650415/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666926/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525901/images/original/BALANCETE  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546131/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550395/images/original/BALANCETE DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582850/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597771/images/original/BALANCETE DAQ DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611682/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621400/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650416/images/original/BALALNCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666928/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525880/images/original/AUDIENCIA PUBLICA 3&#186; QUADRIMESTRE  2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/587807/images/original/AUDIENCIA PUBLICA 1&#186; QUADRIMESTRE  2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/599807/images/original/AUDIENCIA  P&#218;BLICA SA&#218;DE 1&#186; QUADRIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/599808/images/original/AUDIENCIA PPA 2026-2029.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/652217/images/original/SITE- AUDIENCIA PUBLICA LDO 2026 (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/658421/images/original/AUDIENCIA PUBLICA 2&#186; QUADRIMESTRE  2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413038/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/450468/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467950/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485619/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500162/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/518187/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413039/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/450469/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467951/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485902/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500163/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/518188/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413040/images/original/RELATORIO RESUMIDO 1&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/450470/images/original/RELATORIO RESUMIDO 2&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467952/images/original/RELATORIO RESUMIDO 3&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484815/images/original/RELATORIO RESUMIDO 4&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500167/images/original/RELATORIO RESUMIDO 5&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/518189/images/original/RELATORIO RESUMIDO 6&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400896/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410645/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419634/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448893/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458130/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466746/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475705/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484816/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493005/images/original/BALAN&#199;&#213; OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497176/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510193/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515391/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400897/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410647/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419635/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448895/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458132/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466778/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475706/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484817/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493006/images/original/CVOMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497178/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510195/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515392/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400898/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410649/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419636/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448896/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458134/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466749/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475707/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484818/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493007/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497179/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510196/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515393/images/original/DEMONSTRATIVO DE RECEITA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400899/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410651/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419638/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448900/images/original/EXZECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458140/images/original/EXECVU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466750/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475711/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484819/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493008/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497180/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510198/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515394/images/original/EXECUI&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400900/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410652/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419639/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448902/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458142/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466754/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475712/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484820/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493009/images/original/EXECUCA&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497182/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510199/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515395/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400901/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410654/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419640/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448906/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458143/images/original/LIBERA&#199;&#195;OI ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466781/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475714/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484821/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493010/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497183/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510201/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515396/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400913/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410656/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419641/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448907/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458144/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466783/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475718/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484822/images/original/LIBERTA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493011/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497184/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510202/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515397/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400914/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410657/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419644/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448908/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458146/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466755/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475720/images/original/TRIBUTOS ARRECADADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484823/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493012/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497185/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510203/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515398/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400915/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410659/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419646/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448916/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458148/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466758/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475721/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484826/images/original/DIARIA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493013/images/original/DIARIA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497186/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510204/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515399/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400916/images/original/BALALNCETE DA  RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410661/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419647/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448917/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458150/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466759/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475722/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484827/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493017/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497187/images/original/BALANCETE  RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510205/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515400/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400917/images/original/BALALNCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410662/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419648/images/original/BALANCETE DA  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448918/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458152/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466760/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475723/images/original/BALANCETE  DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484828/images/original/BALANCETE DE DESPESA PM,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493015/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497188/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510206/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515405/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400769/images/original/AUDIENCIA PUBLICA 3&#186; QUADRIMESTRE  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/450518/images/original/AUDIENCIA PUBLICA 1&#186; QUADRIMESTRE  2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485622/images/original/AUDIENCIA PUBLICA 2&#186; QUADRIMESTRE  2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485874/images/original/AUDIENCIA PUBLICA LDO ANO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501081/images/original/AUDIENCIA OR&#199;AMENTO 2025 CAMARA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294252/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294258/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/313488/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/332152/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368321/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397090/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294304/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294307/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/313489/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/332194/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368322/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397091/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294256/images/original/RELATORIO RESUMIDO 1&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294261/images/original/RELATORIO RESUMIDO 2&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/313490/images/original/RELATORIO RESUMIDO 3&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/332217/images/original/RELATORIO RESUMIDO 4&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368323/images/original/RELATORIO RESUMIDO 5&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397092/images/original/RELATORIO RESUMIDO 6&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277112/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279789/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289146/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294262/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300220/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307403/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317645/images/original/BALASLNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331530/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348592/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367593/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381876/images/original/BALAN&#199;O OR&#199;CAMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397093/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277113/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279790/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289148/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294264/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300221/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307404/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317646/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331552/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348593/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367595/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381877/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397094/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277114/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279791/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289149/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294266/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300223/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307405/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317647/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331572/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348595/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367596/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381878/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397095/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277115/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279792/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289219/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294267/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300225/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307406/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317648/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331591/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348596/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367598/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381879/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397096/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277116/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279795/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289151/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294268/images/original/EXZECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300226/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307408/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317649/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331714/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348597/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367599/images/original/EXECU&#199;&#195;O DA RRECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381880/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397097/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277117/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279796/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289153/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294271/images/original/REPASSE   ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300227/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307409/images/original/LIBERA&#199;&#195;OM ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317651/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331749/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348598/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367600/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381881/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397098/images/original/LIBERA&#199;&#195;O ESTADI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277118/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279797/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289154/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294272/images/original/REPASSE UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307410/images/original/LIBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307411/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317652/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331769/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348599/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367602/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381882/images/original/LIBERA&#199;&#195;O DA UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397099/images/original/LIBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277120/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279798/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289156/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294273/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300229/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307412/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317653/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331786/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348600/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367603/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381883/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397100/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277121/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279799/images/original/DI&#193;RIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289218/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294275/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300230/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307413/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317654/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331819/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348601/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367605/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381884/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397101/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277122/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279800/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289157/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294276/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300231/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307415/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317655/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331844/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348602/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367606/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381886/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397102/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277129/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279801/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289200/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294277/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300232/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307416/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317656/images/original/BALALNCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331903/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348603/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367608/images/original/BALLANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381888/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397103/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277135/images/original/AUDIENCIA PUBLICA 3&#186; QUADRIMESTRE  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300083/images/original/AUDIENCIA PUBLICA 1&#186; QUADRIMESTRE  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/337071/images/original/TABELA AUDIENCIA PUBLICA  2&#186; QUADRIMESTRE 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/193401/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203164/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211406/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224466/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2022 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249063/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2022 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/266428/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2022 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/193402/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203167/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/213276/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224467/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249064/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/266429/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206127/images/original/RELATORIO RESUMIDO  1&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206128/images/original/RELATORIO RESUMIDO 2&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206738/images/original/ANEXO XII RREO 1&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206739/images/original/ANEXO XII RREO 2&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/214245/images/original/RELATORIO RESUMIDO 3&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224468/images/original/RELATORIO RESUMIDO 4&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249065/images/original/RELATORIO RESUMIDO 5&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/266413/images/original/RELATORIO RESUMIDO 6&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181138/images/original/BALAN&#199;O OR&#199;AMENTARIO 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181227/images/original/BALANCO OR&#199;AMENTARIO 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196976/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203169/images/original/BALAN&#199;O ORCAMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207076/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211419/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216074/images/original/BALAANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224469/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239289/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249015/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253714/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342055/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181139/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181228/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196977/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203171/images/original/COMPRAS ABRIL PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207077/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211420/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216075/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224470/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239290/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249018/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253715/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342056/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181143/images/original/DEMONSTRATIVO DE RECEITA E DESPESA  01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181229/images/original/DEMONSTRATIVO DE RECEITA E DESPESA 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196978/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203173/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207078/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211421/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216078/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224471/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239291/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249019/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253716/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342057/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181154/images/original/EXECU&#199;&#195;O DA DESPESA 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181238/images/original/EXECU&#199;&#195;O DAS DESPESA 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196979/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203176/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207079/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211422/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216079/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224476/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239292/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249021/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253717/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342058/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181155/images/original/EXECU&#199;&#195;O DA RECEITA 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181239/images/original/EXECU&#199;&#195;O DA RECEITA-02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196980/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203177/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207080/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211423/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216080/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224477/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239294/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249022/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253718/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342059/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181156/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181246/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196983/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203179/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207082/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211424/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216081/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224478/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239295/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249023/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253719/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342061/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181157/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181240/images/original/LIBERA&#199;&#195;O UNIAO 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196984/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203180/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207083/images/original/LIBERA&#199;&#213;ES  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211425/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216082/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224479/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239296/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249024/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253720/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342062/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181158/images/original/TRIBUTOS ARRECADADOS 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181247/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196985/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203182/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207084/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211426/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216084/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224480/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239297/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249025/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253721/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342063/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181159/images/original/DIARIAS PM 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181248/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196986/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203184/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207085/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211427/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216085/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224481/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239298/images/original/DIARIA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249026/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253722/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342064/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181160/images/original/BALLANECE DE DESPESA PM 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181250/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196987/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203188/images/original/BALANCETE OR&#199;AMENTARIO DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207086/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211428/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216086/images/original/BALLANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224482/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239299/images/original/BALANCETE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249027/images/original/BALALETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253723/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342065/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181162/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181251/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196988/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203189/images/original/BALANCETE DA ERECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207087/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211429/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216087/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224483/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239300/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249495/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253726/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342067/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181191/images/original/AUDIENCIA PUBLICA 3&#186; QUADR 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/205123/images/original/AUDIENCIA PUBLICA 1&#186; QUADR 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/220324/images/original/AUDIENCIA PUBLICA LDO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224490/images/original/AUDIENCIA PUBLICA 2&#186; QUADR 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/251299/images/original/AUDIENCIA  P&#218;BLICA OR&#199;AMENTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132897/images/original/RELATORIO RESUMIDO  1&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139192/images/original/RELATORIO RESUMIDO  2&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/149203/images/original/RELATORIO RESUMIDO  3&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175875/images/original/RELATORIO RESUMIDO  6&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156359/images/original/RELATORIO RESUMIDO  4&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170449/images/original/RELATORIO RESUMIDO  5&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132898/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139193/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/149204/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175876/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156361/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170450/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132901/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139194/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/149205/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175877/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156360/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170451/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130776/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132909/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136111/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139195/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141911/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145080/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150235/images/original/BALAN&#199;O OR&#199;AMENTARIO (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153217/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175878/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159232/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164180/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170452/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130777/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132910/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136112/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139196/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141926/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145081/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150236/images/original/COMPRAS PM (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153218/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175882/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159233/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164182/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170453/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130778/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132911/images/original/DEMONSTRATIVO DE RECEITA E DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136113/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139197/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141927/images/original/DEMONSTRATIVO DE RECEITA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145087/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150237/images/original/DEMONSTRATIVO DE RECEITA E DESPESA (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153220/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175883/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159234/images/original/DEMONASTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164183/images/original/DEMONSTRATIVO  DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170454/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130779/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132912/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136114/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139198/images/original/EXECU&#199;&#195;O DA  DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141928/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145088/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150238/images/original/EXECU&#199;&#195;O DA DESPESA (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153221/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175884/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159236/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164184/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170455/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130780/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132913/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136115/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139199/images/original/EXECU&#199;&#195;IO DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141929/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145089/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150239/images/original/EXECU&#199;&#195;O DA RECEITA (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153223/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175885/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159237/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164185/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170457/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130782/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132914/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136116/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139200/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141931/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145090/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150240/images/original/LIBERA&#199;&#195;O ESTADO (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153224/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175887/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159239/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164186/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170459/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130783/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132915/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136117/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139201/images/original/LEBIREA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141933/images/original/LIBERA&#199;&#195;O DA UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145091/images/original/LIBERA&#199;&#195;O FEDERAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150241/images/original/LIBERA&#199;&#195;O FEDERAL (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153225/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159240/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175890/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164187/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170460/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130784/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132916/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136118/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139202/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141934/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145092/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150242/images/original/TRIBUTOS ARRECADADOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153226/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159241/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175892/images/original/TRUBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164188/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170461/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130785/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132917/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136119/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139203/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141936/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145093/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150244/images/original/DIARIAS PM (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153227/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159243/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175894/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164194/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170462/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130786/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132918/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136120/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139205/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141937/images/original/BALANC ETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145094/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150245/images/original/BALANCETE DESPESA PM (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153228/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159245/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175897/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164195/images/original/BALANCETE DE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170465/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130787/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132919/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136121/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139206/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141938/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145095/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150246/images/original/BALANCETE DA RECEITA PM (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153229/images/original/BALANCETE DA RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159248/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175899/images/original/BALALNCETE  DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164196/images/original/BALANCETE DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170466/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131491/images/original/AUDIENCIA PUBLICA 3&#186; QUADR 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140136/images/original/AUDIENCIA PUBLICA 1&#186; QUADR 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/144139/images/original/AUDIENCIA PUBLICA PPA 2022-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/146122/images/original/2&#170; AUDIENCIA PUBLICA DO PPA 2022-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153238/images/original/AUDIENCIA PUBLICA LDO PARA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/157104/images/original/AUDIENCIA PUBLICA 2&#186; QUADR 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166102/images/original/AUDIENCIA CAMARA  LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74264/images/original/RELATORIO RESUMIDO  1&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86074/images/original/RELATORIO RESUMIDO  2&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/110441/images/original/RELATORIO RESUMIDO  3&#186; BIMESTRE-2020 - C&#243;pia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120474/images/original/RELATORIO RESUMIDO  4&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125042/images/original/RELATORIO RESUMIDO  5&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128861/images/original/RELATORIO RESUMIDO  6&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74265/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86075/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/110442/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2020 - C&#243;pia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120483/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125044/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133046/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74266/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86076/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/110443/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM2020 - C&#243;pia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120484/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125045/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133044/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71769/images/original/BALALN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74273/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78068/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86059/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93185/images/original/BALAN&#199;O  OR&#199;AMEMNTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108155/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117489/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120428/images/original/BALANCO ORCAMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122578/images/original/BALANCO ORCAMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125129/images/original/BALAN&#199;O OR&#199;AMENTYARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126691/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128874/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71778/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74274/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78070/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86061/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93188/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108156/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117492/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120435/images/original/COMPRAS  1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122579/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125130/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126692/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128875/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71779/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74275/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78073/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86062/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93190/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108157/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117496/images/original/DEMONSTRATIVO DE RECEITA E  DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120437/images/original/DEMONSTRATIVO  DE  RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122581/images/original/DEMONSDTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125132/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126693/images/original/DEMONSTRATIVO DA RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128876/images/original/DEMOLNSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71780/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74277/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78074/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86063/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93193/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117527/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117529/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117558/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122584/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125133/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126707/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128877/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71781/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74278/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78075/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86064/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93195/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108159/images/original/EXECUCAO DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117531/images/original/EXECU&#199;AO DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120439/images/original/EXEC UC&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122585/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125134/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126695/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128878/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71782/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74279/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78076/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86065/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93199/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108160/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117503/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120441/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122586/images/original/LIVBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125158/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126696/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128879/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71797/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74280/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78077/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86066/images/original/LIBERA&#199;&#195;O  UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93200/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108161/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117504/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120442/images/original/LIBERA&#199;&#195;O  UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122587/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125159/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126697/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128880/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71826/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74281/images/original/TRIBUTOS ARRECADASDOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78078/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86067/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93201/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108162/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117505/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120445/images/original/TRIBUTOS ARRECADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122595/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125160/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126698/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128881/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71827/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74282/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78079/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86068/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93202/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108163/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117506/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120444/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122596/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125162/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126699/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128882/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71828/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74283/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78084/images/original/BALANCETE DE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86069/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93203/images/original/BALALNCETE DA  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108164/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117507/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120462/images/original/BALANCETE DA  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122597/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125163/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126700/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128883/images/original/BALANCETE  DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71829/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74284/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78085/images/original/BALANCETE DA RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86070/images/original/BALANCETEW DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93204/images/original/BALANCETE DA  RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108165/images/original/BALALNCETE DA RECEITA    PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117509/images/original/BALALNCETE DA RECEITA    PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120448/images/original/BALANCETE DA  RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122598/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125164/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126701/images/original/BALANCETE DA RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128884/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126877/images/original/AUDIENCIA PUBLICA 3&#186; QUADR 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126878/images/original/AUDIENCIA PUBLICA 1&#186; QUADR 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126879/images/original/audiencia-publica-2o-quadr-2020-1600282343.87.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126880/images/original/AUDIENCIA PUBLICA LDO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126881/images/original/1&#170;   AUDIENCIA PUB OR&#199;AMENTO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126882/images/original/2&#170; SEGUNDA AUDIENCIA PUBLICA OR&#199;AMENTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30038/images/original/1789.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30039/images/original/1803.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36134/images/original/BALALNCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38517/images/original/1- BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43529/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45425/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49816/images/original/BALALNCETE DA RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55768/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57930/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60422/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66191/images/original/BALANCETE DA RECEITA PM,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68840/images/original/BALALNCETE DE RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29925/images/original/1788.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29926/images/original/1802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36135/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38518/images/original/2 BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43530/images/original/BALALNCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45426/images/original/BALALNCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49817/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55786/images/original/BALAALNCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57931/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60423/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66192/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68841/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29652/images/original/1792.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29653/images/original/1801.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36112/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38519/images/original/3-DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43531/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45427/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49831/images/original/DI&#193;RIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55787/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57932/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60424/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66193/images/original/DIARIAAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68842/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29542/images/original/1787.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29543/images/original/1800.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36113/images/original/TRIBUITOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38520/images/original/4-TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43532/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45428/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49834/images/original/TRIBUTOS    ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55791/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57933/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60425/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66194/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68843/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29420/images/original/1786.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29421/images/original/1799.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36114/images/original/LIBERA&#199;&#195;O DE RECURSOS  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38521/images/original/5-LIBBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43533/images/original/LIBERA&#199;&#195;O FEDERAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45429/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49835/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55807/images/original/LIBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57935/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60427/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66195/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68844/images/original/LIBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29308/images/original/1785.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29309/images/original/1798.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36115/images/original/LIBERA&#199;&#195;O DE RECURSOS ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38522/images/original/6-LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43534/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45430/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49836/images/original/LIBERADO ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55808/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57936/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60431/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66196/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68845/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29195/images/original/1784.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29196/images/original/1797.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36127/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38523/images/original/7-EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43535/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45432/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49837/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55810/images/original/EXECU&#199;&#195;OI DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57937/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60434/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66198/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68867/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29082/images/original/1783.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29083/images/original/1796.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36128/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38524/images/original/8-EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43536/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45433/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49838/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55811/images/original/EXE CU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57938/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60435/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66199/images/original/EXECUCA&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68868/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/28969/images/original/1782.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/28970/images/original/1795.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36129/images/original/DEMONSTRATIVO DE  RECEITA E  DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38525/images/original/9-DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43537/images/original/DEMONSTRATIVO DE RECDEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45434/images/original/DEMONSTRATIVO DE RECEITA E DESP&#201;SA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49839/images/original/DEMONSTRATIVO DE RECEITA E   DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55812/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57939/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60438/images/original/DEMONBSTRATIVO DE RECEITA E  DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66202/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68869/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546136/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582853/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611533/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/653250/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686008/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726763/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546142/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582854/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611534/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/653251/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686025/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726764/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546165/images/original/RELATORIO RESUMIDO 1&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582855/images/original/RELATORIO RESUMIDO 2&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611535/images/original/RELATORIO RESUMIDO 3&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/653252/images/original/RELATORIO RESUMIDO 4&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686010/images/original/RELATORIO RESUMIDO 5&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726765/images/original/RELATORIO RESUMIDO 6&#186; BIMESTRE-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525892/images/original/BALAN&#199;O OR&#199;AMENT&#193;RIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546119/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550382/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582838/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597758/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611579/images/original/BALANCO OR&#199;AMENTARTIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621389/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650396/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666907/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686011/images/original/BALAN&#199;O OR&#199;AMENT&#193;RIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707673/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721871/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525893/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546120/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550384/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582839/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597759/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611581/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621390/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650397/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666909/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686012/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707674/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721872/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525894/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546121/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550385/images/original/DEMONSTRATIVO DA RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582840/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597760/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611582/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621391/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650399/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666910/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686013/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707675/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721873/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525895/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546122/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550388/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582841/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597761/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611593/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621392/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650400/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666911/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686014/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707676/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721876/images/original/EXECUJ&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525896/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546123/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550389/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582842/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597762/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611596/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621393/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650401/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666913/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686015/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707677/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721877/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525913/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546124/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550390/images/original/REPASSE ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582843/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597763/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611597/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621394/images/original/LIB ERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650403/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666918/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686016/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707678/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721880/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525915/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546125/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550391/images/original/REPASSE UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582844/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597764/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611598/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621395/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650409/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666920/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686017/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707679/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721881/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525898/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546127/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550392/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582846/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597765/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611670/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621396/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650411/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666922/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686018/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707680/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721882/images/original/TRIBUTOSD ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525899/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546128/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550393/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582848/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597766/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611680/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621397/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650413/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666924/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686019/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707681/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721884/images/original/DIARIA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525900/images/original/B ALALNCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546129/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550394/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582849/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597767/images/original/BALALNCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611681/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621399/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650415/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666926/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686020/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707682/images/original/BALALNCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721886/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525901/images/original/BALANCETE  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/546131/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/550395/images/original/BALANCETE DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/582850/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/597771/images/original/BALANCETE DAQ DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/611682/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/621400/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/650416/images/original/BALALNCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666928/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/686021/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/707683/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/721887/images/original/BALANCETE  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525880/images/original/AUDIENCIA PUBLICA 3&#186; QUADRIMESTRE  2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/587807/images/original/AUDIENCIA PUBLICA 1&#186; QUADRIMESTRE  2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/599807/images/original/AUDIENCIA  P&#218;BLICA SA&#218;DE 1&#186; QUADRIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/599808/images/original/AUDIENCIA PPA 2026-2029.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/652217/images/original/SITE- AUDIENCIA PUBLICA LDO 2026 (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/658421/images/original/AUDIENCIA PUBLICA 2&#186; QUADRIMESTRE  2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/692729/images/original/AUDIENCIA PUBLICA LOA 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413038/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/450468/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467950/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485619/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500162/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/518187/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413039/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/450469/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467951/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485902/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500163/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/518188/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/413040/images/original/RELATORIO RESUMIDO 1&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/450470/images/original/RELATORIO RESUMIDO 2&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/467952/images/original/RELATORIO RESUMIDO 3&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484815/images/original/RELATORIO RESUMIDO 4&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/500167/images/original/RELATORIO RESUMIDO 5&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/518189/images/original/RELATORIO RESUMIDO 6&#186; BIMESTRE-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400896/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410645/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419634/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448893/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458130/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466746/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475705/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484816/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493005/images/original/BALAN&#199;&#213; OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497176/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510193/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515391/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400897/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410647/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419635/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448895/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458132/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466778/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475706/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484817/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493006/images/original/CVOMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497178/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510195/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515392/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400898/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410649/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419636/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448896/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458134/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466749/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475707/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484818/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493007/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497179/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510196/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515393/images/original/DEMONSTRATIVO DE RECEITA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400899/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410651/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419638/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448900/images/original/EXZECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458140/images/original/EXECVU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466750/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475711/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484819/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493008/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497180/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510198/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515394/images/original/EXECUI&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400900/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410652/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419639/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448902/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458142/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466754/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475712/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484820/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493009/images/original/EXECUCA&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497182/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510199/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515395/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400901/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410654/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419640/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448906/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458143/images/original/LIBERA&#199;&#195;OI ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466781/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475714/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484821/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493010/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497183/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510201/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515396/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400913/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410656/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419641/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448907/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458144/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466783/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475718/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484822/images/original/LIBERTA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493011/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497184/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510202/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515397/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400914/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410657/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419644/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448908/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458146/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466755/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475720/images/original/TRIBUTOS ARRECADADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484823/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493012/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497185/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510203/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515398/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400915/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410659/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419646/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448916/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458148/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466758/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475721/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484826/images/original/DIARIA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493013/images/original/DIARIA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497186/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510204/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515399/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400916/images/original/BALALNCETE DA  RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410661/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419647/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448917/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458150/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466759/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475722/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484827/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493017/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497187/images/original/BALANCETE  RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510205/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515400/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400917/images/original/BALALNCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/410662/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/419648/images/original/BALANCETE DA  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/448918/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/458152/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/466760/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/475723/images/original/BALANCETE  DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/484828/images/original/BALANCETE DE DESPESA PM,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/493015/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/497188/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/510206/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/515405/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/400769/images/original/AUDIENCIA PUBLICA 3&#186; QUADRIMESTRE  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/450518/images/original/AUDIENCIA PUBLICA 1&#186; QUADRIMESTRE  2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485622/images/original/AUDIENCIA PUBLICA 2&#186; QUADRIMESTRE  2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/485874/images/original/AUDIENCIA PUBLICA LDO ANO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/501081/images/original/AUDIENCIA OR&#199;AMENTO 2025 CAMARA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294252/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294258/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/313488/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/332152/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368321/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397090/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294304/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294307/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/313489/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/332194/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368322/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397091/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294256/images/original/RELATORIO RESUMIDO 1&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294261/images/original/RELATORIO RESUMIDO 2&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/313490/images/original/RELATORIO RESUMIDO 3&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/332217/images/original/RELATORIO RESUMIDO 4&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368323/images/original/RELATORIO RESUMIDO 5&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397092/images/original/RELATORIO RESUMIDO 6&#186; BIMESTRE-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277112/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279789/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289146/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294262/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300220/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307403/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317645/images/original/BALASLNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331530/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348592/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367593/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381876/images/original/BALAN&#199;O OR&#199;CAMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397093/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277113/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279790/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289148/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294264/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300221/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307404/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317646/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331552/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348593/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367595/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381877/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397094/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277114/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279791/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289149/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294266/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300223/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307405/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317647/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331572/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348595/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367596/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381878/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397095/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277115/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279792/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289219/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294267/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300225/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307406/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317648/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331591/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348596/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367598/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381879/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397096/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277116/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279795/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289151/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294268/images/original/EXZECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300226/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307408/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317649/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331714/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348597/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367599/images/original/EXECU&#199;&#195;O DA RRECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381880/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397097/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277117/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279796/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289153/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294271/images/original/REPASSE   ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300227/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307409/images/original/LIBERA&#199;&#195;OM ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317651/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331749/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348598/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367600/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381881/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397098/images/original/LIBERA&#199;&#195;O ESTADI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277118/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279797/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289154/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294272/images/original/REPASSE UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307410/images/original/LIBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307411/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317652/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331769/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348599/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367602/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381882/images/original/LIBERA&#199;&#195;O DA UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397099/images/original/LIBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277120/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279798/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289156/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294273/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300229/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307412/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317653/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331786/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348600/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367603/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381883/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397100/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277121/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279799/images/original/DI&#193;RIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289218/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294275/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300230/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307413/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317654/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331819/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348601/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367605/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381884/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397101/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277122/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279800/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289157/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294276/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300231/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307415/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317655/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331844/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348602/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367606/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381886/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397102/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277129/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/279801/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/289200/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/294277/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300232/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/307416/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/317656/images/original/BALALNCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/331903/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348603/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367608/images/original/BALLANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381888/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397103/images/original/BALANCETE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277135/images/original/AUDIENCIA PUBLICA 3&#186; QUADRIMESTRE  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300083/images/original/AUDIENCIA PUBLICA 1&#186; QUADRIMESTRE  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/337071/images/original/TABELA AUDIENCIA PUBLICA  2&#186; QUADRIMESTRE 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/193401/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203164/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211406/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224466/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2022 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249063/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2022 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/266428/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2022 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/193402/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203167/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/213276/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224467/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249064/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/266429/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206127/images/original/RELATORIO RESUMIDO  1&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206128/images/original/RELATORIO RESUMIDO 2&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206738/images/original/ANEXO XII RREO 1&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206739/images/original/ANEXO XII RREO 2&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/214245/images/original/RELATORIO RESUMIDO 3&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224468/images/original/RELATORIO RESUMIDO 4&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249065/images/original/RELATORIO RESUMIDO 5&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/266413/images/original/RELATORIO RESUMIDO 6&#186; BIMESTRE-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181138/images/original/BALAN&#199;O OR&#199;AMENTARIO 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181227/images/original/BALANCO OR&#199;AMENTARIO 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196976/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203169/images/original/BALAN&#199;O ORCAMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207076/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211419/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216074/images/original/BALAANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224469/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239289/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249015/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253714/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342055/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181139/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181228/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196977/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203171/images/original/COMPRAS ABRIL PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207077/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211420/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216075/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224470/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239290/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249018/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253715/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342056/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181143/images/original/DEMONSTRATIVO DE RECEITA E DESPESA  01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181229/images/original/DEMONSTRATIVO DE RECEITA E DESPESA 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196978/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203173/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207078/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211421/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216078/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224471/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239291/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249019/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253716/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342057/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181154/images/original/EXECU&#199;&#195;O DA DESPESA 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181238/images/original/EXECU&#199;&#195;O DAS DESPESA 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196979/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203176/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207079/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211422/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216079/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224476/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239292/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249021/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253717/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342058/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181155/images/original/EXECU&#199;&#195;O DA RECEITA 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181239/images/original/EXECU&#199;&#195;O DA RECEITA-02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196980/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203177/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207080/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211423/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216080/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224477/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239294/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249022/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253718/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342059/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181156/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181246/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196983/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203179/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207082/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211424/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216081/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224478/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239295/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249023/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253719/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342061/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181157/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181240/images/original/LIBERA&#199;&#195;O UNIAO 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196984/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203180/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207083/images/original/LIBERA&#199;&#213;ES  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211425/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216082/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224479/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239296/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249024/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253720/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342062/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181158/images/original/TRIBUTOS ARRECADADOS 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181247/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196985/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203182/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207084/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211426/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216084/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224480/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239297/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249025/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253721/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342063/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181159/images/original/DIARIAS PM 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181248/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196986/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203184/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207085/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211427/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216085/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224481/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239298/images/original/DIARIA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249026/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253722/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342064/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181160/images/original/BALLANECE DE DESPESA PM 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181250/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196987/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203188/images/original/BALANCETE OR&#199;AMENTARIO DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207086/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211428/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216086/images/original/BALLANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224482/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239299/images/original/BALANCETE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249027/images/original/BALALETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253723/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342065/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181162/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181251/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196988/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/203189/images/original/BALANCETE DA ERECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207087/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/211429/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/216087/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224483/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/239300/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249495/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/253726/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342067/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/181191/images/original/AUDIENCIA PUBLICA 3&#186; QUADR 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/205123/images/original/AUDIENCIA PUBLICA 1&#186; QUADR 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/220324/images/original/AUDIENCIA PUBLICA LDO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/224490/images/original/AUDIENCIA PUBLICA 2&#186; QUADR 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/251299/images/original/AUDIENCIA  P&#218;BLICA OR&#199;AMENTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132897/images/original/RELATORIO RESUMIDO  1&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139192/images/original/RELATORIO RESUMIDO  2&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/149203/images/original/RELATORIO RESUMIDO  3&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175875/images/original/RELATORIO RESUMIDO  6&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156359/images/original/RELATORIO RESUMIDO  4&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170449/images/original/RELATORIO RESUMIDO  5&#186; BIMESTRE-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132898/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139193/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/149204/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175876/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156361/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170450/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132901/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139194/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/149205/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175877/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/156360/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170451/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130776/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132909/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136111/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139195/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141911/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145080/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150235/images/original/BALAN&#199;O OR&#199;AMENTARIO (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153217/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175878/images/original/BALALNCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159232/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164180/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170452/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130777/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132910/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136112/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139196/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141926/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145081/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150236/images/original/COMPRAS PM (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153218/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175882/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159233/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164182/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170453/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130778/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132911/images/original/DEMONSTRATIVO DE RECEITA E DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136113/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139197/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141927/images/original/DEMONSTRATIVO DE RECEITA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145087/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150237/images/original/DEMONSTRATIVO DE RECEITA E DESPESA (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153220/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175883/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159234/images/original/DEMONASTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164183/images/original/DEMONSTRATIVO  DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170454/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130779/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132912/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136114/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139198/images/original/EXECU&#199;&#195;O DA  DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141928/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145088/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150238/images/original/EXECU&#199;&#195;O DA DESPESA (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153221/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175884/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159236/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164184/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170455/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130780/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132913/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136115/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139199/images/original/EXECU&#199;&#195;IO DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141929/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145089/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150239/images/original/EXECU&#199;&#195;O DA RECEITA (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153223/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175885/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159237/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164185/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170457/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130782/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132914/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136116/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139200/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141931/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145090/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150240/images/original/LIBERA&#199;&#195;O ESTADO (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153224/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175887/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159239/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164186/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170459/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130783/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132915/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136117/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139201/images/original/LEBIREA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141933/images/original/LIBERA&#199;&#195;O DA UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145091/images/original/LIBERA&#199;&#195;O FEDERAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150241/images/original/LIBERA&#199;&#195;O FEDERAL (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153225/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159240/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175890/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164187/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170460/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130784/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132916/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136118/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139202/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141934/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145092/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150242/images/original/TRIBUTOS ARRECADADOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153226/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159241/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175892/images/original/TRUBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164188/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170461/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130785/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132917/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136119/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139203/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141936/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145093/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150244/images/original/DIARIAS PM (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153227/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159243/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175894/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164194/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170462/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130786/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132918/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136120/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139205/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141937/images/original/BALANC ETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145094/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150245/images/original/BALANCETE DESPESA PM (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153228/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159245/images/original/BALANCETE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175897/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164195/images/original/BALANCETE DE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170465/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/130787/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/132919/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/136121/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/139206/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141938/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/145095/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/150246/images/original/BALANCETE DA RECEITA PM (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153229/images/original/BALANCETE DA RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/159248/images/original/BALANCETE DE RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/175899/images/original/BALALNCETE  DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/164196/images/original/BALANCETE DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/170466/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/131491/images/original/AUDIENCIA PUBLICA 3&#186; QUADR 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140136/images/original/AUDIENCIA PUBLICA 1&#186; QUADR 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/144139/images/original/AUDIENCIA PUBLICA PPA 2022-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/146122/images/original/2&#170; AUDIENCIA PUBLICA DO PPA 2022-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/153238/images/original/AUDIENCIA PUBLICA LDO PARA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/157104/images/original/AUDIENCIA PUBLICA 2&#186; QUADR 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/166102/images/original/AUDIENCIA CAMARA  LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74264/images/original/RELATORIO RESUMIDO  1&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86074/images/original/RELATORIO RESUMIDO  2&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/110441/images/original/RELATORIO RESUMIDO  3&#186; BIMESTRE-2020 - C&#243;pia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120474/images/original/RELATORIO RESUMIDO  4&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125042/images/original/RELATORIO RESUMIDO  5&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128861/images/original/RELATORIO RESUMIDO  6&#186; BIMESTRE-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74265/images/original/GEST&#195;O FISCAL LEGISLATIVO 1&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86075/images/original/GEST&#195;O FISCAL LEGISLATIVO 2&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/110442/images/original/GEST&#195;O FISCAL LEGISLATIVO 3&#186; BIMESTRE2020 - C&#243;pia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120483/images/original/GEST&#195;O FISCAL LEGISLATIVO 4&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125044/images/original/GEST&#195;O FISCAL LEGISLATIVO 5&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133046/images/original/GEST&#195;O FISCAL LEGISLATIVO 6&#186; BIMESTRE2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74266/images/original/GEST&#195;O FISCAL EXECUTIVO 1&#176; BIM2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86076/images/original/GEST&#195;O FISCAL EXECUTIVO 2&#176; BIM2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/110443/images/original/GEST&#195;O FISCAL EXECUTIVO 3&#176; BIM2020 - C&#243;pia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120484/images/original/GEST&#195;O FISCAL EXECUTIVO 4&#176; BIM2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125045/images/original/GEST&#195;O FISCAL EXECUTIVO 5&#176; BIM 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/133044/images/original/GEST&#195;O FISCAL EXECUTIVO 6&#176; BIM 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71769/images/original/BALALN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74273/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78068/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86059/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93185/images/original/BALAN&#199;O  OR&#199;AMEMNTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108155/images/original/BALAN&#199;O OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117489/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120428/images/original/BALANCO ORCAMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122578/images/original/BALANCO ORCAMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125129/images/original/BALAN&#199;O OR&#199;AMENTYARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126691/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128874/images/original/BALANCO OR&#199;AMENTARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71778/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74274/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78070/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86061/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93188/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108156/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117492/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120435/images/original/COMPRAS  1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122579/images/original/COMPRAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125130/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126692/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128875/images/original/COMPRAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71779/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74275/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78073/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86062/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93190/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108157/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117496/images/original/DEMONSTRATIVO DE RECEITA E  DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120437/images/original/DEMONSTRATIVO  DE  RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122581/images/original/DEMONSDTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125132/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126693/images/original/DEMONSTRATIVO DA RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128876/images/original/DEMOLNSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71780/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74277/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78074/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86063/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93193/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117527/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117529/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117558/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122584/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125133/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126707/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128877/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71781/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74278/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78075/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86064/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93195/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108159/images/original/EXECUCAO DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117531/images/original/EXECU&#199;AO DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120439/images/original/EXEC UC&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122585/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125134/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126695/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128878/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71782/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74279/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78076/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86065/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93199/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108160/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117503/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120441/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122586/images/original/LIVBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125158/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126696/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128879/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71797/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74280/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78077/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86066/images/original/LIBERA&#199;&#195;O  UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93200/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108161/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117504/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120442/images/original/LIBERA&#199;&#195;O  UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122587/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125159/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126697/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128880/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71826/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74281/images/original/TRIBUTOS ARRECADASDOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78078/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86067/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93201/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108162/images/original/TRIBUTOS  ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117505/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120445/images/original/TRIBUTOS ARRECADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122595/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125160/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126698/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128881/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71827/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74282/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78079/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86068/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93202/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108163/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117506/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120444/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122596/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125162/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126699/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128882/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71828/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74283/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78084/images/original/BALANCETE DE DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86069/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93203/images/original/BALALNCETE DA  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108164/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117507/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120462/images/original/BALANCETE DA  DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122597/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125163/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126700/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128883/images/original/BALANCETE  DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/71829/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/74284/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/78085/images/original/BALANCETE DA RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/86070/images/original/BALANCETEW DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/93204/images/original/BALANCETE DA  RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/108165/images/original/BALALNCETE DA RECEITA    PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/117509/images/original/BALALNCETE DA RECEITA    PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/120448/images/original/BALANCETE DA  RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/122598/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/125164/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126701/images/original/BALANCETE DA RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/128884/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126877/images/original/AUDIENCIA PUBLICA 3&#186; QUADR 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126878/images/original/AUDIENCIA PUBLICA 1&#186; QUADR 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126879/images/original/audiencia-publica-2o-quadr-2020-1600282343.87.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126880/images/original/AUDIENCIA PUBLICA LDO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126881/images/original/1&#170;   AUDIENCIA PUB OR&#199;AMENTO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/126882/images/original/2&#170; SEGUNDA AUDIENCIA PUBLICA OR&#199;AMENTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30038/images/original/1789.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30039/images/original/1803.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36134/images/original/BALALNCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38517/images/original/1- BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43529/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45425/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49816/images/original/BALALNCETE DA RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55768/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57930/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60422/images/original/BALANCETE DA RECEITA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66191/images/original/BALANCETE DA RECEITA PM,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68840/images/original/BALALNCETE DE RECEITA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29925/images/original/1788.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29926/images/original/1802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36135/images/original/BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38518/images/original/2 BALANCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43530/images/original/BALALNCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45426/images/original/BALALNCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49817/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55786/images/original/BALAALNCETE DA DESPESA  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57931/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60423/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66192/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68841/images/original/BALANCETE DA DESPESA PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29652/images/original/1792.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29653/images/original/1801.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36112/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38519/images/original/3-DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43531/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45427/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49831/images/original/DI&#193;RIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55787/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57932/images/original/DIARIAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60424/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66193/images/original/DIARIAAS  PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68842/images/original/DIARIAS PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29542/images/original/1787.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29543/images/original/1800.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36113/images/original/TRIBUITOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38520/images/original/4-TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43532/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45428/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49834/images/original/TRIBUTOS    ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55791/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57933/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60425/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66194/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68843/images/original/TRIBUTOS ARRECADADOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29420/images/original/1786.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29421/images/original/1799.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36114/images/original/LIBERA&#199;&#195;O DE RECURSOS  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38521/images/original/5-LIBBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43533/images/original/LIBERA&#199;&#195;O FEDERAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45429/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49835/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55807/images/original/LIBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57935/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60427/images/original/LIBERA&#199;&#195;O UNI&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66195/images/original/LIBERA&#199;&#195;O UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68844/images/original/LIBERA&#199;&#195;O  UNIAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29308/images/original/1785.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29309/images/original/1798.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36115/images/original/LIBERA&#199;&#195;O DE RECURSOS ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38522/images/original/6-LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43534/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45430/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49836/images/original/LIBERADO ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55808/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57936/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60431/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66196/images/original/LIBERA&#199;&#195;O ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68845/images/original/LIBERA&#199;&#195;O  ESTADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29195/images/original/1784.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29196/images/original/1797.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36127/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38523/images/original/7-EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43535/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45432/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49837/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55810/images/original/EXECU&#199;&#195;OI DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57937/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60434/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66198/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68867/images/original/EXECU&#199;&#195;O DA RECEITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29082/images/original/1783.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/29083/images/original/1796.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36128/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38524/images/original/8-EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43536/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45433/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49838/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55811/images/original/EXE CU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57938/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60435/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66199/images/original/EXECUCA&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68868/images/original/EXECU&#199;&#195;O DA DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/28969/images/original/1782.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/28970/images/original/1795.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/36129/images/original/DEMONSTRATIVO DE  RECEITA E  DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38525/images/original/9-DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/43537/images/original/DEMONSTRATIVO DE RECDEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/45434/images/original/DEMONSTRATIVO DE RECEITA E DESP&#201;SA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/49839/images/original/DEMONSTRATIVO DE RECEITA E   DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55812/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/57939/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60438/images/original/DEMONBSTRATIVO DE RECEITA E  DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66202/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68869/images/original/DEMONSTRATIVO DE RECEITA E DESPESA.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C1004"/>
+  <dimension ref="A1:C1044"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C1004" sqref="C1004"/>
+      <selection activeCell="C1044" sqref="C1044"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1140,11035 +1161,11475 @@
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>15</v>
+      </c>
+      <c r="B26" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B29" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B32" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B33" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B35" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B36" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B37" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B38" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>28</v>
+      </c>
+      <c r="B39" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B40" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B41" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B42" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B43" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B44" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B45" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B46" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B47" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B48" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B49" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B50" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B51" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B52" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>29</v>
+      </c>
+      <c r="B53" t="s">
+        <v>4</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B54" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B55" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B56" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B59" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B62" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B63" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B64" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B65" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>30</v>
+      </c>
+      <c r="B66" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B67" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B68" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B69" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B70" t="s">
         <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B71" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B72" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B75" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B76" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B77" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B78" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B79" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B80" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B81" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B82" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B83" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B84" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B85" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B87" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B88" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B89" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B90" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B91" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B92" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B93" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B94" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B95" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B96" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B97" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B98" t="s">
         <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B99" t="s">
         <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B102" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B103" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B104" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B105" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B106" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B107" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B108" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B109" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B110" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B111" t="s">
         <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B112" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B113" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B114" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B115" t="s">
         <v>4</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B116" t="s">
         <v>4</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B117" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B118" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B119" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B120" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B121" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B122" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B123" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B124" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B125" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B126" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B127" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="B128" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="B129" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="B130" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="B131" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="B132" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="B133" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="B134" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="B135" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="B136" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="B137" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="B138" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="B139" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B140" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B141" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B142" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B143" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B144" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B145" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B146" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B147" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B148" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="B149" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="B150" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="B151" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="B152" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="B153" t="s">
+        <v>4</v>
+      </c>
+      <c r="C153" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="B154" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="B155" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="B156" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="B157" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="B158" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="B159" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="B160" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="B161" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="B162" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="B163" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="B164" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B165" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B166" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B167" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B168" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B169" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B170" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B171" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B172" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="B173" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="B174" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="B175" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="B176" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B177" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B178" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B179" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B180" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B181" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B182" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B183" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B184" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="B185" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
+        <v>57</v>
+      </c>
+      <c r="B186" t="s">
+        <v>47</v>
+      </c>
+      <c r="C186" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="B187" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="B188" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B189" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B190" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B191" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B192" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B193" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B194" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B195" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B196" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B197" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B198" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
+        <v>70</v>
+      </c>
+      <c r="B199" t="s">
+        <v>47</v>
+      </c>
+      <c r="C199" s="1" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B200" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B201" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B202" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B203" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B204" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B205" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B206" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B207" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B208" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B209" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B210" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B211" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
+        <v>71</v>
+      </c>
+      <c r="B212" t="s">
+        <v>47</v>
+      </c>
+      <c r="C212" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B213" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B214" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B215" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B216" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B217" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B218" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B219" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B220" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B221" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B222" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B223" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B224" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B225" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B226" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B227" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B228" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B229" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B230" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B231" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B232" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B233" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B234" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B235" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B236" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B237" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B238" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B239" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B240" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B241" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B242" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B243" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B244" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B245" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B246" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B247" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B248" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B249" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B250" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B251" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B252" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B253" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B254" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B255" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B256" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B257" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B258" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B259" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B260" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B261" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B262" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B263" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B264" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B265" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B266" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B267" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B268" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B269" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B270" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B271" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B272" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B273" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B274" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B275" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B276" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B277" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B278" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B279" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="B280" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="B281" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="B282" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="B283" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>86</v>
+        <v>68</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="B284" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="B285" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="B286" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="B287" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="B288" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="B289" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="B290" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="B291" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="B292" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="B293" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="B294" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="B295" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="B296" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="B297" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>98</v>
+        <v>58</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="B298" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>99</v>
+        <v>59</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="B299" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="B300" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>101</v>
+        <v>61</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="B301" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="B302" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="B303" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="B304" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="B305" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="B306" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="B307" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="B308" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="B309" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="B310" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="B311" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="B312" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="B313" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="B314" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="B315" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="B316" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="B317" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="B318" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="B319" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="B320" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="B321" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="B322" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="B323" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="B324" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="B325" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="B326" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="B327" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="B328" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="B329" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="B330" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="B331" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B332" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B333" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B334" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B335" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B336" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B337" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B338" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
+        <v>99</v>
+      </c>
+      <c r="B339" t="s">
+        <v>89</v>
+      </c>
+      <c r="C339" s="1" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
+        <v>99</v>
+      </c>
+      <c r="B340" t="s">
+        <v>89</v>
+      </c>
+      <c r="C340" s="1" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B341" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B342" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B343" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B344" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B345" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B346" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B347" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B348" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B349" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B350" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B351" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B352" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
+        <v>112</v>
+      </c>
+      <c r="B353" t="s">
+        <v>89</v>
+      </c>
+      <c r="C353" s="1" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B354" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B355" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B356" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B357" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B358" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B359" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B360" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B361" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B362" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B363" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B364" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B365" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
+        <v>113</v>
+      </c>
+      <c r="B366" t="s">
+        <v>89</v>
+      </c>
+      <c r="C366" s="1" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B367" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B368" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B369" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B370" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B371" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B372" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B373" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B374" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B375" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B376" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B377" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B378" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
+        <v>114</v>
+      </c>
+      <c r="B379" t="s">
+        <v>89</v>
+      </c>
+      <c r="C379" s="1" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B380" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B381" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B382" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B383" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B384" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B385" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B386" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B387" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B388" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B389" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B390" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B391" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B392" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B393" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B394" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B395" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B396" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B397" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B398" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B399" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B400" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B401" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B402" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B403" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B404" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B405" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B406" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B407" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B408" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B409" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B410" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B411" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B412" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B413" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B414" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B415" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B416" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B417" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B418" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B419" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B420" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B421" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B422" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B423" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B424" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B425" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B426" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B427" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
         <v>119</v>
       </c>
       <c r="B428" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
         <v>119</v>
       </c>
       <c r="B429" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
         <v>119</v>
       </c>
       <c r="B430" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
         <v>119</v>
       </c>
       <c r="B431" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
         <v>119</v>
       </c>
       <c r="B432" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B433" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B434" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>128</v>
+        <v>106</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B435" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B436" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B437" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B438" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="B439" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B440" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B441" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>131</v>
+        <v>101</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B442" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>132</v>
+        <v>102</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B443" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B444" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B445" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B446" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="B447" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>134</v>
+        <v>107</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="B448" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>135</v>
+        <v>108</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="B449" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>136</v>
+        <v>109</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="B450" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>137</v>
+        <v>110</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="B451" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>138</v>
+        <v>111</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B452" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B453" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B454" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B455" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B456" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>143</v>
+        <v>104</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B457" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B458" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="B459" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>134</v>
+        <v>107</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="B460" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>135</v>
+        <v>108</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="B461" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>136</v>
+        <v>109</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="B462" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>137</v>
+        <v>110</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="B463" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>138</v>
+        <v>111</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="B464" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="B465" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="B466" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="B467" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="B468" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="B469" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="B470" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="B471" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="B472" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B473" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B474" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B475" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B476" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B477" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B478" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B479" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B480" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B481" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B482" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="B483" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="B484" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="B485" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="B486" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B487" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B488" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B489" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B490" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B491" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B492" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B493" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
+        <v>140</v>
+      </c>
+      <c r="B494" t="s">
+        <v>127</v>
+      </c>
+      <c r="C494" s="1" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
+        <v>140</v>
+      </c>
+      <c r="B495" t="s">
+        <v>127</v>
+      </c>
+      <c r="C495" s="1" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="B496" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="B497" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="B498" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B499" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B500" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B501" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B502" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B503" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B504" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B505" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B506" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B507" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
+        <v>153</v>
+      </c>
+      <c r="B508" t="s">
+        <v>127</v>
+      </c>
+      <c r="C508" s="1" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B509" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B510" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B511" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B512" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B513" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B514" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B515" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B516" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B517" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B518" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B519" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B520" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
+        <v>154</v>
+      </c>
+      <c r="B521" t="s">
+        <v>127</v>
+      </c>
+      <c r="C521" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B522" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B523" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B524" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B525" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B526" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B527" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B528" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B529" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B530" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B531" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B532" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B533" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
+        <v>155</v>
+      </c>
+      <c r="B534" t="s">
+        <v>127</v>
+      </c>
+      <c r="C534" s="1" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B535" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B536" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B537" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B538" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B539" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B540" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B541" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B542" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B543" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B544" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B545" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B546" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B547" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B548" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B549" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B550" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B551" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B552" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B553" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B554" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B555" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B556" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B557" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B558" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B559" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B560" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B561" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B562" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B563" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B564" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B565" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B566" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B567" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B568" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B569" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B570" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B571" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B572" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B573" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B574" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B575" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B576" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B577" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B578" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B579" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B580" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B581" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B582" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B583" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>162</v>
+        <v>141</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B584" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B585" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>166</v>
+        <v>143</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B586" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>167</v>
+        <v>144</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B587" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>168</v>
+        <v>145</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B588" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>169</v>
+        <v>146</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B589" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>170</v>
+        <v>147</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="B590" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="B591" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>166</v>
+        <v>149</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="B592" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="B593" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="B594" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="B595" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>170</v>
+        <v>141</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="B596" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="B597" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>166</v>
+        <v>143</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="B598" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>167</v>
+        <v>144</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="B599" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>168</v>
+        <v>145</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="B600" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>169</v>
+        <v>146</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="B601" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>170</v>
+        <v>147</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="B602" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="B603" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="B604" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="B605" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="B606" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B607" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B608" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B609" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B610" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B611" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B612" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B613" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="B614" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="B615" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>135</v>
+        <v>163</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="B616" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="B617" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="B618" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="B619" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>139</v>
+        <v>165</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="B620" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>140</v>
+        <v>166</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="B621" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>141</v>
+        <v>167</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="B622" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="B623" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>142</v>
+        <v>169</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B624" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B625" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>144</v>
+        <v>173</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B626" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>134</v>
+        <v>174</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
+        <v>170</v>
+      </c>
+      <c r="B627" t="s">
+        <v>171</v>
+      </c>
+      <c r="C627" s="1" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B628" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>136</v>
+        <v>176</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B629" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>137</v>
+        <v>177</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B630" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B631" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>139</v>
+        <v>173</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B632" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>140</v>
+        <v>174</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
+        <v>178</v>
+      </c>
+      <c r="B633" t="s">
+        <v>171</v>
+      </c>
+      <c r="C633" s="1" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B634" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>145</v>
+        <v>176</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B635" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>142</v>
+        <v>177</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B636" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B637" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>144</v>
+        <v>173</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B638" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>134</v>
+        <v>174</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B639" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
+        <v>179</v>
+      </c>
+      <c r="B640" t="s">
+        <v>171</v>
+      </c>
+      <c r="C640" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B641" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>137</v>
+        <v>177</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B642" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B643" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B644" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B645" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B646" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C646" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B647" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B648" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B649" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B650" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B651" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B652" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B653" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B654" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B655" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B656" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B657" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B658" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B659" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B660" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B661" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B662" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B663" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B664" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B665" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B666" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B667" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B668" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B669" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B670" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C670" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B671" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B672" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B673" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B674" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B675" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B676" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B677" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B678" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B679" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B680" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B681" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B682" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B683" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B684" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B685" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B686" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B687" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B688" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B689" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B690" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B691" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B692" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B693" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B694" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B695" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B696" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B697" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B698" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B699" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B700" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B701" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B702" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B703" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B704" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B705" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B706" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B707" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B708" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B709" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B710" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B711" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B712" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B713" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B714" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B715" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B716" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B717" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B718" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B719" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B720" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B721" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B722" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B723" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B724" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B725" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B726" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B727" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B728" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B729" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B730" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B731" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B732" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B733" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B734" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>186</v>
+        <v>149</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B735" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>187</v>
+        <v>152</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B736" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>188</v>
+        <v>150</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B737" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>189</v>
+        <v>151</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B738" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>190</v>
+        <v>141</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B739" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>191</v>
+        <v>142</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B740" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B741" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>195</v>
+        <v>144</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B742" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>196</v>
+        <v>145</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B743" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>197</v>
+        <v>146</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B744" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>198</v>
+        <v>147</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B745" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>199</v>
+        <v>148</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B746" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>200</v>
+        <v>149</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="B747" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>195</v>
+        <v>152</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="B748" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="B749" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="B750" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>202</v>
+        <v>141</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="B751" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>199</v>
+        <v>142</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="B752" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>200</v>
+        <v>143</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="B753" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>195</v>
+        <v>144</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="B754" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>196</v>
+        <v>145</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="B755" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>197</v>
+        <v>146</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="B756" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>198</v>
+        <v>147</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="B757" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>199</v>
+        <v>148</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="B758" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>200</v>
+        <v>149</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="B759" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="B760" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="B761" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B762" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B763" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B764" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B765" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>205</v>
+        <v>144</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B766" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B767" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B768" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B769" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="B770" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="B771" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="B772" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="B773" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B774" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>137</v>
+        <v>193</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B775" t="s">
+        <v>192</v>
+      </c>
+      <c r="C775" s="1" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B776" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>139</v>
+        <v>195</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B777" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>140</v>
+        <v>196</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B778" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>141</v>
+        <v>197</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B779" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>142</v>
+        <v>198</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B780" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>143</v>
+        <v>199</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="B781" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="B782" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>145</v>
+        <v>203</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B783" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>134</v>
+        <v>204</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B784" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>135</v>
+        <v>205</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B785" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>136</v>
+        <v>206</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
+        <v>200</v>
+      </c>
+      <c r="B786" t="s">
+        <v>201</v>
+      </c>
+      <c r="C786" s="1" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B787" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>138</v>
+        <v>202</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B788" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>139</v>
+        <v>203</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B789" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>140</v>
+        <v>204</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B790" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>141</v>
+        <v>209</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B791" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>142</v>
+        <v>206</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
+        <v>208</v>
+      </c>
+      <c r="B792" t="s">
+        <v>201</v>
+      </c>
+      <c r="C792" s="1" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B793" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B794" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>145</v>
+        <v>203</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B795" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>134</v>
+        <v>204</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B796" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>135</v>
+        <v>205</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B797" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>136</v>
+        <v>206</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B798" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>137</v>
+        <v>207</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B799" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B800" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B801" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B802" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B803" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B804" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B805" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>144</v>
+        <v>212</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B806" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B807" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B808" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B809" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B810" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B811" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B812" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>210</v>
+        <v>142</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B813" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B814" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B815" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B816" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B817" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B818" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B819" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B820" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B821" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B822" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B823" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B824" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B825" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B826" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B827" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B828" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B829" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B830" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B831" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B832" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B833" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B834" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B835" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B836" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B837" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B838" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B839" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B840" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B841" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B842" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B843" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B844" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B845" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B846" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B847" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B848" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B849" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B850" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B851" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B852" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>143</v>
+        <v>217</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B853" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B854" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B855" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B856" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B857" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B858" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B859" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B860" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B861" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B862" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B863" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B864" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B865" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B866" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B867" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B868" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B869" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B870" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B871" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B872" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B873" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B874" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B875" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B876" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B877" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B878" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B879" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B880" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B881" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B882" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B883" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B884" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B885" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B886" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B887" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B888" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B889" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B890" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B891" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>219</v>
+        <v>149</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B892" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B893" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>221</v>
+        <v>151</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B894" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>222</v>
+        <v>152</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B895" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>223</v>
+        <v>141</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B896" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>224</v>
+        <v>142</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B897" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B898" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B899" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B900" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B901" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B902" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B903" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B904" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B905" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B906" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B907" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B908" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B909" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B910" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B911" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B912" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B913" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B914" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B915" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B916" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B917" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B918" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B919" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B920" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B921" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B922" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B923" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B924" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B925" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B926" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B927" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B928" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B929" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B930" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B931" t="s">
+        <v>225</v>
+      </c>
+      <c r="C931" s="1" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B932" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>145</v>
+        <v>227</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B933" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>134</v>
+        <v>228</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" t="s">
+        <v>224</v>
+      </c>
+      <c r="B934" t="s">
+        <v>225</v>
+      </c>
+      <c r="C934" s="1" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B935" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>136</v>
+        <v>230</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B936" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>137</v>
+        <v>231</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B937" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B938" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B939" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B940" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B941" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B942" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B943" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B944" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B945" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B946" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B947" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B948" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B949" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B950" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B951" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B952" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B953" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B954" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B955" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B956" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B957" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B958" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B959" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B960" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B961" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B962" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B963" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B964" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B965" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B966" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B967" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B968" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B969" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B970" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B971" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B972" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B973" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B974" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B975" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B976" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B977" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B978" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B979" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B980" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" t="s">
+        <v>236</v>
+      </c>
+      <c r="B981" t="s">
         <v>233</v>
       </c>
-      <c r="B981" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C981" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" t="s">
+        <v>236</v>
+      </c>
+      <c r="B982" t="s">
         <v>233</v>
       </c>
-      <c r="B982" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C982" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" t="s">
+        <v>236</v>
+      </c>
+      <c r="B983" t="s">
         <v>233</v>
       </c>
-      <c r="B983" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C983" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" t="s">
+        <v>236</v>
+      </c>
+      <c r="B984" t="s">
         <v>233</v>
       </c>
-      <c r="B984" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C984" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" t="s">
+        <v>237</v>
+      </c>
+      <c r="B985" t="s">
         <v>233</v>
       </c>
-      <c r="B985" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C985" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" t="s">
+        <v>237</v>
+      </c>
+      <c r="B986" t="s">
         <v>233</v>
       </c>
-      <c r="B986" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C986" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" t="s">
+        <v>237</v>
+      </c>
+      <c r="B987" t="s">
         <v>233</v>
       </c>
-      <c r="B987" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C987" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" t="s">
+        <v>237</v>
+      </c>
+      <c r="B988" t="s">
         <v>233</v>
       </c>
-      <c r="B988" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C988" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" t="s">
+        <v>237</v>
+      </c>
+      <c r="B989" t="s">
         <v>233</v>
       </c>
-      <c r="B989" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C989" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" t="s">
+        <v>237</v>
+      </c>
+      <c r="B990" t="s">
         <v>233</v>
       </c>
-      <c r="B990" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C990" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" t="s">
+        <v>237</v>
+      </c>
+      <c r="B991" t="s">
         <v>233</v>
       </c>
-      <c r="B991" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C991" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" t="s">
+        <v>237</v>
+      </c>
+      <c r="B992" t="s">
         <v>233</v>
       </c>
-      <c r="B992" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C992" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B993" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B994" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B995" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B996" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B997" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B998" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B999" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B1000" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B1001" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B1002" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B1003" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B1004" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C1004" s="1" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" t="s">
+        <v>238</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1005" s="1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" t="s">
+        <v>238</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1006" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" t="s">
+        <v>238</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1007" s="1" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" t="s">
+        <v>238</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1008" s="1" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1009" s="1" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1010" s="1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1011" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1012" s="1" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1013" s="1" t="s">
         <v>145</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1014" s="1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1015" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1016" s="1" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1017" s="1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1018" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1019" s="1" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1020" s="1" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1021" s="1" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1022" s="1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1023" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1024" s="1" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1025" s="1" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1026" s="1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1027" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1028" s="1" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1029" s="1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1030" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1031" s="1" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1032" s="1" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1033" s="1" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1034" s="1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1035" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1036" s="1" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1037" s="1" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1038" s="1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1039" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1040" s="1" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1041" s="1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1042" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1043" s="1" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" t="s">
+        <v>241</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1044" s="1" t="s">
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -13133,50 +13594,90 @@
     <hyperlink ref="C980" r:id="rId_hyperlink_979"/>
     <hyperlink ref="C981" r:id="rId_hyperlink_980"/>
     <hyperlink ref="C982" r:id="rId_hyperlink_981"/>
     <hyperlink ref="C983" r:id="rId_hyperlink_982"/>
     <hyperlink ref="C984" r:id="rId_hyperlink_983"/>
     <hyperlink ref="C985" r:id="rId_hyperlink_984"/>
     <hyperlink ref="C986" r:id="rId_hyperlink_985"/>
     <hyperlink ref="C987" r:id="rId_hyperlink_986"/>
     <hyperlink ref="C988" r:id="rId_hyperlink_987"/>
     <hyperlink ref="C989" r:id="rId_hyperlink_988"/>
     <hyperlink ref="C990" r:id="rId_hyperlink_989"/>
     <hyperlink ref="C991" r:id="rId_hyperlink_990"/>
     <hyperlink ref="C992" r:id="rId_hyperlink_991"/>
     <hyperlink ref="C993" r:id="rId_hyperlink_992"/>
     <hyperlink ref="C994" r:id="rId_hyperlink_993"/>
     <hyperlink ref="C995" r:id="rId_hyperlink_994"/>
     <hyperlink ref="C996" r:id="rId_hyperlink_995"/>
     <hyperlink ref="C997" r:id="rId_hyperlink_996"/>
     <hyperlink ref="C998" r:id="rId_hyperlink_997"/>
     <hyperlink ref="C999" r:id="rId_hyperlink_998"/>
     <hyperlink ref="C1000" r:id="rId_hyperlink_999"/>
     <hyperlink ref="C1001" r:id="rId_hyperlink_1000"/>
     <hyperlink ref="C1002" r:id="rId_hyperlink_1001"/>
     <hyperlink ref="C1003" r:id="rId_hyperlink_1002"/>
     <hyperlink ref="C1004" r:id="rId_hyperlink_1003"/>
+    <hyperlink ref="C1005" r:id="rId_hyperlink_1004"/>
+    <hyperlink ref="C1006" r:id="rId_hyperlink_1005"/>
+    <hyperlink ref="C1007" r:id="rId_hyperlink_1006"/>
+    <hyperlink ref="C1008" r:id="rId_hyperlink_1007"/>
+    <hyperlink ref="C1009" r:id="rId_hyperlink_1008"/>
+    <hyperlink ref="C1010" r:id="rId_hyperlink_1009"/>
+    <hyperlink ref="C1011" r:id="rId_hyperlink_1010"/>
+    <hyperlink ref="C1012" r:id="rId_hyperlink_1011"/>
+    <hyperlink ref="C1013" r:id="rId_hyperlink_1012"/>
+    <hyperlink ref="C1014" r:id="rId_hyperlink_1013"/>
+    <hyperlink ref="C1015" r:id="rId_hyperlink_1014"/>
+    <hyperlink ref="C1016" r:id="rId_hyperlink_1015"/>
+    <hyperlink ref="C1017" r:id="rId_hyperlink_1016"/>
+    <hyperlink ref="C1018" r:id="rId_hyperlink_1017"/>
+    <hyperlink ref="C1019" r:id="rId_hyperlink_1018"/>
+    <hyperlink ref="C1020" r:id="rId_hyperlink_1019"/>
+    <hyperlink ref="C1021" r:id="rId_hyperlink_1020"/>
+    <hyperlink ref="C1022" r:id="rId_hyperlink_1021"/>
+    <hyperlink ref="C1023" r:id="rId_hyperlink_1022"/>
+    <hyperlink ref="C1024" r:id="rId_hyperlink_1023"/>
+    <hyperlink ref="C1025" r:id="rId_hyperlink_1024"/>
+    <hyperlink ref="C1026" r:id="rId_hyperlink_1025"/>
+    <hyperlink ref="C1027" r:id="rId_hyperlink_1026"/>
+    <hyperlink ref="C1028" r:id="rId_hyperlink_1027"/>
+    <hyperlink ref="C1029" r:id="rId_hyperlink_1028"/>
+    <hyperlink ref="C1030" r:id="rId_hyperlink_1029"/>
+    <hyperlink ref="C1031" r:id="rId_hyperlink_1030"/>
+    <hyperlink ref="C1032" r:id="rId_hyperlink_1031"/>
+    <hyperlink ref="C1033" r:id="rId_hyperlink_1032"/>
+    <hyperlink ref="C1034" r:id="rId_hyperlink_1033"/>
+    <hyperlink ref="C1035" r:id="rId_hyperlink_1034"/>
+    <hyperlink ref="C1036" r:id="rId_hyperlink_1035"/>
+    <hyperlink ref="C1037" r:id="rId_hyperlink_1036"/>
+    <hyperlink ref="C1038" r:id="rId_hyperlink_1037"/>
+    <hyperlink ref="C1039" r:id="rId_hyperlink_1038"/>
+    <hyperlink ref="C1040" r:id="rId_hyperlink_1039"/>
+    <hyperlink ref="C1041" r:id="rId_hyperlink_1040"/>
+    <hyperlink ref="C1042" r:id="rId_hyperlink_1041"/>
+    <hyperlink ref="C1043" r:id="rId_hyperlink_1042"/>
+    <hyperlink ref="C1044" r:id="rId_hyperlink_1043"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>