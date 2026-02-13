--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>Edital 1007-2025</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>Pt 2609-2025 Designa comissão executora do concurso público 01-2025.pdf</t>
   </si>
   <si>
     <t>pt 2610-2025 Nomeia comissão ccordenação e fiscalização concurso público 01-2025.pdf</t>
   </si>
   <si>
     <t>Edital 1007-2025 - abertura Concurso Público.pdf</t>
   </si>
   <si>
@@ -90,50 +90,77 @@
     <t>Edital 1018-2025 - ANEXO 01 - acesso universal.pdf</t>
   </si>
   <si>
     <t>Edital 1018-2025 - ANEXO 02 - PCD.pdf</t>
   </si>
   <si>
     <t>Edital 1019-2025 - divulga local e horário de aplicação das provas objetivas.pdf</t>
   </si>
   <si>
     <t>Edital 1020-2025 - gabaritos preliminares das provas objetivas.pdf</t>
   </si>
   <si>
     <t>Edital 1021-2025 - gabaritos oficiais das provas objetivas.pdf</t>
   </si>
   <si>
     <t>Edital 1022-2025 - respostas recursos administrativos sobre o gabarito preliminar provas objetivas.pdf</t>
   </si>
   <si>
     <t>Edital 1023-2025 - notas preliminares das provas objetivas.pdf</t>
   </si>
   <si>
     <t>Edital 1023-2025 - ANEXO 01.pdf</t>
   </si>
   <si>
     <t>Edital 1023-2025 - ANEXO 02.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1024-2026 - notas oficiais das provas objetivas.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1024-2026 - ANEXO 01.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1024-2026 - ANEXO 02.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1025-2026 - Notas preliminares das provas de títulos.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1025-2026 - ANEXO 01.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1025-2026 - ANEXO 02.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1026-2026 - notas oficiais provas de títulos.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1027-2026 - composição banca examinadora.pdf</t>
+  </si>
+  <si>
+    <t>Edital 1028-2026 - homologação concurso público.pdf</t>
   </si>
   <si>
     <t>Edital 978-2025</t>
   </si>
   <si>
     <t>13/02/2025</t>
   </si>
   <si>
     <t>Edital 978-2025 - processo seletivo simplificado PSICÓLOGO - NUTRICIONISTA - PROFESSOR DE LÍNGUA INGLESA.pdf</t>
   </si>
   <si>
     <t>Edital nº 979-2025 - publicação preliminar de inscritos contratação temporária psicólogo, nutricionista e professor.pdf</t>
   </si>
   <si>
     <t>Edital nº 980-2025 - lista oficial de inscritos processo seletivo.pdf</t>
   </si>
   <si>
     <t>Edital 981-2025 - resultado preliminar processo seletivo PSICÓLOGO - NUTRICIONISTA - PROFESSOR DE LÍNGUA INGLESA.pdf</t>
   </si>
   <si>
     <t>Edital 982-2025 - resultado recursos e sorteio em ato público - processo seletivo simplificado.pdf</t>
   </si>
   <si>
     <t>Edital 983-2025 - resultado sorteio em ato público - notas empatadas.pdf</t>
   </si>
@@ -1505,62 +1532,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666349/images/original/Pt 2609-2025 Designa comiss&#227;o executora do concurso p&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666350/images/original/pt 2610-2025 Nomeia comiss&#227;o ccordena&#231;&#227;o e fiscaliza&#231;&#227;o concurso p&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666351/images/original/Edital 1007-2025 - abertura Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/668602/images/original/Edital 1010-2025 - retifica&#231;&#227;o Edital 1007-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/668689/images/original/Edital 1007-2025  - CONSOLIDADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671003/images/original/Edital 1012-2025 - resultado prliminar isen&#231;&#227;o pagamento taxa de inscri&#231;&#227;o Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671004/images/original/Edital 1013-2025 - cancela o cargo de Fiscal do Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/675425/images/original/Edital n&#186; 1015-2025 - resultado solicita&#231;&#227;o isen&#231;&#227;o da taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683580/images/original/Edital 1017-2025 - resultado preliminar das inscri&#231;&#245;es do Concurso P&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683581/images/original/Edital 1017-2025 - ANEXO 01 - Lista de Inscritos - Acesso Universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683582/images/original/Edital 1017-2025 - ANEXO 02 - Lista de Inscritos - Acesso Pessoa Com Defici&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693282/images/original/Edital 1018-2025 - resultado homologado das inscri&#231;&#245;es ao Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693283/images/original/Edital 1018-2025 - ANEXO 01 - acesso universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693284/images/original/Edital 1018-2025 - ANEXO 02 - PCD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693285/images/original/Edital 1019-2025 - divulga local e hor&#225;rio de aplica&#231;&#227;o das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700941/images/original/Edital 1020-2025 - gabaritos preliminares das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708544/images/original/Edital 1021-2025 - gabaritos oficiais das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708545/images/original/Edital 1022-2025 - respostas recursos administrativos sobre o gabarito preliminar provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708546/images/original/Edital 1023-2025 - notas preliminares das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708549/images/original/Edital 1023-2025 - ANEXO 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708550/images/original/Edital 1023-2025 - ANEXO 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522625/images/original/Edital 978-2025 - processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525613/images/original/Edital n&#186; 979-2025 - publica&#231;&#227;o preliminar de inscritos contrata&#231;&#227;o tempor&#225;ria psic&#243;logo, nutricionista e professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/527331/images/original/Edital n&#186; 980-2025 - lista oficial de inscritos processo seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528552/images/original/Edital 981-2025 - resultado preliminar processo seletivo PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530576/images/original/Edital 982-2025 - resultado recursos e sorteio em ato p&#250;blico - processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530797/images/original/Edital 983-2025 - resultado sorteio em ato p&#250;blico - notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/533789/images/original/Edital 984-2025 - resultado final processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355058/images/original/Edital 936-2023 - abertura concurso assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355086/images/original/pt 2077-2023 - comiss&#227;o executora concurso p&#250;blico 03-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355087/images/original/pt 2078-2023 - comiss&#227;o de coordena&#231;&#227;o e fiscaliza&#231;&#227;o concurso p&#250;blico 03-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/364162/images/original/Edital 937-2023 - resultado preliminar isen&#231;&#227;o inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367414/images/original/Edital 939-2023 - resultado definitivo isen&#231;&#227;o inscri&#231;&#245;es e retifica&#231;&#227;o edital abertura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373340/images/original/Edital 941-2023 - Homologa&#231;&#227;o preliminar das inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/379375/images/original/pt 2354-2023 - fiscais concurso 03-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/379678/images/original/2023-944 - Homologa&#231;&#227;o definitiva das inscri&#231;&#245;es e demais disposi&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381227/images/original/Gabarito Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/387352/images/original/Edital 950-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/389022/images/original/pt 75-2024 - nomeia fiscais prova pr&#225;ticas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/389312/images/original/Edital 952-2024 - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391793/images/original/Edital 957-2024 - resultado preliminar prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397398/images/original/Edital 960-2024 - HOMOLOGA&#199;&#195;O cargos com 2&#170; etapa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341598/images/original/Edital 931-2023 - abertura inscri&#231;&#245;es concurso PREOFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341599/images/original/pt 1849-2023 - comiss&#227;o executora concurso p&#250;blico 02-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341600/images/original/pt 1850-2023 - comiss&#227;o coordena&#231;&#227;o e fiscaliza&#231;&#227;o concurso p&#250;blico 02-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342514/images/original/Edital 932-2023 - retifica item 2.1 do edital 931-2023 - requisitos posse PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348086/images/original/Edital 934-2023 - Retifica&#231;&#227;o item 8.22 e lei de inclus&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355102/images/original/Edital 935-2023 - homologa&#231;&#227;o preliminar inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/365324/images/original/Edital 938-2023 - homologa&#231;&#227;o inscri&#231;&#245;es  - vagas pessoas com defici&#234;ncia - condi&#231;&#245;es especiais - convoca&#231;&#227;o prova te&#243;rico-objetiva - recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367802/images/original/Edital 940-2023 - locais de prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368084/images/original/pt 2202-2023 - fiscais concurso p&#250;blico 02-2023 - Fonoaudi&#243;logo e Professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368781/images/original/pt 2208-2023 - retifica portaria 2202-2023 - fiscais concurso 02-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/374258/images/original/Edital 943-2023 - gabaritos preliminares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380831/images/original/Edital 945-2023 - gabaritos oficiais - Fonoaudi&#243;logo e Professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380832/images/original/Edital 946-2023 - notas preliminares FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383403/images/original/Prova Professor de Anos Finais - L&#237;ngua Portuguesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383404/images/original/Prova Professor de Anos Finais - Hist&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383405/images/original/Prova Professor de Anos Finais - Ci&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383407/images/original/Prova Professor de Artes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383408/images/original/Prova Fonoaudi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383409/images/original/Prova Professor de Anos Iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383410/images/original/Prova Professor de Educa&#231;&#227;o Infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383412/images/original/Prova Professor de Anos Finais - Geografia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383120/images/original/Edital 948-2023 - notas oficiais prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383400/images/original/Prova Professor de Anos Finais - Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383122/images/original/Edital 949-2023 - convoca&#231;&#227;o prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383401/images/original/Prova Professor de Educa&#231;&#227;o F&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383402/images/original/Prova Professor de L&#237;ngua Inglesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390273/images/original/Edital 953-2024 - resultado preliminar prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391252/images/original/Edital 954-2024 - relat&#243;rio notas oficiais prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391253/images/original/Edital 955-2024 - retifica ANEXO IV do edital 931-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391254/images/original/Edital 956-2024 - convoca para sorteio p&#250;blico de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392427/images/original/Edital 958-2024 - resultado sorteio de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392428/images/original/Edital 959-2024 - homologa&#231;&#227;o concurso 02-2023 - PROFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293529/images/original/Edital 923-2023 - Edital de Abertura de Inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296221/images/original/Edital 924-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/298364/images/original/Edital 925-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300283/images/original/Edital 926-2023 - Homologa&#231;&#227;o preliminar inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302820/images/original/Edital 927-2023 - homologa&#231;&#227;o definitiva das inscri&#231;&#245;es - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/303489/images/original/Gabarito Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/303490/images/original/Caderno de Prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/308526/images/original/Edital 928-2023 - resultado definitivo da prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/310401/images/original/Edital 929-2023 - resultado definitivo e homologa&#231;&#227;o final Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249411/images/original/Edital 895-2022 - abertura de inscri&#231;&#245;es ARQUITETO 1 - ENGENHEIRO CIVIL I - T&#201;CNICO EM EDIFICA&#199;&#213;ES E COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/258674/images/original/edital 896-2022 - retifica o Edital 895-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/260000/images/original/pt 2700-2022 - comiss&#227;o executora concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/260001/images/original/pt 2701-2022 - comiss&#227;o de coordena&#231;&#227;o e fiscaliza&#231;&#227;o do concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/260002/images/original/Edital 897-2023 - homologa&#231;&#227;o inscri&#231;&#245;es concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/262511/images/original/Edital 898-2023 - homologa&#231;&#227;o inscri&#231;&#245;es ap&#243;s per&#237;odo de recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/262512/images/original/Edital 899-2023 - local e hor&#225;rio prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263359/images/original/pt 128-2023 - encarregados fiscaliza&#231;&#227;o provas escritas concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263360/images/original/pt 158-2023 - fiscais concurso p&#250;blico 002-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263750/images/original/Gabaritos preliminares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263749/images/original/Edital 900-2023 - gabaritos preliminares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/268891/images/original/Edital 903-2023 - gabaritos oficiais prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/268892/images/original/Edital 904-2023 - notas preliminares concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/272860/images/original/Edital 907-2023 - notas oficiais da prova te&#243;rico-objetiva concurso 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/272861/images/original/Edital 908-2023 - convoca&#231;&#227;o prova de t&#237;tulos Arquiteto I e Engenheiro Civil I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/272862/images/original/Edital 909-2023 - convoca&#231;&#227;o prova pr&#225;tica - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276101/images/original/Edital 913-2023 - notas preliminares PROVA PR&#193;TICA COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276102/images/original/Edital 914-2023 - notas prelimnares PROVA DE T&#205;TULOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277676/images/original/Edital 915-2023 - notas oficiais da PROVA PR&#193;TICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277677/images/original/Edital 916-2023 - notas oficiais da PROVA DE T&#205;TULOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277678/images/original/Edital 917-2023 - homologa&#231;&#227;o final concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278237/images/original/prova Arquiteto I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278238/images/original/prova Cozinheira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278239/images/original/prova Engenheiro Civil I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278240/images/original/prova T&#233;cnico em Edifica&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196970/images/original/Edital 877-2022 - abre inscri&#231;&#245;es concurso COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197357/images/original/pt 1012-2022 - comiss&#227;o executora concurso p&#250;blico 01-2022 - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197358/images/original/pt 1013-2022 - comiss&#227;o coordena&#231;&#227;o e fiscaliza&#231;&#227;o concurso p&#250;blico 01-2022 - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/200295/images/original/Edital 878-2022 - retifica item 11.5 do Edital 877-2022 - concurso COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/204417/images/original/Edital 879-2022 - homologa&#231;&#227;o inscri&#231;&#245;es - prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/205223/images/original/Edital 880-2022 - Resultado Homologa&#231;&#227;o Inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/205224/images/original/Edital 881-2022 - Local prova te&#243;rica objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/205225/images/original/Edital 882-2022 - prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206504/images/original/Edital 883-2022 - gabarito preliminar COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207021/images/original/Edital 884-2022 - Gabaritos Oficiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207022/images/original/Edital 885-2022 - notas preliminares provas te&#243;rica e pr&#225;ticas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207799/images/original/Edital 887-2022 - hmologa&#231;&#227;o resultado final COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207798/images/original/Edital 886-2022 - notas oficiais das provas te&#243;rico-objetiva e pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/208549/images/original/Prova padr&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196969/images/original/Edital 876-2021 - intima concession&#225;rios de gavetas do Cemit&#233;rio Municipal ou representantes legais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142823/images/original/Edital 875-2021 - homologa&#231;&#227;o final processo seletivo simplificado ENGENHEIRO CIVIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142482/images/original/Edital 874-2021 - resultado recursos processo seltivo simplificado ENGENHEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142036/images/original/Edital 873-2021 - resultado preliminar notas processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141507/images/original/Edital 872-2021 Homologa&#231;&#227;o final  inscri&#231;&#245;es processo seletivo engenheiro civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141207/images/original/Edital 871-2021 - retifica o Edital 870-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140862/images/original/Edital 870-2021 - homologa inscri&#231;&#245;es processo seletivo simplificado ENGENHEIRO CIVIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140705/images/original/Edital 869-2021 - retifica edital 868-2021 - processo seletivo simplificado ENGENHEIRO CIVIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140701/images/original/Edital 868-2021 - processo seletivo contrata&#231;&#227;o ENGENHEIRO CIVIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68636/images/original/edital 865-2020 - homologa&#231;&#227;o MOTORISTA E OPERADOR DE M&#193;QUINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68465/images/original/edital 864-2020 - soma notas provas escrita e pr&#225;tica - n&#227;o realiza&#231;&#227;o sorteio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68464/images/original/edital 863-2020 - resultado precursos prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68052/images/original/edital 862-2020 - divulga resultado prava pr&#225;tica MOTORISTA E OPERADOR DE M&#193;QUINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67206/images/original/edital 861-2019 - retifica n&#250;mero de edital publicano no jornal Tribuna da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67205/images/original/edital 860-2019 - retifica edital 858-2019 - convoca&#231;&#227;o prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66961/images/original/edital 859-2019 - homologa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66724/images/original/edital 858-2019 - convoca MOTORISTA E OPERADOR DE M&#193;QUINA para prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66723/images/original/edital 857-2019 - convoca candidatos para sorteio - notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66722/images/original/edital 856-2019 - recursos prova escrita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66645/images/original/prova Operador de M&#225;quina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66644/images/original/prova Secret&#225;rio de Escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66643/images/original/prova Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66642/images/original/prova Monitor de educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66641/images/original/prova FISCAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66640/images/original/prova Assistente social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/63824/images/original/Edital 855-2019 - resultado prova escrita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/63787/images/original/Edital 854-2019 - gabarito oficial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61872/images/original/Edital 853-2019 - gabarito preliminar e abre prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61338/images/original/Edital 852-2019 - locais concurso p&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61287/images/original/Edital 851-2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60885/images/original/Edital 850-2019 - inscri&#231;&#245;es homologadas e indeferidas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60337/images/original/Edital 849-2019 - homologa&#231;&#227;o final Processo Seletivo PROFESSOR L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60004/images/original/Edital 848-2019 - Retifica Edital 845-2019 - Abertura concurso p&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59934/images/original/Edital 847-2019 - resultado preliminar notas PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59481/images/original/Edital 846-2019 - Homologa inscri&#231;&#245;es contrata&#231;&#227;o PROFESSOR DE L&#205;NGUA INGLESA e prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59218/images/original/Edital Abertura de Concurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/58542/images/original/Edital 844-2019 - L&#205;NGUA INGLESA processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55837/images/original/Edital 843-2019 - homologa&#231;&#227;o final Processo Seletivo PROFESSOR EDUCA&#199;&#195;O F&#205;SICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/53433/images/original/Edital 842-2019 - resultado preliminar notas PROFESSOR DE EDUCA&#199;&#195;O F&#205;SICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50922/images/original/15 - Edital 841-2019 - Homologa inscri&#231;&#245;es contrata&#231;&#227;o PROFESSOR DE EDUCA&#199;&#195;O F&#205;SICA e prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50159/images/original/5 - Edital 840-2019 - processo seletivo simplificado PROFESSOR EDUCA&#199;&#195;O F&#205;SICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40215/images/original/25 - Edital 839-2019 - homologa&#231;&#227;o final Processo Seletivo PROFESSOR L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/39031/images/original/23 - Edital 838-2019 - RETIFICA resultado preliminar notas PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38911/images/original/19 - Edital 837-2019 - resultado preliminar notas PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38060/images/original/15 - Edital 836-2019 - Homologa inscri&#231;&#245;es contrata&#231;&#227;o PROFESSOR DE L&#205;NGUA INGLESA e prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37399/images/original/5 - Edital 835-2019 - processo seletivo simplificado PROFESSOR L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30222/images/original/323.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26310/images/original/319.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26311/images/original/320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26309/images/original/317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26308/images/original/314.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26307/images/original/313.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26306/images/original/312.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26305/images/original/311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26304/images/original/310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26303/images/original/309.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26302/images/original/308.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26301/images/original/307.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26300/images/original/306.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26299/images/original/305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26298/images/original/304.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26297/images/original/303.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26296/images/original/302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26295/images/original/301.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26294/images/original/300.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26293/images/original/299.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26292/images/original/298.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26291/images/original/297.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26290/images/original/296.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26289/images/original/295.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26288/images/original/294.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26287/images/original/293.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26286/images/original/292.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26285/images/original/291.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26284/images/original/290.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26283/images/original/289.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26282/images/original/288.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26281/images/original/287.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26280/images/original/286.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26279/images/original/285.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26278/images/original/283.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26277/images/original/282.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26276/images/original/281.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26275/images/original/280.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26274/images/original/279.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26273/images/original/277.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26272/images/original/276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26271/images/original/275.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26270/images/original/274.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26269/images/original/273.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26268/images/original/272.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26267/images/original/271.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666349/images/original/Pt 2609-2025 Designa comiss&#227;o executora do concurso p&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666350/images/original/pt 2610-2025 Nomeia comiss&#227;o ccordena&#231;&#227;o e fiscaliza&#231;&#227;o concurso p&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/666351/images/original/Edital 1007-2025 - abertura Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/668602/images/original/Edital 1010-2025 - retifica&#231;&#227;o Edital 1007-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/668689/images/original/Edital 1007-2025  - CONSOLIDADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671003/images/original/Edital 1012-2025 - resultado prliminar isen&#231;&#227;o pagamento taxa de inscri&#231;&#227;o Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/671004/images/original/Edital 1013-2025 - cancela o cargo de Fiscal do Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/675425/images/original/Edital n&#186; 1015-2025 - resultado solicita&#231;&#227;o isen&#231;&#227;o da taxa de inscri&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683580/images/original/Edital 1017-2025 - resultado preliminar das inscri&#231;&#245;es do Concurso P&#250;blico 01-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683581/images/original/Edital 1017-2025 - ANEXO 01 - Lista de Inscritos - Acesso Universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/683582/images/original/Edital 1017-2025 - ANEXO 02 - Lista de Inscritos - Acesso Pessoa Com Defici&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693282/images/original/Edital 1018-2025 - resultado homologado das inscri&#231;&#245;es ao Concurso P&#250;blico 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693283/images/original/Edital 1018-2025 - ANEXO 01 - acesso universal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693284/images/original/Edital 1018-2025 - ANEXO 02 - PCD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/693285/images/original/Edital 1019-2025 - divulga local e hor&#225;rio de aplica&#231;&#227;o das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700941/images/original/Edital 1020-2025 - gabaritos preliminares das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708544/images/original/Edital 1021-2025 - gabaritos oficiais das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708545/images/original/Edital 1022-2025 - respostas recursos administrativos sobre o gabarito preliminar provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708546/images/original/Edital 1023-2025 - notas preliminares das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708549/images/original/Edital 1023-2025 - ANEXO 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/708550/images/original/Edital 1023-2025 - ANEXO 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718269/images/original/Edital 1024-2026 - notas oficiais das provas objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718271/images/original/Edital 1024-2026 - ANEXO 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/718273/images/original/Edital  1024-2026 - ANEXO 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726557/images/original/Edital 1025-2026 - Notas preliminares das provas de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726568/images/original/Edital 1025-2026 - ANEXO 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/726572/images/original/Edital 1025-2026 - ANEXO 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729600/images/original/Edital 1026-2026 - notas oficiais provas de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/729601/images/original/Edital 1027-2026 - composi&#231;&#227;o banca examinadora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/730295/images/original/Edital 1028-2026 - homologa&#231;&#227;o concurso p&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/522625/images/original/Edital 978-2025 - processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/525613/images/original/Edital n&#186; 979-2025 - publica&#231;&#227;o preliminar de inscritos contrata&#231;&#227;o tempor&#225;ria psic&#243;logo, nutricionista e professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/527331/images/original/Edital n&#186; 980-2025 - lista oficial de inscritos processo seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/528552/images/original/Edital 981-2025 - resultado preliminar processo seletivo PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530576/images/original/Edital 982-2025 - resultado recursos e sorteio em ato p&#250;blico - processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/530797/images/original/Edital 983-2025 - resultado sorteio em ato p&#250;blico - notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/533789/images/original/Edital 984-2025 - resultado final processo seletivo simplificado PSIC&#211;LOGO - NUTRICIONISTA - PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355058/images/original/Edital 936-2023 - abertura concurso assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355086/images/original/pt 2077-2023 - comiss&#227;o executora concurso p&#250;blico 03-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355087/images/original/pt 2078-2023 - comiss&#227;o de coordena&#231;&#227;o e fiscaliza&#231;&#227;o concurso p&#250;blico 03-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/364162/images/original/Edital 937-2023 - resultado preliminar isen&#231;&#227;o inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367414/images/original/Edital 939-2023 - resultado definitivo isen&#231;&#227;o inscri&#231;&#245;es e retifica&#231;&#227;o edital abertura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/373340/images/original/Edital 941-2023 - Homologa&#231;&#227;o preliminar das inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/379375/images/original/pt 2354-2023 - fiscais concurso 03-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/379678/images/original/2023-944 - Homologa&#231;&#227;o definitiva das inscri&#231;&#245;es e demais disposi&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/381227/images/original/Gabarito Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/387352/images/original/Edital 950-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/389022/images/original/pt 75-2024 - nomeia fiscais prova pr&#225;ticas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/389312/images/original/Edital 952-2024 - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391793/images/original/Edital 957-2024 - resultado preliminar prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/397398/images/original/Edital 960-2024 - HOMOLOGA&#199;&#195;O cargos com 2&#170; etapa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341598/images/original/Edital 931-2023 - abertura inscri&#231;&#245;es concurso PREOFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341599/images/original/pt 1849-2023 - comiss&#227;o executora concurso p&#250;blico 02-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/341600/images/original/pt 1850-2023 - comiss&#227;o coordena&#231;&#227;o e fiscaliza&#231;&#227;o concurso p&#250;blico 02-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/342514/images/original/Edital 932-2023 - retifica item 2.1 do edital 931-2023 - requisitos posse PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/348086/images/original/Edital 934-2023 - Retifica&#231;&#227;o item 8.22 e lei de inclus&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/355102/images/original/Edital 935-2023 - homologa&#231;&#227;o preliminar inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/365324/images/original/Edital 938-2023 - homologa&#231;&#227;o inscri&#231;&#245;es  - vagas pessoas com defici&#234;ncia - condi&#231;&#245;es especiais - convoca&#231;&#227;o prova te&#243;rico-objetiva - recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/367802/images/original/Edital 940-2023 - locais de prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368084/images/original/pt 2202-2023 - fiscais concurso p&#250;blico 02-2023 - Fonoaudi&#243;logo e Professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/368781/images/original/pt 2208-2023 - retifica portaria 2202-2023 - fiscais concurso 02-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/374258/images/original/Edital 943-2023 - gabaritos preliminares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380831/images/original/Edital 945-2023 - gabaritos oficiais - Fonoaudi&#243;logo e Professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/380832/images/original/Edital 946-2023 - notas preliminares FONOAUDI&#211;LOGO E PROFESSOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383403/images/original/Prova Professor de Anos Finais - L&#237;ngua Portuguesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383404/images/original/Prova Professor de Anos Finais - Hist&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383405/images/original/Prova Professor de Anos Finais - Ci&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383407/images/original/Prova Professor de Artes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383408/images/original/Prova Fonoaudi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383409/images/original/Prova Professor de Anos Iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383410/images/original/Prova Professor de Educa&#231;&#227;o Infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383412/images/original/Prova Professor de Anos Finais - Geografia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383120/images/original/Edital 948-2023 - notas oficiais prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383400/images/original/Prova Professor de Anos Finais - Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383122/images/original/Edital 949-2023 - convoca&#231;&#227;o prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383401/images/original/Prova Professor de Educa&#231;&#227;o F&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/383402/images/original/Prova Professor de L&#237;ngua Inglesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/390273/images/original/Edital 953-2024 - resultado preliminar prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391252/images/original/Edital 954-2024 - relat&#243;rio notas oficiais prova de t&#237;tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391253/images/original/Edital 955-2024 - retifica ANEXO IV do edital 931-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/391254/images/original/Edital 956-2024 - convoca para sorteio p&#250;blico de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392427/images/original/Edital 958-2024 - resultado sorteio de desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/392428/images/original/Edital 959-2024 - homologa&#231;&#227;o concurso 02-2023 - PROFESSOR E FONOAUDI&#211;LOGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/293529/images/original/Edital 923-2023 - Edital de Abertura de Inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/296221/images/original/Edital 924-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/298364/images/original/Edital 925-2023 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/300283/images/original/Edital 926-2023 - Homologa&#231;&#227;o preliminar inscri&#231;&#245;es assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/302820/images/original/Edital 927-2023 - homologa&#231;&#227;o definitiva das inscri&#231;&#245;es - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/303489/images/original/Gabarito Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/303490/images/original/Caderno de Prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/308526/images/original/Edital 928-2023 - resultado definitivo da prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/310401/images/original/Edital 929-2023 - resultado definitivo e homologa&#231;&#227;o final Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/249411/images/original/Edital 895-2022 - abertura de inscri&#231;&#245;es ARQUITETO 1 - ENGENHEIRO CIVIL I - T&#201;CNICO EM EDIFICA&#199;&#213;ES E COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/258674/images/original/edital 896-2022 - retifica o Edital 895-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/260000/images/original/pt 2700-2022 - comiss&#227;o executora concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/260001/images/original/pt 2701-2022 - comiss&#227;o de coordena&#231;&#227;o e fiscaliza&#231;&#227;o do concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/260002/images/original/Edital 897-2023 - homologa&#231;&#227;o inscri&#231;&#245;es concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/262511/images/original/Edital 898-2023 - homologa&#231;&#227;o inscri&#231;&#245;es ap&#243;s per&#237;odo de recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/262512/images/original/Edital 899-2023 - local e hor&#225;rio prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263359/images/original/pt 128-2023 - encarregados fiscaliza&#231;&#227;o provas escritas concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263360/images/original/pt 158-2023 - fiscais concurso p&#250;blico 002-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263750/images/original/Gabaritos preliminares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/263749/images/original/Edital 900-2023 - gabaritos preliminares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/268891/images/original/Edital 903-2023 - gabaritos oficiais prova te&#243;rico-objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/268892/images/original/Edital 904-2023 - notas preliminares concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/272860/images/original/Edital 907-2023 - notas oficiais da prova te&#243;rico-objetiva concurso 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/272861/images/original/Edital 908-2023 - convoca&#231;&#227;o prova de t&#237;tulos Arquiteto I e Engenheiro Civil I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/272862/images/original/Edital 909-2023 - convoca&#231;&#227;o prova pr&#225;tica - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276101/images/original/Edital 913-2023 - notas preliminares PROVA PR&#193;TICA COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/276102/images/original/Edital 914-2023 - notas prelimnares PROVA DE T&#205;TULOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277676/images/original/Edital 915-2023 - notas oficiais da PROVA PR&#193;TICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277677/images/original/Edital 916-2023 - notas oficiais da PROVA DE T&#205;TULOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/277678/images/original/Edital 917-2023 - homologa&#231;&#227;o final concurso p&#250;blico 02-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278237/images/original/prova Arquiteto I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278238/images/original/prova Cozinheira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278239/images/original/prova Engenheiro Civil I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/278240/images/original/prova T&#233;cnico em Edifica&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196970/images/original/Edital 877-2022 - abre inscri&#231;&#245;es concurso COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197357/images/original/pt 1012-2022 - comiss&#227;o executora concurso p&#250;blico 01-2022 - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/197358/images/original/pt 1013-2022 - comiss&#227;o coordena&#231;&#227;o e fiscaliza&#231;&#227;o concurso p&#250;blico 01-2022 - COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/200295/images/original/Edital 878-2022 - retifica item 11.5 do Edital 877-2022 - concurso COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/204417/images/original/Edital 879-2022 - homologa&#231;&#227;o inscri&#231;&#245;es - prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/205223/images/original/Edital 880-2022 - Resultado Homologa&#231;&#227;o Inscri&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/205224/images/original/Edital 881-2022 - Local prova te&#243;rica objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/205225/images/original/Edital 882-2022 - prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/206504/images/original/Edital 883-2022 - gabarito preliminar COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207021/images/original/Edital 884-2022 - Gabaritos Oficiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207022/images/original/Edital 885-2022 - notas preliminares provas te&#243;rica e pr&#225;ticas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207799/images/original/Edital 887-2022 - hmologa&#231;&#227;o resultado final COZINHEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/207798/images/original/Edital 886-2022 - notas oficiais das provas te&#243;rico-objetiva e pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/208549/images/original/Prova padr&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/196969/images/original/Edital 876-2021 - intima concession&#225;rios de gavetas do Cemit&#233;rio Municipal ou representantes legais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142823/images/original/Edital 875-2021 - homologa&#231;&#227;o final processo seletivo simplificado ENGENHEIRO CIVIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142482/images/original/Edital 874-2021 - resultado recursos processo seltivo simplificado ENGENHEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/142036/images/original/Edital 873-2021 - resultado preliminar notas processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141507/images/original/Edital 872-2021 Homologa&#231;&#227;o final  inscri&#231;&#245;es processo seletivo engenheiro civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/141207/images/original/Edital 871-2021 - retifica o Edital 870-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140862/images/original/Edital 870-2021 - homologa inscri&#231;&#245;es processo seletivo simplificado ENGENHEIRO CIVIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140705/images/original/Edital 869-2021 - retifica edital 868-2021 - processo seletivo simplificado ENGENHEIRO CIVIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/140701/images/original/Edital 868-2021 - processo seletivo contrata&#231;&#227;o ENGENHEIRO CIVIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68636/images/original/edital 865-2020 - homologa&#231;&#227;o MOTORISTA E OPERADOR DE M&#193;QUINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68465/images/original/edital 864-2020 - soma notas provas escrita e pr&#225;tica - n&#227;o realiza&#231;&#227;o sorteio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68464/images/original/edital 863-2020 - resultado precursos prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/68052/images/original/edital 862-2020 - divulga resultado prava pr&#225;tica MOTORISTA E OPERADOR DE M&#193;QUINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67206/images/original/edital 861-2019 - retifica n&#250;mero de edital publicano no jornal Tribuna da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/67205/images/original/edital 860-2019 - retifica edital 858-2019 - convoca&#231;&#227;o prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66961/images/original/edital 859-2019 - homologa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66724/images/original/edital 858-2019 - convoca MOTORISTA E OPERADOR DE M&#193;QUINA para prova pr&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66723/images/original/edital 857-2019 - convoca candidatos para sorteio - notas empatadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66722/images/original/edital 856-2019 - recursos prova escrita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66645/images/original/prova Operador de M&#225;quina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66644/images/original/prova Secret&#225;rio de Escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66643/images/original/prova Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66642/images/original/prova Monitor de educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66641/images/original/prova FISCAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/66640/images/original/prova Assistente social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/63824/images/original/Edital 855-2019 - resultado prova escrita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/63787/images/original/Edital 854-2019 - gabarito oficial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61872/images/original/Edital 853-2019 - gabarito preliminar e abre prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61338/images/original/Edital 852-2019 - locais concurso p&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/61287/images/original/Edital 851-2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60885/images/original/Edital 850-2019 - inscri&#231;&#245;es homologadas e indeferidas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60337/images/original/Edital 849-2019 - homologa&#231;&#227;o final Processo Seletivo PROFESSOR L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/60004/images/original/Edital 848-2019 - Retifica Edital 845-2019 - Abertura concurso p&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59934/images/original/Edital 847-2019 - resultado preliminar notas PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59481/images/original/Edital 846-2019 - Homologa inscri&#231;&#245;es contrata&#231;&#227;o PROFESSOR DE L&#205;NGUA INGLESA e prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/59218/images/original/Edital Abertura de Concurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/58542/images/original/Edital 844-2019 - L&#205;NGUA INGLESA processo seletivo simplificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/55837/images/original/Edital 843-2019 - homologa&#231;&#227;o final Processo Seletivo PROFESSOR EDUCA&#199;&#195;O F&#205;SICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/53433/images/original/Edital 842-2019 - resultado preliminar notas PROFESSOR DE EDUCA&#199;&#195;O F&#205;SICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50922/images/original/15 - Edital 841-2019 - Homologa inscri&#231;&#245;es contrata&#231;&#227;o PROFESSOR DE EDUCA&#199;&#195;O F&#205;SICA e prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/50159/images/original/5 - Edital 840-2019 - processo seletivo simplificado PROFESSOR EDUCA&#199;&#195;O F&#205;SICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/40215/images/original/25 - Edital 839-2019 - homologa&#231;&#227;o final Processo Seletivo PROFESSOR L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/39031/images/original/23 - Edital 838-2019 - RETIFICA resultado preliminar notas PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38911/images/original/19 - Edital 837-2019 - resultado preliminar notas PROFESSOR DE L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/38060/images/original/15 - Edital 836-2019 - Homologa inscri&#231;&#245;es contrata&#231;&#227;o PROFESSOR DE L&#205;NGUA INGLESA e prazo para recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/37399/images/original/5 - Edital 835-2019 - processo seletivo simplificado PROFESSOR L&#205;NGUA INGLESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/30222/images/original/323.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26310/images/original/319.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26311/images/original/320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26309/images/original/317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26308/images/original/314.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26307/images/original/313.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26306/images/original/312.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26305/images/original/311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26304/images/original/310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26303/images/original/309.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26302/images/original/308.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26301/images/original/307.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26300/images/original/306.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26299/images/original/305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26298/images/original/304.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26297/images/original/303.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26296/images/original/302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26295/images/original/301.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26294/images/original/300.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26293/images/original/299.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26292/images/original/298.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26291/images/original/297.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26290/images/original/296.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26289/images/original/295.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26288/images/original/294.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26287/images/original/293.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26286/images/original/292.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26285/images/original/291.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26284/images/original/290.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26283/images/original/289.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26282/images/original/288.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26281/images/original/287.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26280/images/original/286.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26279/images/original/285.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26278/images/original/283.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26277/images/original/282.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26276/images/original/281.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26275/images/original/280.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26274/images/original/279.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26273/images/original/277.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26272/images/original/276.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26271/images/original/275.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26270/images/original/274.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26269/images/original/273.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26268/images/original/272.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/26267/images/original/271.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C215"/>
+  <dimension ref="A1:C224"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C215" sqref="C215"/>
+      <selection activeCell="C224" sqref="C224"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1765,2169 +1792,2268 @@
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
       <c r="B21" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
       <c r="B22" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>3</v>
+      </c>
+      <c r="B23" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B24" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B25" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B26" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B27" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B28" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B29" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="B30" t="s">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="B31" t="s">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>35</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>35</v>
       </c>
       <c r="B37" t="s">
         <v>36</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>35</v>
       </c>
       <c r="B38" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B39" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B40" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B41" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B42" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B43" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" t="s">
+        <v>45</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>45</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B46" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B47" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B48" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B49" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B50" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B51" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B52" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B53" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B54" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B55" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B56" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B57" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B58" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B59" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B60" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B62" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B63" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B64" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B65" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B66" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B67" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B68" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B69" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B70" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B71" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B72" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B73" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B74" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B75" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
+        <v>60</v>
+      </c>
+      <c r="B76" t="s">
+        <v>61</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="B77" t="s">
+        <v>61</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="B78" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="B79" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="B80" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="B81" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="B82" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="B83" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="B84" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>94</v>
+      </c>
+      <c r="B85" t="s">
         <v>95</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" s="1" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
+        <v>94</v>
+      </c>
+      <c r="B86" t="s">
         <v>95</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
+        <v>94</v>
+      </c>
+      <c r="B87" t="s">
         <v>95</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
+        <v>94</v>
+      </c>
+      <c r="B88" t="s">
         <v>95</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
+        <v>94</v>
+      </c>
+      <c r="B89" t="s">
         <v>95</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
+        <v>94</v>
+      </c>
+      <c r="B90" t="s">
         <v>95</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="1" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
+        <v>94</v>
+      </c>
+      <c r="B91" t="s">
         <v>95</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
+        <v>94</v>
+      </c>
+      <c r="B92" t="s">
         <v>95</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
+        <v>94</v>
+      </c>
+      <c r="B93" t="s">
         <v>95</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="1" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B94" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B95" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B96" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B97" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B98" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B99" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B100" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B101" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B102" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B103" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B104" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B106" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B107" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B108" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B109" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
+        <v>104</v>
+      </c>
+      <c r="B110" t="s">
+        <v>105</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B111" t="s">
+        <v>105</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B112" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B113" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B114" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B115" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B116" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B117" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B118" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B119" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B120" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B121" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B122" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B123" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
+        <v>131</v>
+      </c>
+      <c r="B124" t="s">
+        <v>132</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="B125" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="B126" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="B127" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>150</v>
+        <v>131</v>
       </c>
       <c r="B128" t="s">
-        <v>151</v>
+        <v>132</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>153</v>
+        <v>131</v>
       </c>
       <c r="B129" t="s">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="B130" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>159</v>
+        <v>131</v>
       </c>
       <c r="B131" t="s">
-        <v>160</v>
+        <v>132</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>162</v>
+        <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>163</v>
+        <v>132</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>164</v>
+        <v>146</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>165</v>
+        <v>147</v>
       </c>
       <c r="B133" t="s">
-        <v>166</v>
+        <v>148</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>167</v>
+        <v>149</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="B134" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
       <c r="B135" t="s">
-        <v>169</v>
+        <v>154</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>172</v>
+        <v>155</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="B136" t="s">
-        <v>174</v>
+        <v>157</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>175</v>
+        <v>158</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="B137" t="s">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>178</v>
+        <v>161</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="B138" t="s">
-        <v>177</v>
+        <v>163</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="B139" t="s">
-        <v>182</v>
+        <v>166</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>183</v>
+        <v>167</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
       <c r="B140" t="s">
-        <v>185</v>
+        <v>169</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="B141" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="B142" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="B143" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
       <c r="B144" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="B145" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>196</v>
+        <v>184</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="B146" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="B147" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="B148" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="B149" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="B150" t="s">
-        <v>207</v>
+        <v>194</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="B151" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="B152" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="B153" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>217</v>
+        <v>203</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>218</v>
+        <v>204</v>
       </c>
       <c r="B154" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>221</v>
+        <v>206</v>
       </c>
       <c r="B155" t="s">
-        <v>222</v>
+        <v>194</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="B156" t="s">
-        <v>225</v>
+        <v>194</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="B157" t="s">
-        <v>228</v>
+        <v>194</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>229</v>
+        <v>211</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="B158" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
       <c r="B159" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>235</v>
+        <v>217</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
       <c r="B160" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>239</v>
+        <v>221</v>
       </c>
       <c r="B161" t="s">
-        <v>240</v>
+        <v>222</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>241</v>
+        <v>223</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>242</v>
+        <v>224</v>
       </c>
       <c r="B162" t="s">
-        <v>243</v>
+        <v>225</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>245</v>
+        <v>227</v>
       </c>
       <c r="B163" t="s">
-        <v>246</v>
+        <v>228</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>247</v>
+        <v>229</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="B164" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>251</v>
+        <v>233</v>
       </c>
       <c r="B165" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>254</v>
+        <v>236</v>
       </c>
       <c r="B166" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>256</v>
+        <v>238</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>257</v>
+        <v>239</v>
       </c>
       <c r="B167" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>259</v>
+        <v>241</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>260</v>
+        <v>242</v>
       </c>
       <c r="B168" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>262</v>
+        <v>244</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="B169" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="B170" t="s">
-        <v>267</v>
+        <v>249</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>268</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>269</v>
+        <v>251</v>
       </c>
       <c r="B171" t="s">
-        <v>270</v>
+        <v>252</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>272</v>
+        <v>254</v>
       </c>
       <c r="B172" t="s">
-        <v>273</v>
+        <v>255</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>274</v>
+        <v>256</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>275</v>
+        <v>257</v>
       </c>
       <c r="B173" t="s">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>276</v>
+        <v>259</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>277</v>
+        <v>260</v>
       </c>
       <c r="B174" t="s">
-        <v>278</v>
+        <v>261</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>280</v>
+        <v>263</v>
       </c>
       <c r="B175" t="s">
-        <v>281</v>
+        <v>264</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>282</v>
+        <v>265</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>283</v>
+        <v>266</v>
       </c>
       <c r="B176" t="s">
-        <v>284</v>
+        <v>267</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>285</v>
+        <v>268</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>286</v>
+        <v>269</v>
       </c>
       <c r="B177" t="s">
-        <v>287</v>
+        <v>270</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>288</v>
+        <v>271</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>289</v>
+        <v>272</v>
       </c>
       <c r="B178" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="B179" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="B180" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>296</v>
+        <v>281</v>
       </c>
       <c r="B181" t="s">
-        <v>297</v>
+        <v>282</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>298</v>
+        <v>283</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>299</v>
+        <v>284</v>
       </c>
       <c r="B182" t="s">
-        <v>297</v>
+        <v>282</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="B183" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>303</v>
+        <v>289</v>
       </c>
       <c r="B184" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="B185" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
       <c r="B186" t="s">
+        <v>296</v>
+      </c>
+      <c r="C186" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="B187" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="B188" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="B189" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="B190" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="B191" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="B192" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="B193" t="s">
-        <v>322</v>
+        <v>306</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
       <c r="B194" t="s">
-        <v>322</v>
+        <v>306</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="B195" t="s">
-        <v>327</v>
+        <v>306</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="B196" t="s">
-        <v>327</v>
+        <v>306</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="B197" t="s">
-        <v>332</v>
+        <v>306</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="B198" t="s">
-        <v>332</v>
+        <v>306</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="B199" t="s">
-        <v>337</v>
+        <v>306</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>339</v>
+        <v>326</v>
       </c>
       <c r="B200" t="s">
-        <v>337</v>
+        <v>306</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="B201" t="s">
-        <v>342</v>
+        <v>306</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="B202" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="B203" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>347</v>
+        <v>334</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="B204" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="B205" t="s">
-        <v>352</v>
+        <v>336</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="B206" t="s">
-        <v>355</v>
+        <v>341</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>356</v>
+        <v>342</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>357</v>
+        <v>343</v>
       </c>
       <c r="B207" t="s">
-        <v>358</v>
+        <v>341</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>360</v>
+        <v>345</v>
       </c>
       <c r="B208" t="s">
-        <v>361</v>
+        <v>346</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="B209" t="s">
-        <v>364</v>
+        <v>346</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="B210" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="B211" t="s">
-        <v>370</v>
+        <v>351</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>371</v>
+        <v>354</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="B212" t="s">
-        <v>373</v>
+        <v>351</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>375</v>
+        <v>357</v>
       </c>
       <c r="B213" t="s">
-        <v>373</v>
+        <v>358</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>376</v>
+        <v>359</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>377</v>
+        <v>360</v>
       </c>
       <c r="B214" t="s">
-        <v>373</v>
+        <v>361</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
+        <v>363</v>
+      </c>
+      <c r="B215" t="s">
+        <v>364</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" t="s">
+        <v>366</v>
+      </c>
+      <c r="B216" t="s">
+        <v>367</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" t="s">
+        <v>369</v>
+      </c>
+      <c r="B217" t="s">
+        <v>370</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" t="s">
+        <v>372</v>
+      </c>
+      <c r="B218" t="s">
+        <v>373</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" t="s">
+        <v>375</v>
+      </c>
+      <c r="B219" t="s">
+        <v>376</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" t="s">
+        <v>378</v>
+      </c>
+      <c r="B220" t="s">
         <v>379</v>
       </c>
-      <c r="B215" t="s">
-[...2 lines deleted...]
-      <c r="C215" s="1" t="s">
+      <c r="C220" s="1" t="s">
         <v>380</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" t="s">
+        <v>381</v>
+      </c>
+      <c r="B221" t="s">
+        <v>382</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" t="s">
+        <v>384</v>
+      </c>
+      <c r="B222" t="s">
+        <v>382</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" t="s">
+        <v>386</v>
+      </c>
+      <c r="B223" t="s">
+        <v>382</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" t="s">
+        <v>388</v>
+      </c>
+      <c r="B224" t="s">
+        <v>382</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>389</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -4103,50 +4229,59 @@
     <hyperlink ref="C191" r:id="rId_hyperlink_190"/>
     <hyperlink ref="C192" r:id="rId_hyperlink_191"/>
     <hyperlink ref="C193" r:id="rId_hyperlink_192"/>
     <hyperlink ref="C194" r:id="rId_hyperlink_193"/>
     <hyperlink ref="C195" r:id="rId_hyperlink_194"/>
     <hyperlink ref="C196" r:id="rId_hyperlink_195"/>
     <hyperlink ref="C197" r:id="rId_hyperlink_196"/>
     <hyperlink ref="C198" r:id="rId_hyperlink_197"/>
     <hyperlink ref="C199" r:id="rId_hyperlink_198"/>
     <hyperlink ref="C200" r:id="rId_hyperlink_199"/>
     <hyperlink ref="C201" r:id="rId_hyperlink_200"/>
     <hyperlink ref="C202" r:id="rId_hyperlink_201"/>
     <hyperlink ref="C203" r:id="rId_hyperlink_202"/>
     <hyperlink ref="C204" r:id="rId_hyperlink_203"/>
     <hyperlink ref="C205" r:id="rId_hyperlink_204"/>
     <hyperlink ref="C206" r:id="rId_hyperlink_205"/>
     <hyperlink ref="C207" r:id="rId_hyperlink_206"/>
     <hyperlink ref="C208" r:id="rId_hyperlink_207"/>
     <hyperlink ref="C209" r:id="rId_hyperlink_208"/>
     <hyperlink ref="C210" r:id="rId_hyperlink_209"/>
     <hyperlink ref="C211" r:id="rId_hyperlink_210"/>
     <hyperlink ref="C212" r:id="rId_hyperlink_211"/>
     <hyperlink ref="C213" r:id="rId_hyperlink_212"/>
     <hyperlink ref="C214" r:id="rId_hyperlink_213"/>
     <hyperlink ref="C215" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="C216" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="C217" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="C218" r:id="rId_hyperlink_217"/>
+    <hyperlink ref="C219" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="C220" r:id="rId_hyperlink_219"/>
+    <hyperlink ref="C221" r:id="rId_hyperlink_220"/>
+    <hyperlink ref="C222" r:id="rId_hyperlink_221"/>
+    <hyperlink ref="C223" r:id="rId_hyperlink_222"/>
+    <hyperlink ref="C224" r:id="rId_hyperlink_223"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>