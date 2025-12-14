--- v0 (2025-10-31)
+++ v1 (2025-12-14)
@@ -12,680 +12,674 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>PORTARIA Nº 2865/2025</t>
-[...617 lines deleted...]
-    <t>pt 2767-2025 Designa e concede gratificação coordenação pedagógica EMEF Alexandre Bacchi - LETÍCIA BACHI.pdf</t>
+    <t>PORTARIA Nº 3238/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>pt 3238-2025 - triênio Maritania Rechzinski.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3237/2025</t>
+  </si>
+  <si>
+    <t>pt 3237-2025 - art. 112, §2º, II - prorroga licença pessoa da família ETIENE DEVILLA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3236/2025</t>
+  </si>
+  <si>
+    <t>pt 3236-2025 - inclui servidores na pt 3228-2025 - férias EMEF ZAIDA ZANON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3235/2025</t>
+  </si>
+  <si>
+    <t>pt 3235-2025 - férias RESOLI KLAUS DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3234/2025</t>
+  </si>
+  <si>
+    <t>pt 3234-2025 - exclui servidora da pt 3166-2025 férias.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3233/2025</t>
+  </si>
+  <si>
+    <t>pt 3233-2025 - prorroga licença pessoa da família ALESANDRA BRUNA DA CRUZ BRESSAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3232/2025</t>
+  </si>
+  <si>
+    <t>pt 3232-2025 - férias sem ônus ROSANGELA CORTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3231/2025</t>
+  </si>
+  <si>
+    <t>pt 3231-2025 - férias EMEI QUINTAL MÁGICO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3230/2025</t>
+  </si>
+  <si>
+    <t>pt 3230-2025 licença saúde JAMYLA DA SILVA SOMACAL GRANDO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3229/2025</t>
+  </si>
+  <si>
+    <t>extrato pt 3229-2025 - instauração processo administrativo especial ENI SALETE DE PIZZOL UNGARATTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3228/2025</t>
+  </si>
+  <si>
+    <t>pt 3228-2025 Férias servidores EMEF Zaida Zanon.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3227/2025</t>
+  </si>
+  <si>
+    <t>pt 3227-2025 - férias sem ônus NADIA ANDRIN FERONATO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3226/2025</t>
+  </si>
+  <si>
+    <t>pt 3226-2025 - férias sem ônus LAURIANE TEIXEIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3225/2025</t>
+  </si>
+  <si>
+    <t>t 3225-2025 - licença pessoa da família ANGELA DI BERNARDO FERNANDES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3224/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>pt 3224-2025 - exonera e nomeia membros do CACS-FUNDEB.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3223/2025</t>
+  </si>
+  <si>
+    <t>pt 3223-2025 - institui o Grupo de Trabalho para elabiração e implementação da BNCC da computação.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3222/2025</t>
+  </si>
+  <si>
+    <t>pt 3222-2025 Concede fárias servidores EMEF Dr. Jairo Brum.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3221/2025</t>
+  </si>
+  <si>
+    <t>pt 3221-2025 - gestor fiscal e suplente PANDOLFO FEDRIGO E CIA LTDA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3220/2025</t>
+  </si>
+  <si>
+    <t>pt 3220-2025 Concede gratificação especial GE-01 ILUMINATA BERTONCELLO TIZZIANI - agente de apoio educacional.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3219/2025</t>
+  </si>
+  <si>
+    <t>pt 3219-2025 Concede gratificação especial GE-01 SAIONARA MARQUES SOARES PIEROSAN - agente de apoio educacional.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3218/2025</t>
+  </si>
+  <si>
+    <t>pt 3218-2025 Prorroga licença pessoa da família ETIENE DE VILLA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3217/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>pt 3217-2025 Concede licença pessoa da família FRANCIELE BENEDETTI DA CRUZ.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3216/2025</t>
+  </si>
+  <si>
+    <t>pt 3216-2025 - retifica a portaria 2284-2025 que concede aposentadoria a servidora IVONE LURDES DA ROSA GRACIOLI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3215/2025</t>
+  </si>
+  <si>
+    <t>Pt 3215-2025 Retifica período de férias servidora LÚCIA MARIA REGINATTO PORTARIA 3170-2025.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3214/2025</t>
+  </si>
+  <si>
+    <t>pt 3214-2025 - licença saúde CAMILA CASAGRANDE DALLAGNOL MACHADO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3213/2025</t>
+  </si>
+  <si>
+    <t>pt 3213-2025 - prorroga auxílio-doença GRAZIELE LINHARES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3212/2025</t>
+  </si>
+  <si>
+    <t>pt 3212-2025 - prêmio assiduidade SCHANA NARDI BEDIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3211/2025</t>
+  </si>
+  <si>
+    <t>pt 3211-2025 - triênio SOLANGE LUIZA FOPPA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3210/2025</t>
+  </si>
+  <si>
+    <t>pt 3210-2025 - prorroga licença pessoa da família ALESANDRA BRUNA DA CRUZ BRESSAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3209/2025</t>
+  </si>
+  <si>
+    <t>pt 3209-2025 - triênio SUSANA BAGISTON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3208/2025</t>
+  </si>
+  <si>
+    <t>pt 3208-2025 - triênio LUCIANE RUBETTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3207/2025</t>
+  </si>
+  <si>
+    <t>pt 3207-2025 - triênio KEITIANE LETÍCIA MANTEZE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3206/2025</t>
+  </si>
+  <si>
+    <t>pt 3206-2025 - nomeação MICHEL VILARINHO tesoureiro.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3205/2025</t>
+  </si>
+  <si>
+    <t>pt 3205-2025 - prorroga auxílio-doença VOLMIR FRANCHESCHINI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3204/2025</t>
+  </si>
+  <si>
+    <t>pt 3204-2025 Concede férias THIAGO NUNES MORAES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3203/2025</t>
+  </si>
+  <si>
+    <t>pt 3203-2025 - férias ILUMINATA BERTONCELLO TIZZIANI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3202/2025</t>
+  </si>
+  <si>
+    <t>pt 3202-2025 - férias FABIOLA TORTELLI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3201/2025</t>
+  </si>
+  <si>
+    <t>pt 3201-2025 - férias JONATHAN REDANTE DE CASTRO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3200/2025</t>
+  </si>
+  <si>
+    <t>pt 3200-2025 - férias MARCIO ARIENTI MISTURA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3199/2025</t>
+  </si>
+  <si>
+    <t>pt 3199-2025 - férias MARLENE OLIVEIRA DE CEZARO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3198/2025</t>
+  </si>
+  <si>
+    <t>pt 3198-2025 - férias ROSMARI ALBERTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3197/2025</t>
+  </si>
+  <si>
+    <t>pt 3197-2025 - férias SANDRO DOMINGOS KLIPP DA ROSA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3196/2025</t>
+  </si>
+  <si>
+    <t>pt 3196-2025 - férias JULIANO PANDOLFO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3195/2025</t>
+  </si>
+  <si>
+    <t>pt 3195-2025 - férias ROSELI FÁTIMA MILESKI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3194/2025</t>
+  </si>
+  <si>
+    <t>pt 3194-2025 - férias Fernando Casiraghi.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3193/2025</t>
+  </si>
+  <si>
+    <t>pt 3193-2025 - férias Gustabo Baesso.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3192/2025</t>
+  </si>
+  <si>
+    <t>pt 3192-2025 - gestor fiscal e suplenete PSMAC COMERCIAL DE MÁQUINAS E SERVIÇOS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3191/2025</t>
+  </si>
+  <si>
+    <t>pt 3191-2025 - redução de carga horária semanal Rosangela Schena.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3190/2025</t>
+  </si>
+  <si>
+    <t>pt 3190-2025 - férias escola EMEI Nairo José Prestes.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3189/2025</t>
+  </si>
+  <si>
+    <t>Pt 3189-2025 Nomeia, gestor, fiscal e suplente do contrato administrativo 250-2025 empresa BASZ COMÉRCIO E SERVIÇOS LTDA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3188/2025</t>
+  </si>
+  <si>
+    <t>pt 3188-2025 Concede triênio KERLI LUISA CASAGRANDE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3187/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>pt 3187-2025 Concede licença saúde DAIANE ALBERTON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3186/2025</t>
+  </si>
+  <si>
+    <t>pt 3186-2025 - licença pessoa da família Loise Bedin Balestro.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3185/2025</t>
+  </si>
+  <si>
+    <t>pt 3185-2025 Concede férias ANDREIA LAZZARETTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3184/2025</t>
+  </si>
+  <si>
+    <t>Pt 3184-2025 Concede férias sem ônus MICHELE DELLAZZARI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3183/2025</t>
+  </si>
+  <si>
+    <t>pt 3183-2025 Concede férias ADRIANA MARIA DE VILLA VICENZI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3182/2025</t>
+  </si>
+  <si>
+    <t>pt 3182-2025 - férias NICOLE FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3181/2025</t>
+  </si>
+  <si>
+    <t>pt 3181-2025 - férias SUELENA RAQUEL DOS SANTOS BORGES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3180/2025</t>
+  </si>
+  <si>
+    <t>pt 3180-2025 - férias JOSÉ CLAUDIOMIRO DE LIMA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3179/2025</t>
+  </si>
+  <si>
+    <t>pt 3179-2025 - férias RAFAEL TRIACCA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3178/2025</t>
+  </si>
+  <si>
+    <t>pt 3178-2025 - férias SUZAN KELIN BORTONCELLI BEDIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3177/2025</t>
+  </si>
+  <si>
+    <t>pt 3177-2025 - férias LEANDRO CELSO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3176/2025</t>
+  </si>
+  <si>
+    <t>pt 3176-2025 - férias GEAN CARLOS DE OLIVEIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3175/2025</t>
+  </si>
+  <si>
+    <t>pt 3175-2025 - exclui servidores da pt 3168-2025 - férias EMEI ROSA DOS VENTOS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3174/2025</t>
+  </si>
+  <si>
+    <t>pt 3174-2025 - prorroga licença pessoa da família PRISCILA PENA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3173/2025</t>
+  </si>
+  <si>
+    <t>pt 3173-2025 - prorroga licença pessoa da família LETICIA MENEZES DE LIMA MORAES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3172/2025</t>
+  </si>
+  <si>
+    <t>pt 3172-2025 - licença amamentação ANDRESSA DAI PRAI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3171/2025</t>
+  </si>
+  <si>
+    <t>pt 3171-2025 - prorroga licença pessoa da família CARLA RAQUEL DALL AGNESE REOLON DE OLIVEIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3170/2025</t>
+  </si>
+  <si>
+    <t>pt 3170-2025 - férias EMEI Monica.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3169/2025</t>
+  </si>
+  <si>
+    <t>pt 3169-2025 - licença saúde VAGNER BORGES DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3168/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>pt 3168-2025 - férias ROSA DOS VENTOS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3167/2025</t>
+  </si>
+  <si>
+    <t>pt 3167-2025 - férias IMACULADA CONCEIÇÃO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3166/2025</t>
+  </si>
+  <si>
+    <t>pt 3166-2025 Férias EMEI Gasparzinho.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3165/2025</t>
+  </si>
+  <si>
+    <t>pt 3165-2025 - férias sem ônus Ivone Castoldi.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3164/2025</t>
+  </si>
+  <si>
+    <t>pt 3164-2025 Alteração de nível TATIANA BRUNETTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3163/2025</t>
+  </si>
+  <si>
+    <t>pt 3163-2025 - triênio PATRICIA ALVES DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3162/2025</t>
+  </si>
+  <si>
+    <t>pt 3162-2025 - triênio EDILIA TERESINHA FORTUNATO DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3161/2025</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>pt 3161-2025 - TORNA SEM EFEITO pt 281-2025 - revogação férias Claudia Marcia Girardi.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3160/2025</t>
+  </si>
+  <si>
+    <t>pt 3160-2025 - retifica a pt 3095-2025 - nomeação CONSELHO MUNICIPAL EDUCAÇÃO - 01-12-2025 a 30-12-2029.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3159/2025</t>
+  </si>
+  <si>
+    <t>pt 3159-2025 - licença saúde Karine Paula Maróstica.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3158/2025</t>
+  </si>
+  <si>
+    <t>pt 3158-2025 - concede aposentadoria por invalidez permanente ao servidor VITOR HUGO DE ASSIS, matrícula 22244-5..pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3157/2025</t>
+  </si>
+  <si>
+    <t>pt 3157-2025 - retifica mat 3132-2025 promoção LILIAN CAROLINE LOCATELLI ZADRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3156/2025</t>
+  </si>
+  <si>
+    <t>pt 3156-2025 - gestor fiscal e suplente CA 249-2025 pandolfo fedrigo e cia ltda.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3155/2025</t>
+  </si>
+  <si>
+    <t>pt 3155-2025 - assiduidade Juciane Jaretta Debona.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3154/2025</t>
+  </si>
+  <si>
+    <t>pt 3154-2025 - promoção SUELEN SALVADOR RODRIGUES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3153/2025</t>
+  </si>
+  <si>
+    <t>pt 3153-2025 - promoção CALIANDRA TAUFFER.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3152/2025</t>
+  </si>
+  <si>
+    <t>pt 3152-2025 - promoção KERLI LUIZA CASAGRANDE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3151/2025</t>
+  </si>
+  <si>
+    <t>pt 3151-2025 - promoção de classe ROSEBEL LUNARDI BRUGNERA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3150/2025</t>
+  </si>
+  <si>
+    <t>pt 3150-2025 - promoção THAISY DALILA FACCIO ECCO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3149/2025</t>
+  </si>
+  <si>
+    <t>pt 3149-2025 - promoção CARLA LIA LUSSI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3148/2025</t>
+  </si>
+  <si>
+    <t>pt 3148-2025 - promoção VERANITA DE GASPERI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3147/2025</t>
+  </si>
+  <si>
+    <t>pt 3147-2025 - promoção DOUGLAS UILIAN CONCEIÇÃO SEVERO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3146/2025</t>
+  </si>
+  <si>
+    <t>pt 3146-2025 - promoção EDUARDO ALBERTON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3145/2025</t>
+  </si>
+  <si>
+    <t>pt 3145-2025 - promoção MEREDIANE DI DOMENICO FLORES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3144/2025</t>
+  </si>
+  <si>
+    <t>pt 3144-2025 - promoção FRANCIELE DONATI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3143/2025</t>
+  </si>
+  <si>
+    <t>pt 3143-2025 - promoção GISELE CASAGRANDE CHAVES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3142/2025</t>
+  </si>
+  <si>
+    <t>pt 3142-2025 - promoção GISELE MONTEIRO BORGES BALBINOTTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3141/2025</t>
+  </si>
+  <si>
+    <t>pt 3141-2025 - promoção PRICILA CASAGRANDE VERARDI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 3140/2025</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>pt 3140-2025 - torna sem efeito a pt 3113-2025 - licença saúde Marla Saionara Fernandez Ribeiro Zacarias.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -992,62 +986,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/674316/images/original/pt 2865-2025 - prorroga licen&#231;a sa&#250;de TERESINHA GEMELLI FRIGO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/674315/images/original/pt 2864-2025 - licen&#231;a sa&#250;de PAOLA SANTOS BORBGA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/674314/images/original/pt 2863-2025 - gestor fiscal e suplenete BAGGIO CONSTRU&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/674313/images/original/pt 2862-2025 - prorroga licenla pessoa da fam&#237;lia  ALESANDRA BRUNA DA CRUZ BRESSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/674312/images/original/pt 2861-2025 - licen&#231;a sa&#250;de JANETE DOS SANTOS DE CAMPOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/674311/images/original/pt 2860-2025 Faz altera&#231;&#227;o de n&#237;vel VANDERLEIA GON&#199;ALVES NORONHA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673762/images/original/pt 2859-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ANDRESSA DAI PRAI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673761/images/original/pt 2858-2025 - licen&#231;a pessoa da fam&#237;lia ANA PAULA PIZZUTTI PACHECO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673760/images/original/pt 2857-2025 - prorroga licen&#231;a pessoa da fam&#237;lia CLAUDIANE DA CRUZ DAMO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673759/images/original/pt 2856-2025 - aux&#237;lio-doen&#231;a NAT&#193;LIA CORREIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673758/images/original/pt 2855-2025 - aux&#237;lio-doen&#231;a ALINE TATIANE DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673757/images/original/pt 2854-2025 Licen&#231;a sa&#250;de DIOGO ROGERIO LAMPERT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673741/images/original/pt 2853-2025 - prorroga aux&#237;lio-doen&#231;a LUCIANE DE LIMA EVANGELISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673740/images/original/pt 2852-2025 - prorroga aux&#237;lio-doen&#231;a EDILIA TERESINHA FORTUNATO DA SILVIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673739/images/original/pt 2851-2025 - prorroga licen&#231;a pessoa da fam&#237;lia MARILAINE SPOHR VARGAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673736/images/original/pt 2850-2025 - licen&#231;a sa&#250;de ELISANDRA MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673097/images/original/pt 2849-2025 - f&#233;rias sem &#244;nus CLAUDIA MARA DA ROCHA QUADROS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673096/images/original/pt 2848-2025 Concede tri&#234;nio JULIA INAI&#202; NERVIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673095/images/original/pt 2847-2025 - licen&#231;a sa&#250;de JAQUELINE GABIATTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673093/images/original/pt 2846-2025 - prorroga licen&#231;a pessoa da fam&#237;lia DANIELA LORENZON NERVIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673092/images/original/pt 2845-2025 - licen&#231;a pessoa da fam&#237;lia ALEXANDRA AYRES MOREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673091/images/original/pt 2844-2025 - licen&#231;a nojo MARINEIDE LUIZA KUNZLER DA ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673090/images/original/pt 2843-2025 - licen&#231;a nojo JO&#195;O PEDRO DA ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673089/images/original/pt 2842-2025 - licen&#231;a pessoa da fam&#237;lia JENNIFER BORGES DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673088/images/original/pt 2841-2025 - ressarcimento TATIANA VAL&#201;RIA MACHADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673087/images/original/pt 2840-2025 - gestor fiscal e suplente PE 167-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/673086/images/original/pt 2839-2025 Promo&#231;&#227;o MARIA ZELINDA RODRIGUES MARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672523/images/original/pt 2812-2025 - tri&#234;nio DANIELA CAMPO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672565/images/original/pt 2838-2025 - prorroga licen&#231;a pessoa da fam&#237;lia CRISTIANE PALUDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672564/images/original/pt 2837-2025 - licen&#231;a sa&#250;de Leila Mezzomo Mantese.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672554/images/original/pt 2836-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ALESANDRA BRUNA DA CRUZ BRESSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672552/images/original/pt 2835-2025 - licen&#231;a sa&#250;de Vanessa Cavanus Foppa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672551/images/original/pt 2834-2025 - licen&#231;a por acidente de trabalho Tatiana Val&#233;ria Machado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672550/images/original/pt 2833-2025 - f&#233;rias sem &#244;nus MATHEUS ANDR&#201; DA ROSA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672549/images/original/pt 2832-2025 - licen&#231;a pessoa da fam&#237;lia ELAINE THOMAZINI ROMAGNA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672547/images/original/pt 2831-2025 - prorroga licen&#231;a pessoa da fam&#237;lia DALICE FIORIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672546/images/original/pt 2830-2025 - prorroga licen&#231;a pessoa da fam&#237;lia LEONARDO BALDISSARELLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672545/images/original/pt 2829-2025 - gratifica&#231;&#227;o qualifica&#231;&#227;o profissional LUANA ROBERTA FRONZA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672543/images/original/pt 2828-2025 - f&#233;rias sem &#244;nus ALINE ISOTTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672541/images/original/pt 2827-2025 - f&#233;rias sem &#244;nus LAURIANE TEIXEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672540/images/original/pt 2826-2025 - licen&#231;a pessoa da fam&#237;lia FERNANDA PARISOTTO SLADEK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672539/images/original/pt 2825-2025 - tri&#234;nio MARISA MARIBEL PIN REGINATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672538/images/original/pt 2824-2025 - tri&#234;nio M&#225;rcia Rizzi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672536/images/original/pt 2823-2025 - tri&#234;nio BRUNA ADRIANA GUSATTI PEZZUTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672535/images/original/pt 2822-2025 - licen&#231;a pessoa da fam&#237;lia SUSAN KELY CERUTTI MACHADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672534/images/original/pt 2821-2025 - licen&#231;a sa&#250;de HOSANA DA SILVA JACINTO DAS CHAGAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672533/images/original/pt 2820-2025 - designa fiscal contrato de patroc&#237;nio AGE - Agremia&#231;&#227;o Guaportense de Esportes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672532/images/original/pt 2819-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ETIENE DEVILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672530/images/original/pt 2818-2025 - estabiliza&#231;&#227;o CESAR DALMOLIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672529/images/original/pt 2817-2025 - estabiliza&#231;&#227;o CRISTIAN RIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672528/images/original/pt 2816-2025 - licen&#231;a sa&#250;de PAOLA SANTOS BORBA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672527/images/original/pt 2815-2025 - licen&#231;a sa&#250;de LEOMAR ANTONIO SILVEIRA RAMOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672526/images/original/pt 2814-2025 - prorroga licen&#231;a pessoa da fam&#237;lia PRISCILA PENA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672524/images/original/pt 2813-2025 - tri&#234;nio JULIANO ANTONIO FINCATO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672522/images/original/pt 2811-2025 - tri&#234;nio &#201;der Dalmolin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672521/images/original/pt 2810-2025 - tri&#234;nio ROSELI CORTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672520/images/original/pt 2809-2025 - tri&#234;nio KARLA SCHUMANN BENINC&#193;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672518/images/original/pt 2808-2025 - prorroga licen&#231;a pessoa da fam&#237;lia MARILAINE SPOHR VARGAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672517/images/original/pt 2807-2025 - nomea&#231;&#227;o TATIANA BRUNETTO professor de educa&#231;&#227;o infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/672516/images/original/pt 2806-2025 - tri&#234;nio MELISSA EMANUELLA FOPPA DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670771/images/original/pt 2802-2025 - tri&#234;nio PATR&#205;CIA PISSETTI ANDREASSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670774/images/original/pt 2805-2025 - extin&#231;&#227;o PAD 005-2025 ANDREIA FLORES BITTENCOURT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670773/images/original/pt 2804-2025 - extin&#231;&#227;o PAD 003-2025 pt 2168-2025 ANDREIA FLORES BITTENCOURT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670772/images/original/pt 2803-2025 - prorroga licen&#231;a pessoa da fam&#237;lia SIMONE TELES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670770/images/original/pt 2801-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ETIENE DEVILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670769/images/original/pt 2800-2025 - licen&#231;a sa&#250;de SHANA CLAUDIA DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670768/images/original/Pt. 2799-2025 Concede insalubridade VANDERLEIA GON&#199;ALVES NORONHA - professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670767/images/original/pt 2798-2025 Concede tri&#234;nio LETICIA MORAES LOPES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670766/images/original/pt 2797-2025 Concede licen&#231;a pessoa da fam&#237;lia TATIANA &#193;VILA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670765/images/original/pt 2796-2025 - tri&#234;nio SOLANGE SILVEIRA MARTINS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670763/images/original/pt 2795-2025 - exonera&#231;&#227;o BRUNA VIDOTTO WOJAHN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670350/images/original/pt 2794-2025 - tri&#234;nio EDUARDO DARIANO FERREIRA DA COSTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670348/images/original/pt 2793-2025 - tri&#234;nio ELISANDRA MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670347/images/original/pt 2792-2025 - prorroga aux&#237;lio-doen&#231;a IZABEL CENCI ROMAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670346/images/original/pt 2791-2025 - tri&#234;nio CLAUDIANE DA CRUZ DAMO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670345/images/original/pt 2790-2025 - estabiliza&#231;&#227;o Nat&#225;lia Correia - Monitor de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670344/images/original/pt 2789-2025 Prorroga licen&#231;a pessoa da fam&#237;lia FRANCIELE NUNES DIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670343/images/original/pt 2788-2025 - tri&#234;nio DOUGLAS UILIAN CONCEI&#199;&#195;O SEVERO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670342/images/original/pt 2787-2025 - exonera&#231;&#227;o FERNANDA BERBARDIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670341/images/original/pt 2786-2025 - gratifica&#231;&#227;o especial GE-02 KARINE BRESOLIN BOSIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670340/images/original/pt 2785-2025 - transfer&#234;ncia OCT&#193;VIO AUGUSTO STOCCO sma para smcpde.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670339/images/original/pt 2784-2025 - revoga pt 82-2024 gratifica&#231;&#227;o especial OCTAVIO AUGUSTO STOCCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670338/images/original/pt 2783-2025 Concede tri&#234;nio VANESSA FRANCESCHINI GEREMIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670336/images/original/pt 2782-2025 - tri&#234;nio ALCIONE BEATRIZ DELAZARI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670335/images/original/extrato pt 2781-2025 - PAD - DEBS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670334/images/original/pt 2780-2025 - prorroga licen&#231;a pessoa da fam&#237;lia MARILAINE SPOHR VARGAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670333/images/original/pt 2779-2025 - licen&#231;a sa&#250;de LEOMAR ANTONIO SILVEIRA RSMOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670332/images/original/pt 2778-2025 - Desconstituicao Portaria 2038-2024 - MAX POSTAL CHIODELLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670329/images/original/pt 2777-2025 - Desconstituicao da Portaria 1014-2023 - MAX POSTAL CHIODELLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670328/images/original/pt 2776-2025 Prorroga posse GABRIELA PALOSCHI - professor de educa&#231;&#227;o infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670327/images/original/pt 2775-2025 - torna sem efeito pt 2773-2025 pessoa da fam&#237;lia MARLA SAIONARA FERNANDES ZACARIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/670326/images/original/pt 2774-2025 - licen&#231;a pessoa da fam&#237;lia LETICIA MENEZES DE LIMA MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669442/images/original/pt 2773-2025 - licen&#231;a pessoa da fam&#237;lia MARLA SAIONARA FERNANDES RIBEIRO ZACARIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669436/images/original/pt 2772-2025 - licen&#231;a sa&#250;de GRAZIELE LINHARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669434/images/original/pt 2771-2025 - prorroga licen&#231;a pessoa da fam&#237;lia INGRID BORGES DA COSTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669432/images/original/pt 2770-2025 - torna sem efeito nomea&#231;&#227;o final da fila ANA CLAUDIA ROMAN professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669429/images/original/pt 2769-2025 - prorroga licen&#231;a pessoa da familia PRISCILA PENA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669428/images/original/pt 2768-2025 - licen&#231;a pessoa da familia LAURA HELENA SASIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/669427/images/original/pt 2767-2025 Designa e concede gratifica&#231;&#227;o coordena&#231;&#227;o pedag&#243;gica EMEF Alexandre Bacchi - LET&#205;CIA BACHI.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704209/images/original/pt 3238-2025 - tri&#234;nio Maritania Rechzinski.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704208/images/original/pt 3237-2025 - art. 112, &#167;2&#186;, II - prorroga licen&#231;a pessoa da fam&#237;lia ETIENE DEVILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704207/images/original/pt 3236-2025 - inclui servidores na pt 3228-2025 - f&#233;rias EMEF ZAIDA ZANON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704204/images/original/pt 3235-2025 - f&#233;rias RESOLI KLAUS DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704205/images/original/pt 3235-2025 - f&#233;rias RESOLI KLAUS DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704202/images/original/pt 3234-2025 - exclui servidora da pt 3166-2025 f&#233;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704200/images/original/pt 3233-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ALESANDRA BRUNA DA CRUZ BRESSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704198/images/original/pt 3232-2025 - f&#233;rias sem &#244;nus ROSANGELA CORTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704197/images/original/pt 3231-2025 - f&#233;rias EMEI QUINTAL M&#193;GICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704196/images/original/pt 3230-2025 licen&#231;a sa&#250;de JAMYLA DA SILVA SOMACAL GRANDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704195/images/original/extrato pt 3229-2025 - instaura&#231;&#227;o processo administrativo especial ENI SALETE DE PIZZOL UNGARATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704194/images/original/pt 3228-2025 F&#233;rias servidores EMEF Zaida Zanon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704193/images/original/pt 3227-2025 - f&#233;rias sem &#244;nus NADIA ANDRIN FERONATO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704192/images/original/pt 3226-2025 - f&#233;rias sem &#244;nus LAURIANE TEIXEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704191/images/original/t 3225-2025 - licen&#231;a pessoa da fam&#237;lia ANGELA DI BERNARDO FERNANDES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703462/images/original/pt 3224-2025 - exonera e nomeia membros do CACS-FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703461/images/original/pt 3223-2025 - institui o Grupo de Trabalho para elabira&#231;&#227;o e implementa&#231;&#227;o da BNCC da computa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703460/images/original/pt 3222-2025 Concede f&#225;rias  servidores EMEF Dr. Jairo Brum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703459/images/original/pt 3221-2025 - gestor fiscal e suplente PANDOLFO FEDRIGO E CIA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703458/images/original/pt 3220-2025 Concede gratifica&#231;&#227;o especial GE-01 ILUMINATA BERTONCELLO TIZZIANI - agente de apoio educacional.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703457/images/original/pt 3219-2025 Concede gratifica&#231;&#227;o especial GE-01 SAIONARA MARQUES SOARES PIEROSAN - agente de apoio educacional.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703456/images/original/pt 3218-2025 Prorroga licen&#231;a pessoa da fam&#237;lia ETIENE DE VILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702696/images/original/pt 3217-2025 Concede licen&#231;a pessoa da fam&#237;lia FRANCIELE BENEDETTI DA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702695/images/original/pt 3216-2025 - retifica a portaria 2284-2025 que concede aposentadoria a servidora IVONE LURDES DA ROSA GRACIOLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702692/images/original/Pt 3215-2025 Retifica per&#237;odo de f&#233;rias servidora L&#218;CIA MARIA REGINATTO PORTARIA 3170-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702691/images/original/pt 3214-2025 - licen&#231;a sa&#250;de CAMILA CASAGRANDE DALLAGNOL MACHADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702690/images/original/pt 3213-2025 - prorroga aux&#237;lio-doen&#231;a GRAZIELE LINHARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702689/images/original/pt 3212-2025 - pr&#234;mio assiduidade SCHANA NARDI BEDIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702688/images/original/pt 3211-2025 - tri&#234;nio SOLANGE LUIZA FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702681/images/original/pt 3210-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ALESANDRA BRUNA DA CRUZ BRESSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702680/images/original/pt 3209-2025 - tri&#234;nio SUSANA BAGISTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702677/images/original/pt 3208-2025 - tri&#234;nio LUCIANE RUBETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702674/images/original/pt 3207-2025 - tri&#234;nio KEITIANE LET&#205;CIA MANTEZE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702666/images/original/pt 3206-2025 - nomea&#231;&#227;o MICHEL VILARINHO tesoureiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702665/images/original/pt 3205-2025 - prorroga aux&#237;lio-doen&#231;a VOLMIR FRANCHESCHINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702664/images/original/pt 3204-2025 Concede f&#233;rias THIAGO NUNES MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702663/images/original/pt 3203-2025 - f&#233;rias ILUMINATA BERTONCELLO TIZZIANI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702662/images/original/pt 3202-2025 - f&#233;rias FABIOLA TORTELLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702661/images/original/pt 3201-2025 - f&#233;rias JONATHAN REDANTE DE CASTRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702650/images/original/pt 3200-2025 - f&#233;rias MARCIO ARIENTI MISTURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702638/images/original/pt 3199-2025 - f&#233;rias MARLENE OLIVEIRA DE CEZARO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702635/images/original/pt 3198-2025 - f&#233;rias ROSMARI ALBERTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702634/images/original/pt 3197-2025 - f&#233;rias SANDRO DOMINGOS KLIPP DA ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702633/images/original/pt 3196-2025 - f&#233;rias JULIANO PANDOLFO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702631/images/original/pt 3195-2025 - f&#233;rias ROSELI F&#193;TIMA MILESKI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702630/images/original/pt 3194-2025 - f&#233;rias Fernando Casiraghi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702628/images/original/pt 3193-2025 - f&#233;rias Gustabo Baesso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702617/images/original/pt 3192-2025 - gestor fiscal e suplenete PSMAC COMERCIAL DE M&#193;QUINAS E SERVI&#199;OS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702616/images/original/pt 3191-2025 - redu&#231;&#227;o de carga hor&#225;ria semanal Rosangela Schena.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702615/images/original/pt 3190-2025 - f&#233;rias escola EMEI Nairo Jos&#233; Prestes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702614/images/original/Pt 3189-2025 Nomeia, gestor, fiscal e suplente do contrato administrativo 250-2025 empresa BASZ COM&#201;RCIO E SERVI&#199;OS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702613/images/original/pt 3188-2025 Concede tri&#234;nio KERLI LUISA CASAGRANDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702610/images/original/pt 3187-2025 Concede licen&#231;a sa&#250;de DAIANE ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702607/images/original/pt 3186-2025 - licen&#231;a pessoa da fam&#237;lia Loise Bedin Balestro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702608/images/original/pt 3186-2025 - licen&#231;a pessoa da fam&#237;lia Loise Bedin Balestro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702606/images/original/pt 3185-2025 Concede f&#233;rias ANDREIA LAZZARETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702605/images/original/Pt 3184-2025 Concede f&#233;rias sem &#244;nus MICHELE DELLAZZARI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702604/images/original/pt 3183-2025 Concede f&#233;rias ADRIANA MARIA DE VILLA VICENZI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702603/images/original/pt 3182-2025 - f&#233;rias NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702602/images/original/pt 3181-2025 - f&#233;rias SUELENA RAQUEL DOS SANTOS BORGES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702601/images/original/pt 3180-2025 - f&#233;rias JOS&#201; CLAUDIOMIRO DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702600/images/original/pt 3179-2025 - f&#233;rias RAFAEL TRIACCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702599/images/original/pt 3178-2025 - f&#233;rias SUZAN KELIN BORTONCELLI BEDIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702598/images/original/pt 3177-2025 - f&#233;rias LEANDRO CELSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702597/images/original/pt 3176-2025 - f&#233;rias GEAN CARLOS DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702595/images/original/pt 3175-2025 - exclui servidores da pt 3168-2025 - f&#233;rias EMEI ROSA DOS VENTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702594/images/original/pt 3174-2025 - prorroga licen&#231;a pessoa da fam&#237;lia PRISCILA PENA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702593/images/original/pt 3173-2025 - prorroga licen&#231;a pessoa da fam&#237;lia LETICIA MENEZES DE LIMA MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702591/images/original/pt 3172-2025 - licen&#231;a amamenta&#231;&#227;o ANDRESSA DAI PRAI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702590/images/original/pt 3171-2025 - prorroga licen&#231;a pessoa da fam&#237;lia CARLA RAQUEL DALL AGNESE REOLON DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702589/images/original/pt 3170-2025 - f&#233;rias EMEI Monica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702587/images/original/pt 3169-2025 - licen&#231;a sa&#250;de VAGNER BORGES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701123/images/original/pt 3168-2025 - f&#233;rias ROSA DOS VENTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701122/images/original/pt 3167-2025 - f&#233;rias IMACULADA CONCEI&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701121/images/original/pt 3166-2025 F&#233;rias EMEI Gasparzinho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701120/images/original/pt 3165-2025 - f&#233;rias sem &#244;nus Ivone Castoldi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701117/images/original/pt 3164-2025 Altera&#231;&#227;o de n&#237;vel TATIANA BRUNETTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701115/images/original/pt 3163-2025 - tri&#234;nio PATRICIA ALVES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701113/images/original/pt 3162-2025 - tri&#234;nio EDILIA TERESINHA FORTUNATO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700385/images/original/pt 3161-2025 - TORNA SEM EFEITO pt 281-2025 - revoga&#231;&#227;o f&#233;rias Claudia Marcia Girardi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700384/images/original/pt 3160-2025 - retifica a pt 3095-2025 - nomea&#231;&#227;o CONSELHO MUNICIPAL EDUCA&#199;&#195;O - 01-12-2025 a 30-12-2029.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700383/images/original/pt 3159-2025 - licen&#231;a sa&#250;de Karine Paula Mar&#243;stica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700382/images/original/pt 3158-2025 - concede aposentadoria por invalidez permanente ao servidor VITOR HUGO DE ASSIS, matr&#237;cula 22244-5..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700379/images/original/pt 3157-2025 - retifica mat 3132-2025 promo&#231;&#227;o LILIAN CAROLINE LOCATELLI ZADRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700378/images/original/pt 3156-2025 - gestor fiscal e suplente CA 249-2025 pandolfo fedrigo e cia ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700377/images/original/pt 3155-2025 - assiduidade Juciane Jaretta Debona.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700374/images/original/pt 3154-2025 - promo&#231;&#227;o SUELEN SALVADOR RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700372/images/original/pt 3153-2025 - promo&#231;&#227;o CALIANDRA TAUFFER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700371/images/original/pt 3152-2025 - promo&#231;&#227;o KERLI LUIZA CASAGRANDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700369/images/original/pt 3151-2025 - promo&#231;&#227;o de classe ROSEBEL LUNARDI BRUGNERA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700366/images/original/pt 3150-2025 - promo&#231;&#227;o THAISY DALILA FACCIO ECCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700365/images/original/pt 3149-2025 - promo&#231;&#227;o CARLA LIA LUSSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700363/images/original/pt 3148-2025 - promo&#231;&#227;o VERANITA DE GASPERI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700359/images/original/pt 3147-2025 - promo&#231;&#227;o DOUGLAS UILIAN CONCEI&#199;&#195;O SEVERO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700360/images/original/pt 3148-2025 - promo&#231;&#227;o VERANITA DE GASPERI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700357/images/original/pt 3146-2025 - promo&#231;&#227;o EDUARDO ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700354/images/original/pt 3145-2025 - promo&#231;&#227;o MEREDIANE DI DOMENICO FLORES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700353/images/original/pt 3144-2025 - promo&#231;&#227;o FRANCIELE DONATI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700345/images/original/pt 3143-2025 - promo&#231;&#227;o GISELE CASAGRANDE CHAVES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700342/images/original/pt 3142-2025 - promo&#231;&#227;o GISELE MONTEIRO BORGES BALBINOTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700343/images/original/pt 3142-2025 - promo&#231;&#227;o GISELE MONTEIRO BORGES BALBINOTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700341/images/original/pt 3141-2025 - promo&#231;&#227;o PRICILA CASAGRANDE VERARDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699708/images/original/pt 3140-2025 - torna sem efeito a pt 3113-2025 - licen&#231;a sa&#250;de Marla Saionara Fernandez Ribeiro Zacarias.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C100"/>
+  <dimension ref="A1:C104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C100" sqref="C100"/>
+      <selection activeCell="C104" sqref="C104"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1065,1091 +1059,1135 @@
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B13" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B21" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B23" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B26" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B28" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B32" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B34" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B35" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B36" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B37" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B38" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B39" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B40" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B41" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B42" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B43" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B44" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B45" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B46" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B48" t="s">
+        <v>48</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B49" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B50" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B51" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B52" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B53" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B54" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B55" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B56" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="B57" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B58" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="B59" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B60" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B61" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B62" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="B63" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B65" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B66" t="s">
+        <v>109</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="B67" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="B68" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="B69" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B70" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="B71" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="B72" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B73" t="s">
-        <v>153</v>
+        <v>109</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="B74" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="B76" t="s">
+        <v>148</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B77" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="B78" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="B79" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="B80" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="B81" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B82" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="B83" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B84" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B85" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B86" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B87" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B88" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B89" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="B90" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B91" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B92" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="B93" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="B94" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="B95" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B96" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="B97" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B98" t="s">
+        <v>163</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B99" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="B100" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>209</v>
+        <v>200</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" t="s">
+        <v>201</v>
+      </c>
+      <c r="B101" t="s">
+        <v>163</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" t="s">
+        <v>201</v>
+      </c>
+      <c r="B102" t="s">
+        <v>163</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" t="s">
+        <v>203</v>
+      </c>
+      <c r="B103" t="s">
+        <v>163</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" t="s">
+        <v>205</v>
+      </c>
+      <c r="B104" t="s">
+        <v>206</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -2210,50 +2248,54 @@
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="C102" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="C103" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="C104" r:id="rId_hyperlink_103"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>