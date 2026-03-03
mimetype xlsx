--- v1 (2025-12-14)
+++ v2 (2026-03-03)
@@ -23,663 +23,663 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>PORTARIA Nº 3238/2025</t>
-[...611 lines deleted...]
-    <t>pt 3140-2025 - torna sem efeito a pt 3113-2025 - licença saúde Marla Saionara Fernandez Ribeiro Zacarias.pdf</t>
+    <t>PORTARIA Nº 485/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>pt 485-2026 - revoga 26 dias LAURIANE TEIXEIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 484/2026</t>
+  </si>
+  <si>
+    <t>pt 484-2026 - licença saúde ELIANE FOPPA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 483/2026</t>
+  </si>
+  <si>
+    <t>pt 483-2026 - exoneração TIAGO ROBERTO DALCIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 482/2026</t>
+  </si>
+  <si>
+    <t>pt 482-2026 - concede aposentadoria voluntária por implemento da idade à servidora ELISABETE CRISTINA TRAMONTINA, 21588-0.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 481/2026</t>
+  </si>
+  <si>
+    <t>pt 481-2026 - licença saúde JOVANI ZAMBAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 480/2026</t>
+  </si>
+  <si>
+    <t>PT 480-2026 - licença pessoa da família CARINA MACEDO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 479/2026</t>
+  </si>
+  <si>
+    <t>pt 479-2026 - licença pessoa da família NICOLE FERREIRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 478/2026</t>
+  </si>
+  <si>
+    <t>pt 478-2026 - concede aposentadoria voluntária por implemento de idade à servidora ELISABETE CRISTINA TRAMONTINA, matrícula 1936-4.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 477/2026</t>
+  </si>
+  <si>
+    <t>pt 477-2026 - comissão avaliação imóvel CLJ Participações S.A</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 476/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>pt 476-2026 - averbação tempo de contribuição Elisabete Cristina Tramontina.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 475/2026</t>
+  </si>
+  <si>
+    <t>pt 475-2026 - licença saúde VALQUIRIA TERESA DE MARCO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 474/2026</t>
+  </si>
+  <si>
+    <t>pt 474-2026 Concede licença saúde MARA CLAUDETE MORAES LOPES DUTRA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 473/2026</t>
+  </si>
+  <si>
+    <t>pt 473-2026 - gestor fiscal e suplente MECANIZA MZF LTDA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 472/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>pt 472-2026 Concede licença nojo FATIMA PERONDI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 471/2026</t>
+  </si>
+  <si>
+    <t>pt 471-2026 - licença saúde PAMELA CHIESA RODRIGUES DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 470/2026</t>
+  </si>
+  <si>
+    <t>pt 470-2026 Concede licença pessoa da família RAFAELA PRISCILA DE ALMEIDA DUARTE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 469/2026</t>
+  </si>
+  <si>
+    <t>pt 469-2026 - licença pessoa da familia DANIELA LORENZON NERVIS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 468/2026</t>
+  </si>
+  <si>
+    <t>pt 468-2026 Concede licença nojo IVONE CASTOLDI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 467/2026</t>
+  </si>
+  <si>
+    <t>pt 467-2026 - licença nojo LUIZE PERONDI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 466/2026</t>
+  </si>
+  <si>
+    <t>pt 466-2026 - gestor e comissão de avaliação e monitoramento APAE - caminhos de acolhimento e esperança.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 465/2026</t>
+  </si>
+  <si>
+    <t>pt 465-2026 - nomeação CASSIA MARIA ORTOLAN professor de educação física.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 464/2026</t>
+  </si>
+  <si>
+    <t>pt 464-2026 - triênio Andresa Paula Bison.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 463/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>pt 463-2026 concede licença saúde DANIELA ELIZA PIZZUTTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 462/2026</t>
+  </si>
+  <si>
+    <t>pt 462-2026 - prorroga auxílio-doença Natália Correia.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 461/2026</t>
+  </si>
+  <si>
+    <t>pt 461-2026 - prorroga auxílio-doença Edilia Teresinha Fortunato da Silva.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 460/2026</t>
+  </si>
+  <si>
+    <t>Pt 460-2026 Torna sem efeito nomeação EMANUEL BAESSO pt 307-2026.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 459/2026</t>
+  </si>
+  <si>
+    <t>Pt 459-2026 Concede auxílio-doença CAMILA ZAMBAN CHAVES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 458/2026</t>
+  </si>
+  <si>
+    <t>pt 458-2026 - licença pessoa da família Rafaela Priscila de Almeida Duarte.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 457/2026</t>
+  </si>
+  <si>
+    <t>pt 457-2026 - nomeação Eliana Maieri Pinheiro Bortolini - Professor de Anos Iniciais.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 456/2026</t>
+  </si>
+  <si>
+    <t>pt 456-2026 - nomeação Jennifer dos Santos da Silva - Cozinheira.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 455/2026</t>
+  </si>
+  <si>
+    <t>pt 455-2026 Faz nomeação RAFAELA LUCAS - monitor de educação 2º lugar.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 454/2026</t>
+  </si>
+  <si>
+    <t>pt 454-2026 - nomeação IVANA MARANGÃO cozinheira.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 453/2026</t>
+  </si>
+  <si>
+    <t>pt 453-2026 Nomeação LISIANE FRIGHETTO - cargo secretário de escola 1º lugar.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 452/2026</t>
+  </si>
+  <si>
+    <t>pt 452-2026 - triênio FLÁVIA EDITH GRANDO GHENO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 451/2026</t>
+  </si>
+  <si>
+    <t>pt 451-2026 Concede licença pessoa da família FABIANA GALONI ORTOLAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 450/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>pt 450-2026 Redução de carga horária MARTA DE MARCO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 449/2026</t>
+  </si>
+  <si>
+    <t>pt 449-2026 - licença saúde Ivalete Fátima de Lima.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 448/2026</t>
+  </si>
+  <si>
+    <t>pt 448-2026 Autoriza CAMILE CESCA a conduzir veículo.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 447/2026</t>
+  </si>
+  <si>
+    <t>pt 447-2026 Concede licença saúde LUIS ADALBERTO PISSETTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 446/2026</t>
+  </si>
+  <si>
+    <t>pt 446-2026 -triênio Gilberto Luiz Dacroce.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 445/2026</t>
+  </si>
+  <si>
+    <t>pt 445-2026 - redução de carga horária JULIANE BRUGNERA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 444/2026</t>
+  </si>
+  <si>
+    <t>pt 444-2026 - revoga pt 356-2026 delega competência ordenador de despesa MARCIA PEZ.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 443/2026</t>
+  </si>
+  <si>
+    <t>pt 443-2026 - revoga pt 355-2026 designa mARCIA PEZ fazenda.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 442/2026</t>
+  </si>
+  <si>
+    <t>Pt 442-2026 Revoga 02 dias de férias NEUZA ZONATTO pt 336-2026.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 441/2026</t>
+  </si>
+  <si>
+    <t>pt 441-2026 - tempo anterior para triênio JANI LAZARETTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 440/2026</t>
+  </si>
+  <si>
+    <t>pt 440-2026 - prorroga licença pessoa da família CAMILA BISON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 439/2026</t>
+  </si>
+  <si>
+    <t>pt 439-2026 - designa ALEXANDRE LUIS CENI secretária educação.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 438/2026</t>
+  </si>
+  <si>
+    <t>pt 438-2026 - férias GUSTAVO MARQUES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 437/2026</t>
+  </si>
+  <si>
+    <t>pt 437-2026 - prêmio assiduidade JOANA PALOSCHI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 436/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>pt 436-2026 Concede licença saúde ELIANE DA SILVA SCHIEVENIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 435/2026</t>
+  </si>
+  <si>
+    <t>pt 435-2026 - estabilização Mercedes Castoldi.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 434/2026</t>
+  </si>
+  <si>
+    <t>pt 434-2026 - estabilização JULIANA DALMAS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 433/2026</t>
+  </si>
+  <si>
+    <t>pt 433-2026 - promoção MARILI ZANOTTO TOMAZ.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 432/2026</t>
+  </si>
+  <si>
+    <t>pt 432-2026 - licença saúde KERLI LUIZA CASAGRANDE.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 431/2026</t>
+  </si>
+  <si>
+    <t>pt 431-2026 - licença pessoa da família SANDRA MEZZOMO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 430/2026</t>
+  </si>
+  <si>
+    <t>pt 430-2026 Nomeia gestor, fiscal e suplente contrato administrativo 18-2026 empresa EDITORA JORNALÍSTICA JARROS LTDA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 429/2026</t>
+  </si>
+  <si>
+    <t>pt 429-2026 - gestor, fiscal e suplente CA 19-2026 PANDOLFO FEDRIGO E CIA LTDA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 428/2026</t>
+  </si>
+  <si>
+    <t>Portaria 428-2026 Concede licença saúde VANESSA CAVANUS FOPPA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 427/2026</t>
+  </si>
+  <si>
+    <t>pt 427-2026 - comissão avaliação imóvel - Ecosul Gestão Reciclavel Ltda.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 426/2026</t>
+  </si>
+  <si>
+    <t>pt 426-2026 - gratificação pós-graduação EVA MARIA RODRIGUES DA SILVA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 425/2026</t>
+  </si>
+  <si>
+    <t>pt 425-2026 - gratificação qualificação profissional pós-graduação MATHEUS POLETTO DALL AGNOL.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 424/2026</t>
+  </si>
+  <si>
+    <t>pt 424-2026 - prêmio assiduidade JESSICA DA COSTA TOMASELLI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 423/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>pt 423-2026 - prêmio assiduidade KELLY ARIOLI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 422/2026</t>
+  </si>
+  <si>
+    <t>pt 422-2026 - licença pessoa da família SAIONARA SOARES MARQUES PIEROSAN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 421/2026</t>
+  </si>
+  <si>
+    <t>pt 421-2026 - triênio SOLANGE ROSA GOBBI MORAES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 420/2026</t>
+  </si>
+  <si>
+    <t>pt 420-2026 - licença saúde ANA MARTA DE SOUZA PERCISI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 419/2026</t>
+  </si>
+  <si>
+    <t>pt 419-2026 - licença pessoa da família JOICE GABIATTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 418/2026</t>
+  </si>
+  <si>
+    <t>pt 418-2026 - retifica a Portaria 538-2025 que concede aposentadoria a MARISA BURATTI MARCOLIN.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 416/2026</t>
+  </si>
+  <si>
+    <t>pt 416-2026 - afastamento sem remuneração vereador JONAS AGOSTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 415/2026</t>
+  </si>
+  <si>
+    <t>pt 415-2026 - altera pt 3341-2025 equipe de apoio licitações.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 414/2026</t>
+  </si>
+  <si>
+    <t>pt 414-2026 - retifica pt 399-2026 licença saúde JULIA DAMACENA PIZZATTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 413/2026</t>
+  </si>
+  <si>
+    <t>pt 413-2026 - nomeação professor de educação infantil JULIANA APARECIDA MUNIZ MADALOSSO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 412/2026</t>
+  </si>
+  <si>
+    <t>pt 412-2026 - licença saúde EDINA MENEGON.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 411/2026</t>
+  </si>
+  <si>
+    <t>pt 411-2026 - prorroga licença pessoa da família ETIENE DEVILLA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 410/2026</t>
+  </si>
+  <si>
+    <t>pt 410-2026 - triênio KARINE BRESOLIN BOSIO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 409/2026</t>
+  </si>
+  <si>
+    <t>pt 409-2026 - triênio CATIANE CORTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 408/2026</t>
+  </si>
+  <si>
+    <t>pt 408-2026 - promoção Juliana da Silva.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 407/2026</t>
+  </si>
+  <si>
+    <t>pt 407-2026 - triênio Gislaine David Zamban.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 406/2026</t>
+  </si>
+  <si>
+    <t>pt 406-2026 - triênio MONIA LUNARDI GHELLER.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 405/2026</t>
+  </si>
+  <si>
+    <t>pt 405-2026 Nomeia membros co conselho municipal dos direitos da criança e do adoscente - COMDICA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 404/2026</t>
+  </si>
+  <si>
+    <t>pt 404-2026 - exoneração LOUISE BEDIN BALESTRO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 403/2026</t>
+  </si>
+  <si>
+    <t>pt 403-2026 - prêmio assiduidade MATHEUS POLETTO DALLAGNOL.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 402/2026</t>
+  </si>
+  <si>
+    <t>pt 402-2026 - prêmio assiduidade DAIANE ELI FERRONATTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 401/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>pt 401-2026 - licença saúde DALIANE LEMES DE MORAIS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 400/2026</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 399/2026</t>
+  </si>
+  <si>
+    <t>pt 399-2026 - licença saúde JULIA DAMAZENA PIZZATTO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 398/2026</t>
+  </si>
+  <si>
+    <t>pt 398-2026 - promoção FLAVIA ROBERTA LAZZARETTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 397/2026</t>
+  </si>
+  <si>
+    <t>pt 397-2026 - promoção FRANCIELE BENEDETTI DA CRUZ.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 396/2026</t>
+  </si>
+  <si>
+    <t>pt 396-2026 - autoriza RAFAEL SCHANNE conduzir veículos oficiais.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 395/2026</t>
+  </si>
+  <si>
+    <t>pt 395-2026 Concede prêmio assiduidade MORGANA MATTIELLO.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 394/2026</t>
+  </si>
+  <si>
+    <t>pt 394-2026 - promoção ROSANE FRANZON DE MORAIS.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 393/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>pt 393-2026 Promoção LARISSA STUANI LAGNI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 392/2026</t>
+  </si>
+  <si>
+    <t>pt 392-2026 Concede férias JAIR ANTÔNIO GRANELLA.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 391/2026</t>
+  </si>
+  <si>
+    <t>pt 391-2026 Prêmio assiduidade LARISSA STUANI LAGNI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 390/2026</t>
+  </si>
+  <si>
+    <t>PT 390-2026 Concede férias JONECI LAZZARETTI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 389/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>pt 389-2026 Retifica portaria 313-2026 licença saúde AMELYNE DE OLIVEIRA BONOLDI.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 388/2026</t>
+  </si>
+  <si>
+    <t>pt 388-2025 Concede licença saúde DEBORA DE LIMA MENDES.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 387/2026</t>
+  </si>
+  <si>
+    <t>pt 387-2026 Concede licença pessoa da família CIBELE DA SILVA.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -986,62 +986,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704209/images/original/pt 3238-2025 - tri&#234;nio Maritania Rechzinski.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704208/images/original/pt 3237-2025 - art. 112, &#167;2&#186;, II - prorroga licen&#231;a pessoa da fam&#237;lia ETIENE DEVILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704207/images/original/pt 3236-2025 - inclui servidores na pt 3228-2025 - f&#233;rias EMEF ZAIDA ZANON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704204/images/original/pt 3235-2025 - f&#233;rias RESOLI KLAUS DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704205/images/original/pt 3235-2025 - f&#233;rias RESOLI KLAUS DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704202/images/original/pt 3234-2025 - exclui servidora da pt 3166-2025 f&#233;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704200/images/original/pt 3233-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ALESANDRA BRUNA DA CRUZ BRESSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704198/images/original/pt 3232-2025 - f&#233;rias sem &#244;nus ROSANGELA CORTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704197/images/original/pt 3231-2025 - f&#233;rias EMEI QUINTAL M&#193;GICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704196/images/original/pt 3230-2025 licen&#231;a sa&#250;de JAMYLA DA SILVA SOMACAL GRANDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704195/images/original/extrato pt 3229-2025 - instaura&#231;&#227;o processo administrativo especial ENI SALETE DE PIZZOL UNGARATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704194/images/original/pt 3228-2025 F&#233;rias servidores EMEF Zaida Zanon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704193/images/original/pt 3227-2025 - f&#233;rias sem &#244;nus NADIA ANDRIN FERONATO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704192/images/original/pt 3226-2025 - f&#233;rias sem &#244;nus LAURIANE TEIXEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/704191/images/original/t 3225-2025 - licen&#231;a pessoa da fam&#237;lia ANGELA DI BERNARDO FERNANDES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703462/images/original/pt 3224-2025 - exonera e nomeia membros do CACS-FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703461/images/original/pt 3223-2025 - institui o Grupo de Trabalho para elabira&#231;&#227;o e implementa&#231;&#227;o da BNCC da computa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703460/images/original/pt 3222-2025 Concede f&#225;rias  servidores EMEF Dr. Jairo Brum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703459/images/original/pt 3221-2025 - gestor fiscal e suplente PANDOLFO FEDRIGO E CIA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703458/images/original/pt 3220-2025 Concede gratifica&#231;&#227;o especial GE-01 ILUMINATA BERTONCELLO TIZZIANI - agente de apoio educacional.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703457/images/original/pt 3219-2025 Concede gratifica&#231;&#227;o especial GE-01 SAIONARA MARQUES SOARES PIEROSAN - agente de apoio educacional.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/703456/images/original/pt 3218-2025 Prorroga licen&#231;a pessoa da fam&#237;lia ETIENE DE VILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702696/images/original/pt 3217-2025 Concede licen&#231;a pessoa da fam&#237;lia FRANCIELE BENEDETTI DA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702695/images/original/pt 3216-2025 - retifica a portaria 2284-2025 que concede aposentadoria a servidora IVONE LURDES DA ROSA GRACIOLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702692/images/original/Pt 3215-2025 Retifica per&#237;odo de f&#233;rias servidora L&#218;CIA MARIA REGINATTO PORTARIA 3170-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702691/images/original/pt 3214-2025 - licen&#231;a sa&#250;de CAMILA CASAGRANDE DALLAGNOL MACHADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702690/images/original/pt 3213-2025 - prorroga aux&#237;lio-doen&#231;a GRAZIELE LINHARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702689/images/original/pt 3212-2025 - pr&#234;mio assiduidade SCHANA NARDI BEDIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702688/images/original/pt 3211-2025 - tri&#234;nio SOLANGE LUIZA FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702681/images/original/pt 3210-2025 - prorroga licen&#231;a pessoa da fam&#237;lia ALESANDRA BRUNA DA CRUZ BRESSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702680/images/original/pt 3209-2025 - tri&#234;nio SUSANA BAGISTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702677/images/original/pt 3208-2025 - tri&#234;nio LUCIANE RUBETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702674/images/original/pt 3207-2025 - tri&#234;nio KEITIANE LET&#205;CIA MANTEZE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702666/images/original/pt 3206-2025 - nomea&#231;&#227;o MICHEL VILARINHO tesoureiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702665/images/original/pt 3205-2025 - prorroga aux&#237;lio-doen&#231;a VOLMIR FRANCHESCHINI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702664/images/original/pt 3204-2025 Concede f&#233;rias THIAGO NUNES MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702663/images/original/pt 3203-2025 - f&#233;rias ILUMINATA BERTONCELLO TIZZIANI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702662/images/original/pt 3202-2025 - f&#233;rias FABIOLA TORTELLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702661/images/original/pt 3201-2025 - f&#233;rias JONATHAN REDANTE DE CASTRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702650/images/original/pt 3200-2025 - f&#233;rias MARCIO ARIENTI MISTURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702638/images/original/pt 3199-2025 - f&#233;rias MARLENE OLIVEIRA DE CEZARO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702635/images/original/pt 3198-2025 - f&#233;rias ROSMARI ALBERTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702634/images/original/pt 3197-2025 - f&#233;rias SANDRO DOMINGOS KLIPP DA ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702633/images/original/pt 3196-2025 - f&#233;rias JULIANO PANDOLFO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702631/images/original/pt 3195-2025 - f&#233;rias ROSELI F&#193;TIMA MILESKI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702630/images/original/pt 3194-2025 - f&#233;rias Fernando Casiraghi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702628/images/original/pt 3193-2025 - f&#233;rias Gustabo Baesso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702617/images/original/pt 3192-2025 - gestor fiscal e suplenete PSMAC COMERCIAL DE M&#193;QUINAS E SERVI&#199;OS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702616/images/original/pt 3191-2025 - redu&#231;&#227;o de carga hor&#225;ria semanal Rosangela Schena.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702615/images/original/pt 3190-2025 - f&#233;rias escola EMEI Nairo Jos&#233; Prestes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702614/images/original/Pt 3189-2025 Nomeia, gestor, fiscal e suplente do contrato administrativo 250-2025 empresa BASZ COM&#201;RCIO E SERVI&#199;OS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702613/images/original/pt 3188-2025 Concede tri&#234;nio KERLI LUISA CASAGRANDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702610/images/original/pt 3187-2025 Concede licen&#231;a sa&#250;de DAIANE ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702607/images/original/pt 3186-2025 - licen&#231;a pessoa da fam&#237;lia Loise Bedin Balestro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702608/images/original/pt 3186-2025 - licen&#231;a pessoa da fam&#237;lia Loise Bedin Balestro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702606/images/original/pt 3185-2025 Concede f&#233;rias ANDREIA LAZZARETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702605/images/original/Pt 3184-2025 Concede f&#233;rias sem &#244;nus MICHELE DELLAZZARI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702604/images/original/pt 3183-2025 Concede f&#233;rias ADRIANA MARIA DE VILLA VICENZI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702603/images/original/pt 3182-2025 - f&#233;rias NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702602/images/original/pt 3181-2025 - f&#233;rias SUELENA RAQUEL DOS SANTOS BORGES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702601/images/original/pt 3180-2025 - f&#233;rias JOS&#201; CLAUDIOMIRO DE LIMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702600/images/original/pt 3179-2025 - f&#233;rias RAFAEL TRIACCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702599/images/original/pt 3178-2025 - f&#233;rias SUZAN KELIN BORTONCELLI BEDIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702598/images/original/pt 3177-2025 - f&#233;rias LEANDRO CELSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702597/images/original/pt 3176-2025 - f&#233;rias GEAN CARLOS DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702595/images/original/pt 3175-2025 - exclui servidores da pt 3168-2025 - f&#233;rias EMEI ROSA DOS VENTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702594/images/original/pt 3174-2025 - prorroga licen&#231;a pessoa da fam&#237;lia PRISCILA PENA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702593/images/original/pt 3173-2025 - prorroga licen&#231;a pessoa da fam&#237;lia LETICIA MENEZES DE LIMA MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702591/images/original/pt 3172-2025 - licen&#231;a amamenta&#231;&#227;o ANDRESSA DAI PRAI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702590/images/original/pt 3171-2025 - prorroga licen&#231;a pessoa da fam&#237;lia CARLA RAQUEL DALL AGNESE REOLON DE OLIVEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702589/images/original/pt 3170-2025 - f&#233;rias EMEI Monica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/702587/images/original/pt 3169-2025 - licen&#231;a sa&#250;de VAGNER BORGES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701123/images/original/pt 3168-2025 - f&#233;rias ROSA DOS VENTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701122/images/original/pt 3167-2025 - f&#233;rias IMACULADA CONCEI&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701121/images/original/pt 3166-2025 F&#233;rias EMEI Gasparzinho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701120/images/original/pt 3165-2025 - f&#233;rias sem &#244;nus Ivone Castoldi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701117/images/original/pt 3164-2025 Altera&#231;&#227;o de n&#237;vel TATIANA BRUNETTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701115/images/original/pt 3163-2025 - tri&#234;nio PATRICIA ALVES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/701113/images/original/pt 3162-2025 - tri&#234;nio EDILIA TERESINHA FORTUNATO DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700385/images/original/pt 3161-2025 - TORNA SEM EFEITO pt 281-2025 - revoga&#231;&#227;o f&#233;rias Claudia Marcia Girardi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700384/images/original/pt 3160-2025 - retifica a pt 3095-2025 - nomea&#231;&#227;o CONSELHO MUNICIPAL EDUCA&#199;&#195;O - 01-12-2025 a 30-12-2029.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700383/images/original/pt 3159-2025 - licen&#231;a sa&#250;de Karine Paula Mar&#243;stica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700382/images/original/pt 3158-2025 - concede aposentadoria por invalidez permanente ao servidor VITOR HUGO DE ASSIS, matr&#237;cula 22244-5..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700379/images/original/pt 3157-2025 - retifica mat 3132-2025 promo&#231;&#227;o LILIAN CAROLINE LOCATELLI ZADRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700378/images/original/pt 3156-2025 - gestor fiscal e suplente CA 249-2025 pandolfo fedrigo e cia ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700377/images/original/pt 3155-2025 - assiduidade Juciane Jaretta Debona.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700374/images/original/pt 3154-2025 - promo&#231;&#227;o SUELEN SALVADOR RODRIGUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700372/images/original/pt 3153-2025 - promo&#231;&#227;o CALIANDRA TAUFFER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700371/images/original/pt 3152-2025 - promo&#231;&#227;o KERLI LUIZA CASAGRANDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700369/images/original/pt 3151-2025 - promo&#231;&#227;o de classe ROSEBEL LUNARDI BRUGNERA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700366/images/original/pt 3150-2025 - promo&#231;&#227;o THAISY DALILA FACCIO ECCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700365/images/original/pt 3149-2025 - promo&#231;&#227;o CARLA LIA LUSSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700363/images/original/pt 3148-2025 - promo&#231;&#227;o VERANITA DE GASPERI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700359/images/original/pt 3147-2025 - promo&#231;&#227;o DOUGLAS UILIAN CONCEI&#199;&#195;O SEVERO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700360/images/original/pt 3148-2025 - promo&#231;&#227;o VERANITA DE GASPERI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700357/images/original/pt 3146-2025 - promo&#231;&#227;o EDUARDO ALBERTON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700354/images/original/pt 3145-2025 - promo&#231;&#227;o MEREDIANE DI DOMENICO FLORES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700353/images/original/pt 3144-2025 - promo&#231;&#227;o FRANCIELE DONATI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700345/images/original/pt 3143-2025 - promo&#231;&#227;o GISELE CASAGRANDE CHAVES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700342/images/original/pt 3142-2025 - promo&#231;&#227;o GISELE MONTEIRO BORGES BALBINOTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700343/images/original/pt 3142-2025 - promo&#231;&#227;o GISELE MONTEIRO BORGES BALBINOTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/700341/images/original/pt 3141-2025 - promo&#231;&#227;o PRICILA CASAGRANDE VERARDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/699708/images/original/pt 3140-2025 - torna sem efeito a pt 3113-2025 - licen&#231;a sa&#250;de Marla Saionara Fernandez Ribeiro Zacarias.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741156/images/original/pt 485-2026 - revoga 26 dias LAURIANE TEIXEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741155/images/original/pt 484-2026 - licen&#231;a sa&#250;de ELIANE FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741154/images/original/pt 483-2026 - exonera&#231;&#227;o TIAGO ROBERTO DALCIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741153/images/original/pt 482-2026 - concede aposentadoria volunt&#225;ria por implemento da idade &#224; servidora ELISABETE CRISTINA TRAMONTINA, 21588-0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741152/images/original/pt 481-2026 - licen&#231;a sa&#250;de JOVANI ZAMBAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741151/images/original/PT 480-2026 - licen&#231;a pessoa da fam&#237;lia CARINA MACEDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741150/images/original/pt 479-2026 - licen&#231;a pessoa da fam&#237;lia NICOLE FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741143/images/original/pt 478-2026 - concede aposentadoria volunt&#225;ria por implemento de idade &#224; servidora ELISABETE CRISTINA TRAMONTINA, matr&#237;cula 1936-4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/741141/images/original/pt 477-2026 - comiss&#227;o avalia&#231;&#227;o im&#243;vel CLJ Participa&#231;&#245;es S.A" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/739686/images/original/pt 476-2026 - averba&#231;&#227;o tempo de contribui&#231;&#227;o Elisabete Cristina Tramontina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/739685/images/original/pt 475-2026 - licen&#231;a sa&#250;de VALQUIRIA TERESA DE MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/739684/images/original/pt 474-2026 Concede licen&#231;a sa&#250;de MARA CLAUDETE MORAES LOPES DUTRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/739681/images/original/pt 473-2026 - gestor fiscal e suplente MECANIZA MZF LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737690/images/original/pt 472-2026 Concede licen&#231;a nojo FATIMA PERONDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737689/images/original/pt 471-2026 - licen&#231;a sa&#250;de PAMELA CHIESA RODRIGUES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737688/images/original/pt 470-2026 Concede licen&#231;a pessoa da fam&#237;lia RAFAELA PRISCILA DE ALMEIDA DUARTE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737687/images/original/pt 469-2026 - licen&#231;a pessoa da familia DANIELA LORENZON NERVIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737686/images/original/pt 468-2026 Concede licen&#231;a nojo IVONE CASTOLDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737683/images/original/pt 467-2026 - licen&#231;a nojo LUIZE PERONDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737682/images/original/pt 466-2026 - gestor e comiss&#227;o de avalia&#231;&#227;o e monitoramento APAE - caminhos de acolhimento e esperan&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737681/images/original/pt 465-2026 - nomea&#231;&#227;o CASSIA MARIA ORTOLAN professor de educa&#231;&#227;o f&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/737680/images/original/pt 464-2026 - tri&#234;nio Andresa Paula Bison.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735350/images/original/pt 463-2026 concede licen&#231;a sa&#250;de DANIELA ELIZA PIZZUTTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735348/images/original/pt 462-2026 - prorroga aux&#237;lio-doen&#231;a Nat&#225;lia Correia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735346/images/original/pt 461-2026 - prorroga aux&#237;lio-doen&#231;a Edilia Teresinha Fortunato da Silva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735345/images/original/Pt 460-2026 Torna sem efeito nomea&#231;&#227;o EMANUEL BAESSO pt 307-2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735343/images/original/Pt 459-2026 Concede aux&#237;lio-doen&#231;a CAMILA ZAMBAN CHAVES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735341/images/original/pt 458-2026 - licen&#231;a pessoa da fam&#237;lia Rafaela Priscila de Almeida Duarte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735339/images/original/pt 457-2026 - nomea&#231;&#227;o Eliana Maieri Pinheiro Bortolini - Professor de Anos Iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735337/images/original/pt 456-2026 - nomea&#231;&#227;o Jennifer dos Santos da Silva - Cozinheira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735335/images/original/pt 455-2026 Faz nomea&#231;&#227;o RAFAELA LUCAS - monitor de educa&#231;&#227;o 2&#186; lugar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735333/images/original/pt 454-2026 - nomea&#231;&#227;o IVANA MARANG&#195;O cozinheira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735332/images/original/pt 453-2026 Nomea&#231;&#227;o LISIANE FRIGHETTO  - cargo secret&#225;rio de escola 1&#186; lugar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735331/images/original/pt 452-2026 - tri&#234;nio FL&#193;VIA EDITH GRANDO GHENO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/735330/images/original/pt 451-2026 Concede licen&#231;a pessoa da fam&#237;lia FABIANA GALONI ORTOLAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734595/images/original/pt 450-2026 Redu&#231;&#227;o de carga hor&#225;ria MARTA DE MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734593/images/original/pt 449-2026 - licen&#231;a sa&#250;de Ivalete F&#225;tima de Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734592/images/original/pt 448-2026 Autoriza CAMILE CESCA  a conduzir ve&#237;culo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734591/images/original/pt 447-2026 Concede licen&#231;a sa&#250;de LUIS ADALBERTO PISSETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734590/images/original/pt 446-2026 -tri&#234;nio Gilberto Luiz Dacroce.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734589/images/original/pt 445-2026 - redu&#231;&#227;o de carga hor&#225;ria JULIANE BRUGNERA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734588/images/original/pt 444-2026 - revoga pt 356-2026 delega compet&#234;ncia ordenador de despesa MARCIA PEZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734587/images/original/pt 443-2026 - revoga pt 355-2026 designa mARCIA PEZ fazenda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734586/images/original/Pt 442-2026 Revoga 02 dias de f&#233;rias NEUZA ZONATTO pt 336-2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734585/images/original/pt 441-2026 - tempo anterior para tri&#234;nio JANI LAZARETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734583/images/original/pt 440-2026 - prorroga licen&#231;a pessoa da fam&#237;lia CAMILA BISON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734582/images/original/pt 439-2026 - designa ALEXANDRE LUIS CENI secret&#225;ria educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734581/images/original/pt 438-2026 - f&#233;rias GUSTAVO MARQUES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734574/images/original/pt 437-2026 - pr&#234;mio assiduidade JOANA PALOSCHI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734093/images/original/pt 436-2026 Concede licen&#231;a sa&#250;de ELIANE DA SILVA SCHIEVENIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734092/images/original/pt 435-2026 - estabiliza&#231;&#227;o Mercedes Castoldi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734091/images/original/pt 434-2026 - estabiliza&#231;&#227;o JULIANA DALMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734089/images/original/pt 433-2026 - promo&#231;&#227;o MARILI ZANOTTO TOMAZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734088/images/original/pt 432-2026 - licen&#231;a sa&#250;de KERLI LUIZA CASAGRANDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734087/images/original/pt 431-2026 - licen&#231;a pessoa da fam&#237;lia SANDRA MEZZOMO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734086/images/original/pt 430-2026 Nomeia gestor, fiscal e suplente contrato administrativo 18-2026 empresa EDITORA JORNAL&#205;STICA JARROS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734085/images/original/pt 429-2026 - gestor, fiscal e suplente CA 19-2026 PANDOLFO FEDRIGO E CIA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734084/images/original/Portaria 428-2026 Concede licen&#231;a sa&#250;de VANESSA CAVANUS FOPPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734082/images/original/pt 427-2026 - comiss&#227;o avalia&#231;&#227;o im&#243;vel - Ecosul Gest&#227;o Reciclavel Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734080/images/original/pt 426-2026 - gratifica&#231;&#227;o p&#243;s-gradua&#231;&#227;o EVA MARIA RODRIGUES DA SILVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734079/images/original/pt 425-2026 - gratifica&#231;&#227;o qualifica&#231;&#227;o profissional p&#243;s-gradua&#231;&#227;o MATHEUS POLETTO DALL AGNOL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/734078/images/original/pt 424-2026 - pr&#234;mio assiduidade JESSICA DA COSTA TOMASELLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733177/images/original/pt 423-2026 - pr&#234;mio assiduidade KELLY ARIOLI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733176/images/original/pt 422-2026 - licen&#231;a pessoa da fam&#237;lia SAIONARA SOARES MARQUES PIEROSAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733175/images/original/pt 421-2026 - tri&#234;nio SOLANGE ROSA GOBBI MORAES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733173/images/original/pt 420-2026 - licen&#231;a sa&#250;de ANA MARTA DE SOUZA PERCISI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733172/images/original/pt 419-2026 - licen&#231;a pessoa da fam&#237;lia JOICE GABIATTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733171/images/original/pt 418-2026 - retifica a Portaria 538-2025 que concede aposentadoria a MARISA BURATTI MARCOLIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733169/images/original/pt 416-2026 - afastamento sem remunera&#231;&#227;o vereador JONAS AGOSTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733167/images/original/pt 415-2026 - altera pt 3341-2025 equipe de apoio licita&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733166/images/original/pt 414-2026 - retifica pt 399-2026 licen&#231;a sa&#250;de JULIA DAMACENA PIZZATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733165/images/original/pt 413-2026 - nomea&#231;&#227;o professor de educa&#231;&#227;o infantil JULIANA APARECIDA MUNIZ MADALOSSO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733164/images/original/pt 412-2026 - licen&#231;a sa&#250;de EDINA MENEGON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733163/images/original/pt 411-2026 - prorroga licen&#231;a pessoa da fam&#237;lia ETIENE DEVILLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733162/images/original/pt 410-2026 - tri&#234;nio KARINE BRESOLIN BOSIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733161/images/original/pt 409-2026 - tri&#234;nio CATIANE CORTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733159/images/original/pt 408-2026 - promo&#231;&#227;o Juliana da Silva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733158/images/original/pt 407-2026 - tri&#234;nio Gislaine David Zamban.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733156/images/original/pt 406-2026 - tri&#234;nio MONIA LUNARDI GHELLER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733155/images/original/pt 405-2026 Nomeia membros co conselho municipal dos direitos da crian&#231;a e do adoscente - COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733154/images/original/pt 404-2026 - exonera&#231;&#227;o LOUISE BEDIN BALESTRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733152/images/original/pt 403-2026 - pr&#234;mio assiduidade MATHEUS POLETTO DALLAGNOL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/733151/images/original/pt 402-2026 - pr&#234;mio assiduidade DAIANE ELI FERRONATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732735/images/original/pt 401-2026 - licen&#231;a sa&#250;de DALIANE LEMES DE MORAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732734/images/original/pt 401-2026 - licen&#231;a sa&#250;de DALIANE LEMES DE MORAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732733/images/original/pt 399-2026 - licen&#231;a sa&#250;de JULIA DAMAZENA PIZZATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732732/images/original/pt 398-2026 - promo&#231;&#227;o FLAVIA ROBERTA LAZZARETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732730/images/original/pt 397-2026 - promo&#231;&#227;o FRANCIELE BENEDETTI DA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732729/images/original/pt 396-2026 - autoriza RAFAEL SCHANNE conduzir ve&#237;culos oficiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732728/images/original/pt 395-2026 Concede pr&#234;mio assiduidade MORGANA MATTIELLO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732727/images/original/pt 394-2026 - promo&#231;&#227;o ROSANE FRANZON DE MORAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732724/images/original/pt 393-2026 Promo&#231;&#227;o LARISSA STUANI LAGNI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732723/images/original/pt 392-2026 Concede f&#233;rias JAIR ANT&#212;NIO GRANELLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732722/images/original/pt 391-2026 Pr&#234;mio assiduidade LARISSA STUANI LAGNI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/732721/images/original/PT 390-2026 Concede f&#233;rias JONECI LAZZARETTI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/731480/images/original/pt 389-2026 Retifica portaria 313-2026 licen&#231;a sa&#250;de AMELYNE DE OLIVEIRA BONOLDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/731479/images/original/pt 388-2025 Concede licen&#231;a sa&#250;de DEBORA DE LIMA MENDES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/13/DocumentAssets/731478/images/original/pt 387-2026 Concede licen&#231;a pessoa da fam&#237;lia CIBELE DA SILVA.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C104"/>
+  <dimension ref="A1:C99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C104" sqref="C104"/>
+      <selection activeCell="C99" sqref="C99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1059,1134 +1059,1079 @@
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>32</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" t="s">
         <v>78</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>48</v>
+        <v>107</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B52" t="s">
-        <v>48</v>
+        <v>107</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B53" t="s">
-        <v>48</v>
+        <v>107</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B54" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B55" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B56" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B57" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B58" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="B59" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B60" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B61" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B62" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B63" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B64" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B65" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B66" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B67" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B68" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B69" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B70" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B71" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="B72" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="B73" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B74" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B75" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B76" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B77" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B78" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B79" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B80" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B81" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B82" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B83" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B84" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B85" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B86" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B87" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
+        <v>182</v>
+      </c>
+      <c r="B88" t="s">
         <v>177</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B89" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B90" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B91" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B92" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B93" t="s">
-        <v>163</v>
+        <v>193</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B94" t="s">
-        <v>163</v>
+        <v>193</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B95" t="s">
-        <v>163</v>
+        <v>193</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B96" t="s">
-        <v>163</v>
+        <v>193</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B97" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="B98" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="B99" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>198</v>
-[...53 lines deleted...]
-      <c r="C104" s="1" t="s">
         <v>207</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
@@ -2247,55 +2192,50 @@
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
-    <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
-[...3 lines deleted...]
-    <hyperlink ref="C104" r:id="rId_hyperlink_103"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>